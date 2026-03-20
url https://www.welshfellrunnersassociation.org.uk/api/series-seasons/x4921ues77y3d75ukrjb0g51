--- v0 (2025-10-16)
+++ v1 (2026-03-20)
@@ -7531,50 +7531,53 @@
         <v>120.73</v>
       </c>
       <c r="Q64" t="s">
         <v>25</v>
       </c>
       <c r="R64" t="s">
         <v>25</v>
       </c>
       <c r="S64" t="s">
         <v>25</v>
       </c>
       <c r="T64">
         <v>242.59</v>
       </c>
     </row>
     <row r="65" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>168</v>
       </c>
       <c r="C65" t="s">
         <v>169</v>
       </c>
+      <c r="D65">
+        <v>2541</v>
+      </c>
       <c r="E65" t="s">
         <v>54</v>
       </c>
       <c r="F65" t="s">
         <v>29</v>
       </c>
       <c r="G65" t="s">
         <v>24</v>
       </c>
       <c r="H65">
         <v>9</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
         <v>150</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
         <v>25</v>
       </c>
       <c r="M65" t="s">
@@ -10196,50 +10199,53 @@
         <v>25</v>
       </c>
       <c r="Q108" t="s">
         <v>25</v>
       </c>
       <c r="R108" t="s">
         <v>25</v>
       </c>
       <c r="S108" t="s">
         <v>25</v>
       </c>
       <c r="T108">
         <v>172.17</v>
       </c>
     </row>
     <row r="109" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>247</v>
       </c>
       <c r="C109" t="s">
         <v>248</v>
       </c>
+      <c r="D109">
+        <v>2503</v>
+      </c>
       <c r="E109" t="s">
         <v>249</v>
       </c>
       <c r="F109" t="s">
         <v>23</v>
       </c>
       <c r="G109" t="s">
         <v>45</v>
       </c>
       <c r="H109">
         <v>9</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
         <v>150</v>
       </c>
       <c r="K109">
         <v>0</v>
       </c>
       <c r="L109" t="s">
         <v>25</v>
       </c>
       <c r="M109" t="s">
@@ -11167,50 +11173,53 @@
         <v>141.71</v>
       </c>
       <c r="Q124" t="s">
         <v>25</v>
       </c>
       <c r="R124" t="s">
         <v>25</v>
       </c>
       <c r="S124" t="s">
         <v>25</v>
       </c>
       <c r="T124">
         <v>141.71</v>
       </c>
     </row>
     <row r="125" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>278</v>
       </c>
       <c r="C125" t="s">
         <v>279</v>
       </c>
+      <c r="D125">
+        <v>2154</v>
+      </c>
       <c r="E125" t="s">
         <v>226</v>
       </c>
       <c r="F125" t="s">
         <v>56</v>
       </c>
       <c r="G125" t="s">
         <v>45</v>
       </c>
       <c r="H125">
         <v>6</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
         <v>150</v>
       </c>
       <c r="K125">
         <v>2</v>
       </c>
       <c r="L125" t="s">
         <v>25</v>
       </c>
       <c r="M125" t="s">
@@ -13852,50 +13861,53 @@
         <v>25</v>
       </c>
       <c r="Q169" t="s">
         <v>25</v>
       </c>
       <c r="R169" t="s">
         <v>25</v>
       </c>
       <c r="S169" t="s">
         <v>25</v>
       </c>
       <c r="T169">
         <v>125.22</v>
       </c>
     </row>
     <row r="170" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>264</v>
       </c>
       <c r="C170" t="s">
         <v>354</v>
       </c>
+      <c r="D170">
+        <v>2527</v>
+      </c>
       <c r="E170" t="s">
         <v>51</v>
       </c>
       <c r="F170" t="s">
         <v>29</v>
       </c>
       <c r="G170" t="s">
         <v>24</v>
       </c>
       <c r="H170">
         <v>27</v>
       </c>
       <c r="I170" t="b">
         <v>0</v>
       </c>
       <c r="J170" t="s">
         <v>150</v>
       </c>
       <c r="K170">
         <v>2</v>
       </c>
       <c r="L170">
         <v>124.94</v>
       </c>
       <c r="M170" t="s">
@@ -26501,50 +26513,53 @@
         <v>25</v>
       </c>
       <c r="Q381" t="s">
         <v>25</v>
       </c>
       <c r="R381" t="s">
         <v>25</v>
       </c>
       <c r="S381" t="s">
         <v>25</v>
       </c>
       <c r="T381">
         <v>100.06</v>
       </c>
     </row>
     <row r="382" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
         <v>117</v>
       </c>
       <c r="C382" t="s">
         <v>663</v>
       </c>
+      <c r="D382">
+        <v>2208</v>
+      </c>
       <c r="E382" t="s">
         <v>66</v>
       </c>
       <c r="F382" t="s">
         <v>39</v>
       </c>
       <c r="G382" t="s">
         <v>24</v>
       </c>
       <c r="H382">
         <v>53</v>
       </c>
       <c r="I382" t="b">
         <v>0</v>
       </c>
       <c r="J382" t="s">
         <v>150</v>
       </c>
       <c r="K382">
         <v>0</v>
       </c>
       <c r="L382" t="s">
         <v>25</v>
       </c>
       <c r="M382" t="s">
@@ -36081,50 +36096,53 @@
         <v>85.05</v>
       </c>
       <c r="Q542" t="s">
         <v>25</v>
       </c>
       <c r="R542" t="s">
         <v>25</v>
       </c>
       <c r="S542" t="s">
         <v>25</v>
       </c>
       <c r="T542">
         <v>85.05</v>
       </c>
     </row>
     <row r="543" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
         <v>871</v>
       </c>
       <c r="C543" t="s">
         <v>86</v>
       </c>
+      <c r="D543">
+        <v>2550</v>
+      </c>
       <c r="E543" t="s">
         <v>872</v>
       </c>
       <c r="F543" t="s">
         <v>23</v>
       </c>
       <c r="G543" t="s">
         <v>45</v>
       </c>
       <c r="H543">
         <v>56</v>
       </c>
       <c r="I543" t="b">
         <v>0</v>
       </c>
       <c r="J543" t="s">
         <v>150</v>
       </c>
       <c r="K543">
         <v>0</v>
       </c>
       <c r="L543" t="s">
         <v>25</v>
       </c>
       <c r="M543" t="s">
@@ -38636,50 +38654,53 @@
         <v>25</v>
       </c>
       <c r="Q585" t="s">
         <v>25</v>
       </c>
       <c r="R585" t="s">
         <v>25</v>
       </c>
       <c r="S585" t="s">
         <v>25</v>
       </c>
       <c r="T585">
         <v>80.69</v>
       </c>
     </row>
     <row r="586" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
         <v>742</v>
       </c>
       <c r="C586" t="s">
         <v>925</v>
       </c>
+      <c r="D586">
+        <v>803</v>
+      </c>
       <c r="E586" t="s">
         <v>926</v>
       </c>
       <c r="F586" t="s">
         <v>39</v>
       </c>
       <c r="G586" t="s">
         <v>24</v>
       </c>
       <c r="H586">
         <v>91</v>
       </c>
       <c r="I586" t="b">
         <v>0</v>
       </c>
       <c r="J586" t="s">
         <v>150</v>
       </c>
       <c r="K586">
         <v>1</v>
       </c>
       <c r="L586">
         <v>80.63</v>
       </c>
       <c r="M586" t="s">
@@ -39585,50 +39606,53 @@
       <c r="P601" t="s">
         <v>25</v>
       </c>
       <c r="Q601" t="s">
         <v>25</v>
       </c>
       <c r="R601" t="s">
         <v>25</v>
       </c>
       <c r="S601" t="s">
         <v>25</v>
       </c>
       <c r="T601">
         <v>78.38</v>
       </c>
     </row>
     <row r="602" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
         <v>947</v>
       </c>
       <c r="C602" t="s">
         <v>21</v>
+      </c>
+      <c r="D602">
+        <v>2554</v>
       </c>
       <c r="E602" t="s">
         <v>144</v>
       </c>
       <c r="F602" t="s">
         <v>39</v>
       </c>
       <c r="G602" t="s">
         <v>45</v>
       </c>
       <c r="H602">
         <v>22</v>
       </c>
       <c r="I602" t="b">
         <v>0</v>
       </c>
       <c r="J602" t="s">
         <v>150</v>
       </c>
       <c r="K602">
         <v>1</v>
       </c>
       <c r="L602" t="s">
         <v>25</v>
       </c>