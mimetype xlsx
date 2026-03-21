--- v0 (2025-11-05)
+++ v1 (2026-03-21)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2010" uniqueCount="586">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2010" uniqueCount="587">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -667,51 +667,51 @@
   <si>
     <t>BLAIR</t>
   </si>
   <si>
     <t>Les Croupiers RC</t>
   </si>
   <si>
     <t>Christopher</t>
   </si>
   <si>
     <t>Bradshaw</t>
   </si>
   <si>
     <t>Bethan</t>
   </si>
   <si>
     <t>Logan</t>
   </si>
   <si>
     <t>Kani</t>
   </si>
   <si>
     <t>Hinshelwood</t>
   </si>
   <si>
-    <t>NOBLE</t>
+    <t>Noble</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Klotz</t>
   </si>
   <si>
     <t>Wye Valley Runners</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>EPSTEIN</t>
   </si>
   <si>
     <t>Harri</t>
   </si>
   <si>
     <t>Like</t>
   </si>
   <si>
     <t>CDF Runners</t>
   </si>
@@ -1540,51 +1540,54 @@
   <si>
     <t>Barbara</t>
   </si>
   <si>
     <t>Modrzejewska-Baudin</t>
   </si>
   <si>
     <t>Pontyclun Road Runners</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>AYLING</t>
   </si>
   <si>
     <t>Cecilia</t>
   </si>
   <si>
     <t>Harman</t>
   </si>
   <si>
     <t>Rhayader AC</t>
   </si>
   <si>
-    <t>MATHIAS</t>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Mathias</t>
   </si>
   <si>
     <t>Jacqui</t>
   </si>
   <si>
     <t>Wynds</t>
   </si>
   <si>
     <t>Joey</t>
   </si>
   <si>
     <t>WHITFIELD</t>
   </si>
   <si>
     <t>Norman</t>
   </si>
   <si>
     <t>Jennet</t>
   </si>
   <si>
     <t>HOLMES</t>
   </si>
   <si>
     <t>Zoe</t>
   </si>
@@ -5402,50 +5405,53 @@
         <v>24</v>
       </c>
       <c r="I87" t="b">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>17</v>
       </c>
       <c r="K87">
         <v>0</v>
       </c>
       <c r="L87">
         <v>233.13</v>
       </c>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>196</v>
       </c>
       <c r="C88" t="s">
         <v>197</v>
       </c>
+      <c r="D88">
+        <v>949</v>
+      </c>
       <c r="E88" t="s">
         <v>123</v>
       </c>
       <c r="F88" t="s">
         <v>39</v>
       </c>
       <c r="G88" t="s">
         <v>16</v>
       </c>
       <c r="H88">
         <v>15</v>
       </c>
       <c r="I88" t="b">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>17</v>
       </c>
       <c r="K88">
         <v>0</v>
       </c>
       <c r="L88">
         <v>231.77</v>
       </c>
     </row>
@@ -5866,50 +5872,53 @@
         <v>10</v>
       </c>
       <c r="I100" t="b">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>17</v>
       </c>
       <c r="K100">
         <v>0</v>
       </c>
       <c r="L100">
         <v>218.79</v>
       </c>
     </row>
     <row r="101" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>157</v>
       </c>
       <c r="C101" t="s">
         <v>219</v>
       </c>
+      <c r="D101">
+        <v>1900</v>
+      </c>
       <c r="E101" t="s">
         <v>77</v>
       </c>
       <c r="F101" t="s">
         <v>64</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101">
         <v>4</v>
       </c>
       <c r="I101" t="b">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>17</v>
       </c>
       <c r="K101">
         <v>0</v>
       </c>
       <c r="L101">
         <v>217.74</v>
       </c>
     </row>
@@ -9950,50 +9959,53 @@
         <v>20</v>
       </c>
       <c r="I213" t="b">
         <v>1</v>
       </c>
       <c r="J213" t="s">
         <v>17</v>
       </c>
       <c r="K213">
         <v>0</v>
       </c>
       <c r="L213">
         <v>103.19</v>
       </c>
     </row>
     <row r="214" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
         <v>259</v>
       </c>
       <c r="C214" t="s">
         <v>399</v>
       </c>
+      <c r="D214">
+        <v>1284</v>
+      </c>
       <c r="E214" t="s">
         <v>400</v>
       </c>
       <c r="F214" t="s">
         <v>39</v>
       </c>
       <c r="G214" t="s">
         <v>16</v>
       </c>
       <c r="H214">
         <v>33</v>
       </c>
       <c r="I214" t="b">
         <v>1</v>
       </c>
       <c r="J214" t="s">
         <v>17</v>
       </c>
       <c r="K214">
         <v>0</v>
       </c>
       <c r="L214">
         <v>103.03</v>
       </c>
     </row>
@@ -12496,54 +12508,57 @@
       </c>
       <c r="G284" t="s">
         <v>26</v>
       </c>
       <c r="H284">
         <v>19</v>
       </c>
       <c r="I284" t="b">
         <v>1</v>
       </c>
       <c r="J284" t="s">
         <v>17</v>
       </c>
       <c r="K284">
         <v>0</v>
       </c>
       <c r="L284">
         <v>84.68</v>
       </c>
     </row>
     <row r="285" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
       <c r="C285" t="s">
-        <v>510</v>
+        <v>511</v>
+      </c>
+      <c r="D285">
+        <v>1826</v>
       </c>
       <c r="E285" t="s">
         <v>14</v>
       </c>
       <c r="F285" t="s">
         <v>39</v>
       </c>
       <c r="G285" t="s">
         <v>26</v>
       </c>
       <c r="H285">
         <v>17</v>
       </c>
       <c r="I285" t="b">
         <v>1</v>
       </c>
       <c r="J285" t="s">
         <v>17</v>
       </c>
       <c r="K285">
         <v>0</v>
       </c>
       <c r="L285">
         <v>84.35</v>
       </c>
@@ -12566,769 +12581,769 @@
       </c>
       <c r="G286" t="s">
         <v>26</v>
       </c>
       <c r="H286">
         <v>4</v>
       </c>
       <c r="I286" t="b">
         <v>1</v>
       </c>
       <c r="J286" t="s">
         <v>17</v>
       </c>
       <c r="K286">
         <v>0</v>
       </c>
       <c r="L286">
         <v>84.12</v>
       </c>
     </row>
     <row r="287" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C287" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D287">
         <v>2462</v>
       </c>
       <c r="E287" t="s">
         <v>44</v>
       </c>
       <c r="F287" t="s">
         <v>64</v>
       </c>
       <c r="G287" t="s">
         <v>26</v>
       </c>
       <c r="H287">
         <v>5</v>
       </c>
       <c r="I287" t="b">
         <v>1</v>
       </c>
       <c r="J287" t="s">
         <v>17</v>
       </c>
       <c r="K287">
         <v>0</v>
       </c>
       <c r="L287">
         <v>83.69</v>
       </c>
     </row>
     <row r="288" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C288" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E288" t="s">
         <v>17</v>
       </c>
       <c r="F288" t="s">
         <v>15</v>
       </c>
       <c r="G288" t="s">
         <v>16</v>
       </c>
       <c r="H288">
         <v>81</v>
       </c>
       <c r="I288" t="b">
         <v>1</v>
       </c>
       <c r="J288" t="s">
         <v>17</v>
       </c>
       <c r="K288">
         <v>0</v>
       </c>
       <c r="L288">
         <v>83.26</v>
       </c>
     </row>
     <row r="289" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C289" t="s">
         <v>32</v>
       </c>
       <c r="E289" t="s">
         <v>49</v>
       </c>
       <c r="F289" t="s">
         <v>64</v>
       </c>
       <c r="G289" t="s">
         <v>16</v>
       </c>
       <c r="H289">
         <v>19</v>
       </c>
       <c r="I289" t="b">
         <v>1</v>
       </c>
       <c r="J289" t="s">
         <v>17</v>
       </c>
       <c r="K289">
         <v>0</v>
       </c>
       <c r="L289">
         <v>83.15</v>
       </c>
     </row>
     <row r="290" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C290" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E290" t="s">
         <v>184</v>
       </c>
       <c r="F290" t="s">
         <v>15</v>
       </c>
       <c r="G290" t="s">
         <v>26</v>
       </c>
       <c r="H290">
         <v>27</v>
       </c>
       <c r="I290" t="b">
         <v>1</v>
       </c>
       <c r="J290" t="s">
         <v>17</v>
       </c>
       <c r="K290">
         <v>0</v>
       </c>
       <c r="L290">
         <v>83.07</v>
       </c>
     </row>
     <row r="291" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C291" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="E291" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F291" t="s">
         <v>15</v>
       </c>
       <c r="G291" t="s">
         <v>26</v>
       </c>
       <c r="H291">
         <v>28</v>
       </c>
       <c r="I291" t="b">
         <v>1</v>
       </c>
       <c r="J291" t="s">
         <v>17</v>
       </c>
       <c r="K291">
         <v>0</v>
       </c>
       <c r="L291">
         <v>82.24</v>
       </c>
     </row>
     <row r="292" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C292" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E292" t="s">
         <v>17</v>
       </c>
       <c r="F292" t="s">
         <v>15</v>
       </c>
       <c r="G292" t="s">
         <v>26</v>
       </c>
       <c r="H292">
         <v>29</v>
       </c>
       <c r="I292" t="b">
         <v>1</v>
       </c>
       <c r="J292" t="s">
         <v>17</v>
       </c>
       <c r="K292">
         <v>0</v>
       </c>
       <c r="L292">
         <v>82.11</v>
       </c>
     </row>
     <row r="293" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>208</v>
       </c>
       <c r="C293" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D293">
         <v>1155</v>
       </c>
       <c r="E293" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="F293" t="s">
         <v>88</v>
       </c>
       <c r="G293" t="s">
         <v>16</v>
       </c>
       <c r="H293">
         <v>4</v>
       </c>
       <c r="I293" t="b">
         <v>1</v>
       </c>
       <c r="J293" t="s">
         <v>17</v>
       </c>
       <c r="K293">
         <v>0</v>
       </c>
       <c r="L293">
         <v>82.09</v>
       </c>
     </row>
     <row r="294" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C294" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E294" t="s">
         <v>52</v>
       </c>
       <c r="F294" t="s">
         <v>39</v>
       </c>
       <c r="G294" t="s">
         <v>26</v>
       </c>
       <c r="H294">
         <v>18</v>
       </c>
       <c r="I294" t="b">
         <v>1</v>
       </c>
       <c r="J294" t="s">
         <v>17</v>
       </c>
       <c r="K294">
         <v>0</v>
       </c>
       <c r="L294">
         <v>81.13</v>
       </c>
     </row>
     <row r="295" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C295" t="s">
         <v>66</v>
       </c>
       <c r="D295">
         <v>2257</v>
       </c>
       <c r="E295" t="s">
         <v>287</v>
       </c>
       <c r="F295" t="s">
         <v>15</v>
       </c>
       <c r="G295" t="s">
         <v>26</v>
       </c>
       <c r="H295">
         <v>30</v>
       </c>
       <c r="I295" t="b">
         <v>1</v>
       </c>
       <c r="J295" t="s">
         <v>17</v>
       </c>
       <c r="K295">
         <v>0</v>
       </c>
       <c r="L295">
         <v>80.84</v>
       </c>
     </row>
     <row r="296" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C296" t="s">
         <v>178</v>
       </c>
       <c r="E296" t="s">
         <v>52</v>
       </c>
       <c r="F296" t="s">
         <v>39</v>
       </c>
       <c r="G296" t="s">
         <v>26</v>
       </c>
       <c r="H296">
         <v>19</v>
       </c>
       <c r="I296" t="b">
         <v>1</v>
       </c>
       <c r="J296" t="s">
         <v>17</v>
       </c>
       <c r="K296">
         <v>0</v>
       </c>
       <c r="L296">
         <v>80.83</v>
       </c>
     </row>
     <row r="297" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C297" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D297">
         <v>1797</v>
       </c>
       <c r="E297" t="s">
         <v>212</v>
       </c>
       <c r="F297" t="s">
         <v>39</v>
       </c>
       <c r="G297" t="s">
         <v>26</v>
       </c>
       <c r="H297">
         <v>20</v>
       </c>
       <c r="I297" t="b">
         <v>1</v>
       </c>
       <c r="J297" t="s">
         <v>17</v>
       </c>
       <c r="K297">
         <v>0</v>
       </c>
       <c r="L297">
         <v>80.33</v>
       </c>
     </row>
     <row r="298" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>331</v>
       </c>
       <c r="C298" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E298" t="s">
         <v>17</v>
       </c>
       <c r="F298" t="s">
         <v>15</v>
       </c>
       <c r="G298" t="s">
         <v>16</v>
       </c>
       <c r="H298">
         <v>82</v>
       </c>
       <c r="I298" t="b">
         <v>1</v>
       </c>
       <c r="J298" t="s">
         <v>17</v>
       </c>
       <c r="K298">
         <v>0</v>
       </c>
       <c r="L298">
         <v>80.14</v>
       </c>
     </row>
     <row r="299" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C299" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E299" t="s">
         <v>17</v>
       </c>
       <c r="F299" t="s">
         <v>15</v>
       </c>
       <c r="G299" t="s">
         <v>26</v>
       </c>
       <c r="H299">
         <v>31</v>
       </c>
       <c r="I299" t="b">
         <v>1</v>
       </c>
       <c r="J299" t="s">
         <v>17</v>
       </c>
       <c r="K299">
         <v>0</v>
       </c>
       <c r="L299">
         <v>79.77</v>
       </c>
     </row>
     <row r="300" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C300" t="s">
         <v>32</v>
       </c>
       <c r="E300" t="s">
         <v>17</v>
       </c>
       <c r="F300" t="s">
         <v>15</v>
       </c>
       <c r="G300" t="s">
         <v>26</v>
       </c>
       <c r="H300">
         <v>32</v>
       </c>
       <c r="I300" t="b">
         <v>1</v>
       </c>
       <c r="J300" t="s">
         <v>17</v>
       </c>
       <c r="K300">
         <v>0</v>
       </c>
       <c r="L300">
         <v>79.4</v>
       </c>
     </row>
     <row r="301" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C301" t="s">
         <v>293</v>
       </c>
       <c r="E301" t="s">
         <v>153</v>
       </c>
       <c r="F301" t="s">
         <v>30</v>
       </c>
       <c r="G301" t="s">
         <v>26</v>
       </c>
       <c r="H301">
         <v>20</v>
       </c>
       <c r="I301" t="b">
         <v>1</v>
       </c>
       <c r="J301" t="s">
         <v>17</v>
       </c>
       <c r="K301">
         <v>0</v>
       </c>
       <c r="L301">
         <v>79.33</v>
       </c>
     </row>
     <row r="302" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>342</v>
       </c>
       <c r="C302" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E302" t="s">
         <v>44</v>
       </c>
       <c r="F302" t="s">
         <v>39</v>
       </c>
       <c r="G302" t="s">
         <v>26</v>
       </c>
       <c r="H302">
         <v>21</v>
       </c>
       <c r="I302" t="b">
         <v>1</v>
       </c>
       <c r="J302" t="s">
         <v>17</v>
       </c>
       <c r="K302">
         <v>0</v>
       </c>
       <c r="L302">
         <v>78.89</v>
       </c>
     </row>
     <row r="303" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
         <v>234</v>
       </c>
       <c r="C303" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E303" t="s">
         <v>52</v>
       </c>
       <c r="F303" t="s">
         <v>39</v>
       </c>
       <c r="G303" t="s">
         <v>16</v>
       </c>
       <c r="H303">
         <v>48</v>
       </c>
       <c r="I303" t="b">
         <v>1</v>
       </c>
       <c r="J303" t="s">
         <v>17</v>
       </c>
       <c r="K303">
         <v>0</v>
       </c>
       <c r="L303">
         <v>78.3</v>
       </c>
     </row>
     <row r="304" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C304" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D304">
         <v>1777</v>
       </c>
       <c r="E304" t="s">
         <v>17</v>
       </c>
       <c r="F304" t="s">
         <v>39</v>
       </c>
       <c r="G304" t="s">
         <v>16</v>
       </c>
       <c r="H304">
         <v>49</v>
       </c>
       <c r="I304" t="b">
         <v>1</v>
       </c>
       <c r="J304" t="s">
         <v>17</v>
       </c>
       <c r="K304">
         <v>0</v>
       </c>
       <c r="L304">
         <v>78.24</v>
       </c>
     </row>
     <row r="305" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C305" t="s">
         <v>19</v>
       </c>
       <c r="E305" t="s">
         <v>52</v>
       </c>
       <c r="F305" t="s">
         <v>15</v>
       </c>
       <c r="G305" t="s">
         <v>26</v>
       </c>
       <c r="H305">
         <v>33</v>
       </c>
       <c r="I305" t="b">
         <v>1</v>
       </c>
       <c r="J305" t="s">
         <v>17</v>
       </c>
       <c r="K305">
         <v>0</v>
       </c>
       <c r="L305">
         <v>78.02</v>
       </c>
     </row>
     <row r="306" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C306" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E306" t="s">
         <v>382</v>
       </c>
       <c r="F306" t="s">
         <v>39</v>
       </c>
       <c r="G306" t="s">
         <v>16</v>
       </c>
       <c r="H306">
         <v>50</v>
       </c>
       <c r="I306" t="b">
         <v>1</v>
       </c>
       <c r="J306" t="s">
         <v>17</v>
       </c>
       <c r="K306">
         <v>0</v>
       </c>
       <c r="L306">
         <v>77.52</v>
       </c>
     </row>
     <row r="307" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
         <v>27</v>
       </c>
       <c r="C307" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E307" t="s">
         <v>17</v>
       </c>
       <c r="F307" t="s">
         <v>15</v>
       </c>
       <c r="G307" t="s">
         <v>16</v>
       </c>
       <c r="H307">
         <v>83</v>
       </c>
       <c r="I307" t="b">
         <v>1</v>
       </c>
       <c r="J307" t="s">
         <v>17</v>
       </c>
       <c r="K307">
         <v>0</v>
       </c>
       <c r="L307">
         <v>76.43</v>
       </c>
@@ -13351,197 +13366,197 @@
       </c>
       <c r="G308" t="s">
         <v>26</v>
       </c>
       <c r="H308">
         <v>21</v>
       </c>
       <c r="I308" t="b">
         <v>1</v>
       </c>
       <c r="J308" t="s">
         <v>17</v>
       </c>
       <c r="K308">
         <v>0</v>
       </c>
       <c r="L308">
         <v>75.47</v>
       </c>
     </row>
     <row r="309" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C309" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E309" t="s">
         <v>52</v>
       </c>
       <c r="F309" t="s">
         <v>30</v>
       </c>
       <c r="G309" t="s">
         <v>26</v>
       </c>
       <c r="H309">
         <v>22</v>
       </c>
       <c r="I309" t="b">
         <v>1</v>
       </c>
       <c r="J309" t="s">
         <v>17</v>
       </c>
       <c r="K309">
         <v>0</v>
       </c>
       <c r="L309">
         <v>75.05</v>
       </c>
     </row>
     <row r="310" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C310" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E310" t="s">
         <v>153</v>
       </c>
       <c r="F310" t="s">
         <v>64</v>
       </c>
       <c r="G310" t="s">
         <v>26</v>
       </c>
       <c r="H310">
         <v>6</v>
       </c>
       <c r="I310" t="b">
         <v>1</v>
       </c>
       <c r="J310" t="s">
         <v>17</v>
       </c>
       <c r="K310">
         <v>0</v>
       </c>
       <c r="L310">
         <v>74.72</v>
       </c>
     </row>
     <row r="311" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C311" t="s">
         <v>356</v>
       </c>
       <c r="E311" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F311" t="s">
         <v>39</v>
       </c>
       <c r="G311" t="s">
         <v>16</v>
       </c>
       <c r="H311">
         <v>51</v>
       </c>
       <c r="I311" t="b">
         <v>1</v>
       </c>
       <c r="J311" t="s">
         <v>17</v>
       </c>
       <c r="K311">
         <v>0</v>
       </c>
       <c r="L311">
         <v>74.66</v>
       </c>
     </row>
     <row r="312" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C312" t="s">
         <v>498</v>
       </c>
       <c r="E312" t="s">
         <v>499</v>
       </c>
       <c r="F312" t="s">
         <v>39</v>
       </c>
       <c r="G312" t="s">
         <v>16</v>
       </c>
       <c r="H312">
         <v>52</v>
       </c>
       <c r="I312" t="b">
         <v>1</v>
       </c>
       <c r="J312" t="s">
         <v>17</v>
       </c>
       <c r="K312">
         <v>0</v>
       </c>
       <c r="L312">
         <v>74.04</v>
       </c>
     </row>
     <row r="313" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C313" t="s">
         <v>40</v>
       </c>
       <c r="E313" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F313" t="s">
         <v>39</v>
       </c>
       <c r="G313" t="s">
         <v>16</v>
       </c>
       <c r="H313">
         <v>53</v>
       </c>
       <c r="I313" t="b">
         <v>1</v>
       </c>
       <c r="J313" t="s">
         <v>17</v>
       </c>
       <c r="K313">
         <v>0</v>
       </c>
       <c r="L313">
         <v>73.89</v>
       </c>
     </row>
     <row r="314" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A314">
@@ -13564,436 +13579,436 @@
       </c>
       <c r="H314">
         <v>54</v>
       </c>
       <c r="I314" t="b">
         <v>1</v>
       </c>
       <c r="J314" t="s">
         <v>17</v>
       </c>
       <c r="K314">
         <v>0</v>
       </c>
       <c r="L314">
         <v>73.66</v>
       </c>
     </row>
     <row r="315" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
         <v>480</v>
       </c>
       <c r="C315" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E315" t="s">
         <v>400</v>
       </c>
       <c r="F315" t="s">
         <v>30</v>
       </c>
       <c r="G315" t="s">
         <v>26</v>
       </c>
       <c r="H315">
         <v>23</v>
       </c>
       <c r="I315" t="b">
         <v>1</v>
       </c>
       <c r="J315" t="s">
         <v>17</v>
       </c>
       <c r="K315">
         <v>0</v>
       </c>
       <c r="L315">
         <v>73.38</v>
       </c>
     </row>
     <row r="316" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
         <v>254</v>
       </c>
       <c r="C316" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E316" t="s">
         <v>241</v>
       </c>
       <c r="F316" t="s">
         <v>15</v>
       </c>
       <c r="G316" t="s">
         <v>26</v>
       </c>
       <c r="H316">
         <v>34</v>
       </c>
       <c r="I316" t="b">
         <v>1</v>
       </c>
       <c r="J316" t="s">
         <v>17</v>
       </c>
       <c r="K316">
         <v>0</v>
       </c>
       <c r="L316">
         <v>73.3</v>
       </c>
     </row>
     <row r="317" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C317" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E317" t="s">
         <v>44</v>
       </c>
       <c r="F317" t="s">
         <v>15</v>
       </c>
       <c r="G317" t="s">
         <v>26</v>
       </c>
       <c r="H317">
         <v>35</v>
       </c>
       <c r="I317" t="b">
         <v>1</v>
       </c>
       <c r="J317" t="s">
         <v>17</v>
       </c>
       <c r="K317">
         <v>0</v>
       </c>
       <c r="L317">
         <v>72.99</v>
       </c>
     </row>
     <row r="318" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C318" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E318" t="s">
         <v>17</v>
       </c>
       <c r="F318" t="s">
         <v>30</v>
       </c>
       <c r="G318" t="s">
         <v>26</v>
       </c>
       <c r="H318">
         <v>24</v>
       </c>
       <c r="I318" t="b">
         <v>1</v>
       </c>
       <c r="J318" t="s">
         <v>17</v>
       </c>
       <c r="K318">
         <v>0</v>
       </c>
       <c r="L318">
         <v>72.82</v>
       </c>
     </row>
     <row r="319" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C319" t="s">
         <v>396</v>
       </c>
       <c r="E319" t="s">
         <v>44</v>
       </c>
       <c r="F319" t="s">
         <v>30</v>
       </c>
       <c r="G319" t="s">
         <v>16</v>
       </c>
       <c r="H319">
         <v>60</v>
       </c>
       <c r="I319" t="b">
         <v>1</v>
       </c>
       <c r="J319" t="s">
         <v>17</v>
       </c>
       <c r="K319">
         <v>0</v>
       </c>
       <c r="L319">
         <v>71.94</v>
       </c>
     </row>
     <row r="320" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C320" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E320" t="s">
         <v>44</v>
       </c>
       <c r="F320" t="s">
         <v>64</v>
       </c>
       <c r="G320" t="s">
         <v>26</v>
       </c>
       <c r="H320">
         <v>7</v>
       </c>
       <c r="I320" t="b">
         <v>1</v>
       </c>
       <c r="J320" t="s">
         <v>17</v>
       </c>
       <c r="K320">
         <v>0</v>
       </c>
       <c r="L320">
         <v>71.9</v>
       </c>
     </row>
     <row r="321" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C321" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E321" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F321" t="s">
         <v>39</v>
       </c>
       <c r="G321" t="s">
         <v>26</v>
       </c>
       <c r="H321">
         <v>22</v>
       </c>
       <c r="I321" t="b">
         <v>1</v>
       </c>
       <c r="J321" t="s">
         <v>17</v>
       </c>
       <c r="K321">
         <v>0</v>
       </c>
       <c r="L321">
         <v>71.89</v>
       </c>
     </row>
     <row r="322" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C322" t="s">
         <v>32</v>
       </c>
       <c r="E322" t="s">
         <v>17</v>
       </c>
       <c r="F322" t="s">
         <v>15</v>
       </c>
       <c r="G322" t="s">
         <v>26</v>
       </c>
       <c r="H322">
         <v>36</v>
       </c>
       <c r="I322" t="b">
         <v>1</v>
       </c>
       <c r="J322" t="s">
         <v>17</v>
       </c>
       <c r="K322">
         <v>0</v>
       </c>
       <c r="L322">
         <v>70.11</v>
       </c>
     </row>
     <row r="323" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C323" t="s">
         <v>32</v>
       </c>
       <c r="E323" t="s">
         <v>17</v>
       </c>
       <c r="F323" t="s">
         <v>15</v>
       </c>
       <c r="G323" t="s">
         <v>26</v>
       </c>
       <c r="H323">
         <v>37</v>
       </c>
       <c r="I323" t="b">
         <v>1</v>
       </c>
       <c r="J323" t="s">
         <v>17</v>
       </c>
       <c r="K323">
         <v>0</v>
       </c>
       <c r="L323">
         <v>69.95</v>
       </c>
     </row>
     <row r="324" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C324" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E324" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F324" t="s">
         <v>64</v>
       </c>
       <c r="G324" t="s">
         <v>16</v>
       </c>
       <c r="H324">
         <v>20</v>
       </c>
       <c r="I324" t="b">
         <v>1</v>
       </c>
       <c r="J324" t="s">
         <v>17</v>
       </c>
       <c r="K324">
         <v>0</v>
       </c>
       <c r="L324">
         <v>69.62</v>
       </c>
     </row>
     <row r="325" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>125</v>
       </c>
       <c r="C325" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E325" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F325" t="s">
         <v>15</v>
       </c>
       <c r="G325" t="s">
         <v>26</v>
       </c>
       <c r="H325">
         <v>38</v>
       </c>
       <c r="I325" t="b">
         <v>1</v>
       </c>
       <c r="J325" t="s">
         <v>17</v>
       </c>
       <c r="K325">
         <v>0</v>
       </c>
       <c r="L325">
         <v>68.63</v>
       </c>
     </row>
     <row r="326" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C326" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E326" t="s">
         <v>212</v>
       </c>
       <c r="F326" t="s">
         <v>64</v>
       </c>
       <c r="G326" t="s">
         <v>16</v>
       </c>
       <c r="H326">
         <v>21</v>
       </c>
       <c r="I326" t="b">
         <v>1</v>
       </c>
       <c r="J326" t="s">
         <v>17</v>
       </c>
       <c r="K326">
         <v>0</v>
       </c>
       <c r="L326">
         <v>66.04</v>
       </c>
@@ -14019,261 +14034,261 @@
       </c>
       <c r="H327">
         <v>61</v>
       </c>
       <c r="I327" t="b">
         <v>1</v>
       </c>
       <c r="J327" t="s">
         <v>17</v>
       </c>
       <c r="K327">
         <v>0</v>
       </c>
       <c r="L327">
         <v>65.55</v>
       </c>
     </row>
     <row r="328" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
         <v>502</v>
       </c>
       <c r="C328" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E328" t="s">
         <v>57</v>
       </c>
       <c r="F328" t="s">
         <v>15</v>
       </c>
       <c r="G328" t="s">
         <v>26</v>
       </c>
       <c r="H328">
         <v>39</v>
       </c>
       <c r="I328" t="b">
         <v>1</v>
       </c>
       <c r="J328" t="s">
         <v>17</v>
       </c>
       <c r="K328">
         <v>0</v>
       </c>
       <c r="L328">
         <v>62.74</v>
       </c>
     </row>
     <row r="329" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C329" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E329" t="s">
         <v>57</v>
       </c>
       <c r="F329" t="s">
         <v>15</v>
       </c>
       <c r="G329" t="s">
         <v>26</v>
       </c>
       <c r="H329">
         <v>40</v>
       </c>
       <c r="I329" t="b">
         <v>1</v>
       </c>
       <c r="J329" t="s">
         <v>17</v>
       </c>
       <c r="K329">
         <v>0</v>
       </c>
       <c r="L329">
         <v>62.73</v>
       </c>
     </row>
     <row r="330" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C330" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E330" t="s">
         <v>44</v>
       </c>
       <c r="F330" t="s">
         <v>15</v>
       </c>
       <c r="G330" t="s">
         <v>26</v>
       </c>
       <c r="H330">
         <v>41</v>
       </c>
       <c r="I330" t="b">
         <v>1</v>
       </c>
       <c r="J330" t="s">
         <v>17</v>
       </c>
       <c r="K330">
         <v>0</v>
       </c>
       <c r="L330">
         <v>62.7</v>
       </c>
     </row>
     <row r="331" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C331" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E331" t="s">
         <v>315</v>
       </c>
       <c r="F331" t="s">
         <v>80</v>
       </c>
       <c r="G331" t="s">
         <v>16</v>
       </c>
       <c r="H331">
         <v>6</v>
       </c>
       <c r="I331" t="b">
         <v>1</v>
       </c>
       <c r="J331" t="s">
         <v>17</v>
       </c>
       <c r="K331">
         <v>0</v>
       </c>
       <c r="L331">
         <v>60.87</v>
       </c>
     </row>
     <row r="332" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C332" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E332" t="s">
         <v>387</v>
       </c>
       <c r="F332" t="s">
         <v>15</v>
       </c>
       <c r="G332" t="s">
         <v>16</v>
       </c>
       <c r="H332">
         <v>84</v>
       </c>
       <c r="I332" t="b">
         <v>1</v>
       </c>
       <c r="J332" t="s">
         <v>17</v>
       </c>
       <c r="K332">
         <v>0</v>
       </c>
       <c r="L332">
         <v>59.01</v>
       </c>
     </row>
     <row r="333" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C333" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E333" t="s">
         <v>387</v>
       </c>
       <c r="F333" t="s">
         <v>15</v>
       </c>
       <c r="G333" t="s">
         <v>26</v>
       </c>
       <c r="H333">
         <v>42</v>
       </c>
       <c r="I333" t="b">
         <v>1</v>
       </c>
       <c r="J333" t="s">
         <v>17</v>
       </c>
       <c r="K333">
         <v>0</v>
       </c>
       <c r="L333">
         <v>52.48</v>
       </c>
     </row>
     <row r="334" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C334" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E334" t="s">
         <v>387</v>
       </c>
       <c r="F334" t="s">
         <v>15</v>
       </c>
       <c r="G334" t="s">
         <v>26</v>
       </c>
       <c r="H334">
         <v>43</v>
       </c>
       <c r="I334" t="b">
         <v>1</v>
       </c>
       <c r="J334" t="s">
         <v>17</v>
       </c>
       <c r="K334">
         <v>0</v>
       </c>
       <c r="L334">
         <v>51.87</v>
       </c>