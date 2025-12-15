--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -8,704 +8,1055 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1082" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2161" uniqueCount="336">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
     <t>Eligible</t>
   </si>
   <si>
     <t>IneligibleReasons</t>
   </si>
   <si>
     <t>Race count</t>
   </si>
   <si>
     <t>Fan Fawr</t>
   </si>
   <si>
     <t>Cat's Back / Ras Crib y Garth</t>
   </si>
   <si>
     <t>Llyn y Fan</t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
-    <t>Skirrid Xmas Hill Race</t>
+    <t>Skirrid Hill Race</t>
+  </si>
+  <si>
+    <t>The Kymin</t>
   </si>
   <si>
     <t>Cwm Nant-y-Groes</t>
   </si>
   <si>
+    <t>Craig yr Allt</t>
+  </si>
+  <si>
     <t>Coppett Hill Race</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Wes</t>
   </si>
   <si>
     <t>SHELDON</t>
   </si>
   <si>
     <t>V40</t>
   </si>
   <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>TURNER</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Medcalf</t>
+  </si>
+  <si>
+    <t>San Domenico RC</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Ford</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Priestnall</t>
+  </si>
+  <si>
+    <t>V60</t>
+  </si>
+  <si>
+    <t>Mollekin</t>
+  </si>
+  <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Mahoney</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Hooper</t>
+  </si>
+  <si>
+    <t>Sarn Helen</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Whistance</t>
+  </si>
+  <si>
     <t>Matt</t>
   </si>
   <si>
     <t>Farrer</t>
   </si>
   <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Bristol Up &amp; Runners</t>
+  </si>
+  <si>
+    <t>Briony</t>
+  </si>
+  <si>
+    <t>Latter</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Poole Runners</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>Darke</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
+  </si>
+  <si>
+    <t>Wilf</t>
+  </si>
+  <si>
+    <t>EVANS</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Alix</t>
+  </si>
+  <si>
+    <t>Arndt</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>Gunner</t>
+  </si>
+  <si>
+    <t>Croft Ambrey RC</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Tremblay</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>O'Keefe</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
+    <t>Jonah</t>
+  </si>
+  <si>
+    <t>Byrne</t>
+  </si>
+  <si>
+    <t>Sasha</t>
+  </si>
+  <si>
+    <t>Habgood</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Hepton</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
     <t>Dean</t>
   </si>
   <si>
     <t>Perry</t>
   </si>
   <si>
     <t>Brycheiniog</t>
   </si>
   <si>
-    <t>Tom</t>
-[...14 lines deleted...]
-    <t>V50</t>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Meek</t>
+  </si>
+  <si>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Prosser</t>
+  </si>
+  <si>
+    <t>Dark Peak Fell Runners</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>V75</t>
+  </si>
+  <si>
+    <t>Lages</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Lawson</t>
   </si>
   <si>
     <t>Chepstow Harriers</t>
   </si>
   <si>
-    <t>Martin</t>
-[...2 lines deleted...]
-    <t>Webb</t>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Woodier</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Sowerby</t>
+  </si>
+  <si>
+    <t>Brecon AC</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Whiting</t>
+  </si>
+  <si>
+    <t>Weston Athletic Club</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Aberdare Valley</t>
+  </si>
+  <si>
+    <t>Beverley</t>
+  </si>
+  <si>
+    <t>Tucker</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Browne</t>
+  </si>
+  <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Aggleton</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Lander</t>
+  </si>
+  <si>
+    <t>Parc Bryn Bach Running Club</t>
+  </si>
+  <si>
+    <t>Kath</t>
+  </si>
+  <si>
+    <t>Hardwick</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Donnelly</t>
+  </si>
+  <si>
+    <t>Deanna</t>
+  </si>
+  <si>
+    <t>MAMMATT</t>
+  </si>
+  <si>
+    <t>Hereford Triathlon Club</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Bedwell</t>
+  </si>
+  <si>
+    <t>Wye Valley Runners</t>
+  </si>
+  <si>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Bryony</t>
+  </si>
+  <si>
+    <t>Hereford Couriers</t>
+  </si>
+  <si>
+    <t>Sharon</t>
+  </si>
+  <si>
+    <t>Woods</t>
+  </si>
+  <si>
+    <t>Spearman</t>
+  </si>
+  <si>
+    <t>OUSC</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>CAMERON</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Froley</t>
+  </si>
+  <si>
+    <t>Cardiff Amateur AC</t>
+  </si>
+  <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Argo</t>
+  </si>
+  <si>
+    <t>Tommy</t>
+  </si>
+  <si>
+    <t>Lees</t>
+  </si>
+  <si>
+    <t>Murrin</t>
+  </si>
+  <si>
+    <t>ZEALLEY</t>
+  </si>
+  <si>
+    <t>Draper</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>MIDDLEWICK</t>
+  </si>
+  <si>
+    <t>Thames Hare &amp; Hounds</t>
+  </si>
+  <si>
+    <t>Katrina</t>
+  </si>
+  <si>
+    <t>Entwistle</t>
+  </si>
+  <si>
+    <t>Bristol &amp; West Ac</t>
+  </si>
+  <si>
+    <t>Chorlton Runners</t>
+  </si>
+  <si>
+    <t>Louie</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>MYNYDD DU CLIMBING &amp; MOUNTAINEERING CLUB</t>
+  </si>
+  <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Phil</t>
+  </si>
+  <si>
+    <t>Decker</t>
+  </si>
+  <si>
+    <t>Iestyn</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>SBOC</t>
+  </si>
+  <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Wherlock</t>
+  </si>
+  <si>
+    <t>Lliswerry Runners</t>
+  </si>
+  <si>
+    <t>Stead</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Rumer</t>
+  </si>
+  <si>
+    <t>Ceri</t>
+  </si>
+  <si>
+    <t>Merwood</t>
+  </si>
+  <si>
+    <t>Dominic</t>
+  </si>
+  <si>
+    <t>McLoughlin</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>Callum</t>
+  </si>
+  <si>
+    <t>Nicholls</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Mackay</t>
+  </si>
+  <si>
+    <t>Bleddyn</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Ruse</t>
+  </si>
+  <si>
+    <t>Neath Harriers</t>
   </si>
   <si>
     <t>Running Forever Running Club</t>
   </si>
   <si>
-    <t>V60</t>
-[...214 lines deleted...]
-  <si>
     <t>Dickie</t>
   </si>
   <si>
     <t>Hudd</t>
   </si>
   <si>
-    <t>Bristol Up &amp; Runners</t>
+    <t>Rhydian</t>
   </si>
   <si>
     <t>Talf</t>
   </si>
   <si>
     <t>CARTER</t>
   </si>
   <si>
-    <t>Hereford Couriers</t>
-[...1 lines deleted...]
-  <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Lascelles</t>
   </si>
   <si>
-    <t>Claire</t>
-[...20 lines deleted...]
-    <t>Weston Athletic Club</t>
+    <t>Laffen</t>
+  </si>
+  <si>
+    <t>Sullivan</t>
+  </si>
+  <si>
+    <t>Harrison</t>
+  </si>
+  <si>
+    <t>Mercia Fell Runners</t>
   </si>
   <si>
     <t>Liddiatt</t>
   </si>
   <si>
-    <t>James</t>
-[...17 lines deleted...]
-    <t>Aberdare Valley</t>
+    <t>Finlay</t>
+  </si>
+  <si>
+    <t>Simpson</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>Harding</t>
   </si>
   <si>
-    <t>CDF Runners</t>
-[...1 lines deleted...]
-  <si>
     <t>Jonny</t>
   </si>
   <si>
     <t>CAMPBELL</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Ironside</t>
+  </si>
+  <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Chamberlain</t>
   </si>
   <si>
-    <t>Peter</t>
-[...14 lines deleted...]
-    <t>Poole Runners</t>
+    <t>Howard</t>
+  </si>
+  <si>
+    <t>Friman</t>
+  </si>
+  <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>Lomax</t>
+  </si>
+  <si>
+    <t>Town &amp; Country Harriers</t>
+  </si>
+  <si>
+    <t>Charlie</t>
+  </si>
+  <si>
+    <t>SMITH</t>
+  </si>
+  <si>
+    <t>Davidge</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Adamson</t>
+  </si>
+  <si>
+    <t>NORTH LONDON MOUNTAINEERING CLUB</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Phillips</t>
+  </si>
+  <si>
+    <t>Edwards</t>
+  </si>
+  <si>
+    <t>Jarman</t>
+  </si>
+  <si>
+    <t>Charles</t>
   </si>
   <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>O'Connell</t>
   </si>
   <si>
     <t>Cuillin Dubh Running Club</t>
   </si>
   <si>
-    <t>Emily</t>
-[...2 lines deleted...]
-    <t>Browne</t>
+    <t>Margesson</t>
   </si>
   <si>
     <t>Cox</t>
   </si>
   <si>
-    <t>Emma</t>
-[...2 lines deleted...]
-    <t>McWilliams</t>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Quin</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Creber</t>
   </si>
   <si>
     <t>Hurley</t>
   </si>
   <si>
     <t>Islwyn RC</t>
   </si>
   <si>
-    <t>George</t>
-[...2 lines deleted...]
-    <t>PICKERING</t>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>Bracey</t>
+  </si>
+  <si>
+    <t>Khalid</t>
+  </si>
+  <si>
+    <t>Qasrawi</t>
+  </si>
+  <si>
+    <t>Darran</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Salter</t>
+  </si>
+  <si>
+    <t>Jawad</t>
+  </si>
+  <si>
+    <t>MANGERS</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Moir</t>
   </si>
   <si>
     <t>Appleyard</t>
   </si>
   <si>
-    <t>John</t>
-[...4 lines deleted...]
-  <si>
     <t>Debbie</t>
   </si>
   <si>
     <t>Stenner</t>
   </si>
   <si>
-    <t>Paul</t>
-[...5 lines deleted...]
-    <t>O'Brien</t>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Hinshelwood</t>
   </si>
   <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...1 lines deleted...]
-  <si>
     <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
-    <t>Andy</t>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Matty</t>
   </si>
   <si>
     <t>Stott</t>
   </si>
   <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Wigley</t>
+  </si>
+  <si>
+    <t>LONDON MOUNTAINEERING CLUB</t>
+  </si>
+  <si>
     <t>Donna</t>
   </si>
   <si>
     <t>Grant</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>Stadden</t>
   </si>
   <si>
     <t>Bitton Road Runners</t>
   </si>
   <si>
-    <t>Rebecca</t>
-[...17 lines deleted...]
-    <t>Hereford Triathlon Club</t>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Seán</t>
   </si>
   <si>
     <t>Natalie</t>
   </si>
   <si>
     <t>JACKSON</t>
   </si>
   <si>
-    <t>Bryony</t>
-[...5 lines deleted...]
-    <t>Davies</t>
+    <t>Palmer</t>
+  </si>
+  <si>
+    <t>Libby</t>
+  </si>
+  <si>
+    <t>Bagley</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
+  </si>
+  <si>
+    <t>Lottie</t>
+  </si>
+  <si>
+    <t>Milner</t>
+  </si>
+  <si>
+    <t>Katy</t>
   </si>
   <si>
     <t>Carl</t>
   </si>
   <si>
     <t>Brancher</t>
   </si>
   <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Molyneux</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Proctor</t>
+  </si>
+  <si>
     <t>Pamela</t>
   </si>
   <si>
     <t>Suter</t>
   </si>
   <si>
     <t>Woodward</t>
   </si>
   <si>
-    <t>Edward</t>
-[...14 lines deleted...]
-    <t>V70</t>
+    <t>Hilary</t>
+  </si>
+  <si>
+    <t>KEOGH</t>
+  </si>
+  <si>
+    <t>Mccallum</t>
+  </si>
+  <si>
+    <t>Portishead Running Club</t>
+  </si>
+  <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>MARTINS</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>MILNER</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
-    <t>Sharon</t>
-[...2 lines deleted...]
-    <t>Woods</t>
+    <t>Abi</t>
+  </si>
+  <si>
+    <t>Small</t>
+  </si>
+  <si>
+    <t>Philippa</t>
+  </si>
+  <si>
+    <t>Marriott</t>
+  </si>
+  <si>
+    <t>Barbara</t>
+  </si>
+  <si>
+    <t>MADDISON</t>
+  </si>
+  <si>
+    <t>Shary</t>
+  </si>
+  <si>
+    <t>Finch</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>Leeming</t>
   </si>
   <si>
-    <t>Beverley</t>
+    <t>Eira</t>
+  </si>
+  <si>
+    <t>McCallum</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Meghan</t>
+  </si>
+  <si>
+    <t>Brickley</t>
   </si>
   <si>
     <t>Alison</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1045,54 +1396,54 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S91"/>
+  <dimension ref="A1:U160"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
@@ -1106,5268 +1457,10143 @@
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
-    </row>
-    <row r="2" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="T1" t="s">
+        <v>19</v>
+      </c>
+      <c r="U1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D2">
         <v>1798</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L2">
         <v>135.12</v>
       </c>
       <c r="M2">
         <v>132.52</v>
       </c>
-      <c r="N2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N2">
+        <v>133.66</v>
+      </c>
+      <c r="O2">
+        <v>140.15</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R2" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="3" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>26</v>
+      </c>
+      <c r="T2" t="s">
+        <v>26</v>
+      </c>
+      <c r="U2">
+        <v>541.45</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D3">
         <v>2292</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>114.66</v>
       </c>
       <c r="M3">
         <v>118.95</v>
       </c>
-      <c r="N3" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N3">
+        <v>110.68</v>
+      </c>
+      <c r="O3">
+        <v>119.81</v>
       </c>
       <c r="P3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R3" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S3" t="s">
+        <v>26</v>
+      </c>
+      <c r="T3" t="s">
+        <v>26</v>
+      </c>
+      <c r="U3">
+        <v>464.1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4">
+        <v>1413</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
         <v>29</v>
       </c>
-      <c r="D4">
-[...7 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4">
         <v>2</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>112.82</v>
+        <v>111.65</v>
       </c>
       <c r="M4">
-        <v>116.36</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>112.55</v>
+      </c>
+      <c r="N4">
+        <v>106</v>
+      </c>
+      <c r="O4">
+        <v>115.39</v>
       </c>
       <c r="P4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R4" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="5" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S4" t="s">
+        <v>26</v>
+      </c>
+      <c r="T4" t="s">
+        <v>26</v>
+      </c>
+      <c r="U4">
+        <v>445.59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D5">
-        <v>2187</v>
+        <v>1126</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>112.27</v>
+        <v>106.14</v>
       </c>
       <c r="M5">
-        <v>114.32</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>114.84</v>
+      </c>
+      <c r="N5">
+        <v>106.43</v>
+      </c>
+      <c r="O5">
+        <v>111.78</v>
       </c>
       <c r="P5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="6" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S5" t="s">
+        <v>26</v>
+      </c>
+      <c r="T5" t="s">
+        <v>26</v>
+      </c>
+      <c r="U5">
+        <v>439.19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>1413</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>111.65</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>146.66</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6">
+        <v>142.62</v>
+      </c>
+      <c r="O6">
+        <v>146.44</v>
       </c>
       <c r="P6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R6" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S6" t="s">
+        <v>26</v>
+      </c>
+      <c r="T6" t="s">
+        <v>26</v>
+      </c>
+      <c r="U6">
+        <v>435.72</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D7">
-        <v>1126</v>
+        <v>1690</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K7">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>106.14</v>
+        <v>3</v>
+      </c>
+      <c r="L7" t="s">
+        <v>26</v>
       </c>
       <c r="M7">
-        <v>114.84</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>137</v>
+      </c>
+      <c r="N7">
+        <v>140.99</v>
+      </c>
+      <c r="O7">
+        <v>141</v>
       </c>
       <c r="P7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q7" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R7" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S7" t="s">
+        <v>26</v>
+      </c>
+      <c r="T7" t="s">
+        <v>26</v>
+      </c>
+      <c r="U7">
+        <v>418.99</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D8">
-        <v>1223</v>
+        <v>1744</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H8">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>114.82</v>
+        <v>101.15</v>
       </c>
       <c r="M8">
-        <v>102.76</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>102.42</v>
+      </c>
+      <c r="N8">
+        <v>92.99</v>
+      </c>
+      <c r="O8">
+        <v>109.48</v>
       </c>
       <c r="P8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R8" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S8" t="s">
+        <v>26</v>
+      </c>
+      <c r="T8" t="s">
+        <v>26</v>
+      </c>
+      <c r="U8">
+        <v>406.04</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9">
-        <v>2459</v>
+        <v>999</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H9">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K9">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>99.28</v>
+        <v>3</v>
+      </c>
+      <c r="L9" t="s">
+        <v>26</v>
       </c>
       <c r="M9">
-        <v>108.65</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>125.47</v>
+      </c>
+      <c r="N9">
+        <v>126.9</v>
+      </c>
+      <c r="O9">
+        <v>132.45</v>
       </c>
       <c r="P9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R9" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S9" t="s">
+        <v>26</v>
+      </c>
+      <c r="T9" t="s">
+        <v>26</v>
+      </c>
+      <c r="U9">
+        <v>384.82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
         <v>46</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10">
-        <v>1378</v>
+        <v>1580</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F10" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K10">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>104.28</v>
+        <v>3</v>
+      </c>
+      <c r="L10" t="s">
+        <v>26</v>
       </c>
       <c r="M10">
-        <v>102.37</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>121.74</v>
+      </c>
+      <c r="N10">
+        <v>122.85</v>
+      </c>
+      <c r="O10">
+        <v>130.12</v>
       </c>
       <c r="P10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R10" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S10" t="s">
+        <v>26</v>
+      </c>
+      <c r="T10" t="s">
+        <v>26</v>
+      </c>
+      <c r="U10">
+        <v>374.71</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11">
+        <v>2482</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G11" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H11">
+        <v>2</v>
+      </c>
+      <c r="I11" t="b">
+        <v>1</v>
+      </c>
+      <c r="J11" t="s">
+        <v>26</v>
+      </c>
+      <c r="K11">
         <v>3</v>
       </c>
-      <c r="I11" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L11">
-        <v>101.15</v>
+        <v>118.62</v>
       </c>
       <c r="M11">
-        <v>102.42</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>119.69</v>
+      </c>
+      <c r="N11">
+        <v>123.68</v>
       </c>
       <c r="O11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R11" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S11" t="s">
+        <v>26</v>
+      </c>
+      <c r="T11" t="s">
+        <v>26</v>
+      </c>
+      <c r="U11">
+        <v>361.99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12">
-        <v>2370</v>
+        <v>1184</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="F12" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H12">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L12">
-        <v>90.79</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>118.97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12">
+        <v>106.54</v>
+      </c>
+      <c r="O12">
+        <v>123.41</v>
       </c>
       <c r="P12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R12" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S12" t="s">
+        <v>26</v>
+      </c>
+      <c r="T12" t="s">
+        <v>26</v>
+      </c>
+      <c r="U12">
+        <v>348.92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>53</v>
+      </c>
+      <c r="D13">
+        <v>1809</v>
       </c>
       <c r="E13" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>88.89</v>
+        <v>112.82</v>
       </c>
       <c r="M13">
-        <v>93.32</v>
+        <v>116.36</v>
       </c>
       <c r="N13" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O13">
+        <v>116.81</v>
       </c>
       <c r="P13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q13" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R13" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S13" t="s">
+        <v>26</v>
+      </c>
+      <c r="T13" t="s">
+        <v>26</v>
+      </c>
+      <c r="U13">
+        <v>345.99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D14">
-        <v>1370</v>
+        <v>1666</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G14" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H14">
+        <v>4</v>
+      </c>
+      <c r="I14" t="b">
+        <v>1</v>
+      </c>
+      <c r="J14" t="s">
+        <v>26</v>
+      </c>
+      <c r="K14">
         <v>3</v>
       </c>
-      <c r="I14" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L14">
-        <v>90.23</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>112.74</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14">
+        <v>101.48</v>
+      </c>
+      <c r="O14">
+        <v>116.86</v>
       </c>
       <c r="P14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R14" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S14" t="s">
+        <v>26</v>
+      </c>
+      <c r="T14" t="s">
+        <v>26</v>
+      </c>
+      <c r="U14">
+        <v>331.08</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15">
+        <v>1513</v>
+      </c>
+      <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" t="s">
         <v>60</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K15">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>3</v>
+      </c>
+      <c r="L15" t="s">
+        <v>26</v>
       </c>
       <c r="M15">
-        <v>89.14</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>109.71</v>
+      </c>
+      <c r="N15">
+        <v>106.11</v>
+      </c>
+      <c r="O15">
+        <v>114.69</v>
       </c>
       <c r="P15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q15" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R15" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S15" t="s">
+        <v>26</v>
+      </c>
+      <c r="T15" t="s">
+        <v>26</v>
+      </c>
+      <c r="U15">
+        <v>330.51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16">
+        <v>1169</v>
+      </c>
+      <c r="E16" t="s">
         <v>62</v>
       </c>
-      <c r="C16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F16" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G16" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L16">
-        <v>87.49</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>104.55</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16">
+        <v>112.88</v>
+      </c>
+      <c r="O16">
+        <v>110.8</v>
       </c>
       <c r="P16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q16" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R16" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S16" t="s">
+        <v>26</v>
+      </c>
+      <c r="T16" t="s">
+        <v>26</v>
+      </c>
+      <c r="U16">
+        <v>328.23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D17">
-        <v>734</v>
+        <v>2459</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G17" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L17">
-        <v>81.81</v>
+        <v>99.28</v>
       </c>
       <c r="M17">
-        <v>77.97</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>108.65</v>
+      </c>
+      <c r="N17">
+        <v>106.22</v>
       </c>
       <c r="O17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q17" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R17" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S17" t="s">
+        <v>26</v>
+      </c>
+      <c r="T17" t="s">
+        <v>26</v>
+      </c>
+      <c r="U17">
+        <v>314.15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D18">
-        <v>202</v>
+        <v>1378</v>
       </c>
       <c r="E18" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F18" t="s">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="G18" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>73.33</v>
+        <v>104.28</v>
       </c>
       <c r="M18">
-        <v>76.2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>102.37</v>
+      </c>
+      <c r="N18">
+        <v>93.97</v>
       </c>
       <c r="O18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q18" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R18" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S18" t="s">
+        <v>26</v>
+      </c>
+      <c r="T18" t="s">
+        <v>26</v>
+      </c>
+      <c r="U18">
+        <v>300.62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C19" t="s">
-        <v>70</v>
+        <v>67</v>
+      </c>
+      <c r="D19">
+        <v>267</v>
       </c>
       <c r="E19" t="s">
-        <v>71</v>
+        <v>23</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G19" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L19">
-        <v>146.66</v>
+        <v>101.46</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N19">
+        <v>94.29</v>
+      </c>
+      <c r="O19">
+        <v>102.64</v>
       </c>
       <c r="P19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q19" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R19" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S19" t="s">
+        <v>26</v>
+      </c>
+      <c r="T19" t="s">
+        <v>26</v>
+      </c>
+      <c r="U19">
+        <v>298.39</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="C20" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D20">
-        <v>1783</v>
+        <v>2146</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="F20" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K20">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>145.6</v>
+        <v>2</v>
+      </c>
+      <c r="L20" t="s">
+        <v>26</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N20">
+        <v>128.77</v>
+      </c>
+      <c r="O20">
+        <v>140.02</v>
       </c>
       <c r="P20" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q20" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R20" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S20" t="s">
+        <v>26</v>
+      </c>
+      <c r="T20" t="s">
+        <v>26</v>
+      </c>
+      <c r="U20">
+        <v>268.79</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C21" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="D21">
-        <v>2066</v>
+        <v>2370</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
+        <v>49</v>
       </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="G21" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H21">
         <v>2</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K21">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>138.12</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>90.79</v>
+      </c>
+      <c r="M21">
+        <v>91.84</v>
       </c>
       <c r="N21" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O21">
+        <v>85.79</v>
       </c>
       <c r="P21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R21" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S21" t="s">
+        <v>26</v>
+      </c>
+      <c r="T21" t="s">
+        <v>26</v>
+      </c>
+      <c r="U21">
+        <v>268.42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="D22">
-        <v>1690</v>
+        <v>1506</v>
       </c>
       <c r="E22" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H22">
+        <v>1</v>
+      </c>
+      <c r="I22" t="b">
+        <v>1</v>
+      </c>
+      <c r="J22" t="s">
+        <v>26</v>
+      </c>
+      <c r="K22">
         <v>3</v>
       </c>
-      <c r="I22" t="b">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="L22">
+        <v>85</v>
       </c>
       <c r="M22">
-        <v>137</v>
+        <v>89.14</v>
       </c>
       <c r="N22" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O22">
+        <v>91.29</v>
       </c>
       <c r="P22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q22" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R22" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S22" t="s">
+        <v>26</v>
+      </c>
+      <c r="T22" t="s">
+        <v>26</v>
+      </c>
+      <c r="U22">
+        <v>265.43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="C23" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D23">
         <v>2077</v>
       </c>
       <c r="E23" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H23">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L23">
         <v>126.23</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N23">
+        <v>131.65</v>
       </c>
       <c r="O23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q23" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R23" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S23" t="s">
+        <v>26</v>
+      </c>
+      <c r="T23" t="s">
+        <v>26</v>
+      </c>
+      <c r="U23">
+        <v>257.88</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="C24" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D24">
-        <v>999</v>
+        <v>1370</v>
       </c>
       <c r="E24" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H24">
         <v>5</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K24">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>90.23</v>
       </c>
       <c r="M24">
-        <v>125.47</v>
+        <v>84.83</v>
       </c>
       <c r="N24" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O24">
+        <v>82.13</v>
       </c>
       <c r="P24" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q24" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R24" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S24" t="s">
+        <v>26</v>
+      </c>
+      <c r="T24" t="s">
+        <v>26</v>
+      </c>
+      <c r="U24">
+        <v>257.19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>80</v>
+      </c>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25">
+        <v>250</v>
+      </c>
+      <c r="E25" t="s">
+        <v>82</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>60</v>
+      </c>
+      <c r="H25">
+        <v>2</v>
+      </c>
+      <c r="I25" t="b">
+        <v>1</v>
+      </c>
+      <c r="J25" t="s">
+        <v>26</v>
+      </c>
+      <c r="K25">
+        <v>3</v>
+      </c>
+      <c r="L25">
+        <v>87.49</v>
+      </c>
+      <c r="M25">
+        <v>83.69</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25">
+        <v>85.89</v>
+      </c>
+      <c r="P25" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>26</v>
+      </c>
+      <c r="R25" t="s">
+        <v>26</v>
+      </c>
+      <c r="S25" t="s">
+        <v>26</v>
+      </c>
+      <c r="T25" t="s">
+        <v>26</v>
+      </c>
+      <c r="U25">
+        <v>257.07</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" t="s">
         <v>83</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D26">
+        <v>1216</v>
+      </c>
+      <c r="E26" t="s">
+        <v>59</v>
+      </c>
+      <c r="F26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G26" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26">
+        <v>5</v>
+      </c>
+      <c r="I26" t="b">
+        <v>1</v>
+      </c>
+      <c r="J26" t="s">
+        <v>26</v>
+      </c>
+      <c r="K26">
+        <v>2</v>
+      </c>
+      <c r="L26">
+        <v>120.39</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26">
+        <v>128.8</v>
+      </c>
+      <c r="P26" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>26</v>
+      </c>
+      <c r="R26" t="s">
+        <v>26</v>
+      </c>
+      <c r="S26" t="s">
+        <v>26</v>
+      </c>
+      <c r="T26" t="s">
+        <v>26</v>
+      </c>
+      <c r="U26">
+        <v>249.19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27" t="s">
         <v>84</v>
       </c>
-      <c r="D25">
-[...8 lines deleted...]
-      <c r="G25" t="s">
+      <c r="C27" t="s">
+        <v>85</v>
+      </c>
+      <c r="D27">
+        <v>1753</v>
+      </c>
+      <c r="E27" t="s">
         <v>23</v>
       </c>
-      <c r="H25">
-[...5 lines deleted...]
-      <c r="J25" t="s">
+      <c r="F27" t="s">
         <v>24</v>
       </c>
-      <c r="K25">
-[...104 lines deleted...]
-      </c>
       <c r="G27" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H27">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K27">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>121.39</v>
+        <v>2</v>
+      </c>
+      <c r="L27" t="s">
+        <v>26</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N27">
+        <v>122.77</v>
+      </c>
+      <c r="O27">
+        <v>125.45</v>
       </c>
       <c r="P27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R27" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S27" t="s">
+        <v>26</v>
+      </c>
+      <c r="T27" t="s">
+        <v>26</v>
+      </c>
+      <c r="U27">
+        <v>248.22</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="C28" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>1216</v>
+        <v>87</v>
       </c>
       <c r="E28" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H28">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K28">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L28" t="s">
+        <v>26</v>
+      </c>
+      <c r="M28">
+        <v>120.19</v>
+      </c>
+      <c r="N28">
+        <v>123.21</v>
       </c>
       <c r="O28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q28" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R28" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S28" t="s">
+        <v>26</v>
+      </c>
+      <c r="T28" t="s">
+        <v>26</v>
+      </c>
+      <c r="U28">
+        <v>243.4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C29" t="s">
-        <v>92</v>
+        <v>89</v>
+      </c>
+      <c r="D29">
+        <v>734</v>
       </c>
       <c r="E29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F29" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G29" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H29">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K29">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L29">
+        <v>81.81</v>
       </c>
       <c r="M29">
-        <v>120.19</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>77.97</v>
+      </c>
+      <c r="N29">
+        <v>82.53</v>
       </c>
       <c r="O29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q29" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R29" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S29" t="s">
+        <v>26</v>
+      </c>
+      <c r="T29" t="s">
+        <v>26</v>
+      </c>
+      <c r="U29">
+        <v>242.31</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C30" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D30">
-        <v>2482</v>
+        <v>1093</v>
       </c>
       <c r="E30" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="F30" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G30" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H30">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K30">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>119.69</v>
+        <v>2</v>
+      </c>
+      <c r="L30">
+        <v>116.48</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
       </c>
       <c r="N30" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O30">
+        <v>124.32</v>
       </c>
       <c r="P30" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q30" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R30" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S30" t="s">
+        <v>26</v>
+      </c>
+      <c r="T30" t="s">
+        <v>26</v>
+      </c>
+      <c r="U30">
+        <v>240.8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>93</v>
+      </c>
+      <c r="D31">
+        <v>964</v>
       </c>
       <c r="E31" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F31" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G31" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L31">
-        <v>119.5</v>
+        <v>113.77</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N31" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O31">
+        <v>119.9</v>
       </c>
       <c r="P31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q31" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R31" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S31" t="s">
+        <v>26</v>
+      </c>
+      <c r="T31" t="s">
+        <v>26</v>
+      </c>
+      <c r="U31">
+        <v>233.67</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D32">
-        <v>1184</v>
+        <v>2187</v>
       </c>
       <c r="E32" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="F32" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G32" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H32">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K32">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L32">
-        <v>118.97</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>112.27</v>
+      </c>
+      <c r="M32">
+        <v>114.32</v>
       </c>
       <c r="N32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q32" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R32" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S32" t="s">
+        <v>26</v>
+      </c>
+      <c r="T32" t="s">
+        <v>26</v>
+      </c>
+      <c r="U32">
+        <v>226.59</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C33" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>2105</v>
+        <v>99</v>
       </c>
       <c r="E33" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F33" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H33">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M33">
-        <v>118.95</v>
+        <v>110.43</v>
       </c>
       <c r="N33" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O33">
+        <v>114.61</v>
       </c>
       <c r="P33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q33" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R33" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S33" t="s">
+        <v>26</v>
+      </c>
+      <c r="T33" t="s">
+        <v>26</v>
+      </c>
+      <c r="U33">
+        <v>225.04</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s">
+        <v>101</v>
+      </c>
+      <c r="D34">
+        <v>1574</v>
+      </c>
+      <c r="E34" t="s">
         <v>102</v>
       </c>
-      <c r="E34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G34" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H34">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L34">
-        <v>118.62</v>
+        <v>111.41</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N34" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O34">
+        <v>110.28</v>
       </c>
       <c r="P34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q34" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R34" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S34" t="s">
+        <v>26</v>
+      </c>
+      <c r="T34" t="s">
+        <v>26</v>
+      </c>
+      <c r="U34">
+        <v>221.69</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>103</v>
       </c>
       <c r="C35" t="s">
+        <v>74</v>
+      </c>
+      <c r="D35">
+        <v>202</v>
+      </c>
+      <c r="E35" t="s">
+        <v>75</v>
+      </c>
+      <c r="F35" t="s">
         <v>104</v>
       </c>
-      <c r="D35">
-[...7 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H35">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K35">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L35">
-        <v>116.48</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>73.33</v>
+      </c>
+      <c r="M35">
+        <v>76.2</v>
       </c>
       <c r="N35" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O35">
+        <v>70.99</v>
       </c>
       <c r="P35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R35" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S35" t="s">
+        <v>26</v>
+      </c>
+      <c r="T35" t="s">
+        <v>26</v>
+      </c>
+      <c r="U35">
+        <v>220.52</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>78</v>
+      </c>
+      <c r="C36" t="s">
         <v>105</v>
       </c>
-      <c r="C36" t="s">
-        <v>106</v>
+      <c r="D36">
+        <v>2320</v>
       </c>
       <c r="E36" t="s">
+        <v>23</v>
+      </c>
+      <c r="F36" t="s">
         <v>24</v>
       </c>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H36">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M36">
-        <v>116.09</v>
+        <v>104.62</v>
       </c>
       <c r="N36" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O36">
+        <v>114.74</v>
       </c>
       <c r="P36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q36" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R36" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S36" t="s">
+        <v>26</v>
+      </c>
+      <c r="T36" t="s">
+        <v>26</v>
+      </c>
+      <c r="U36">
+        <v>219.36</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" t="s">
         <v>107</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37">
+        <v>1223</v>
+      </c>
+      <c r="E37" t="s">
         <v>108</v>
       </c>
-      <c r="E37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G37" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H37">
         <v>7</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K37">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L37">
+        <v>114.82</v>
       </c>
       <c r="M37">
-        <v>115.86</v>
+        <v>102.76</v>
       </c>
       <c r="N37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q37" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R37" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S37" t="s">
+        <v>26</v>
+      </c>
+      <c r="T37" t="s">
+        <v>26</v>
+      </c>
+      <c r="U37">
+        <v>217.58</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>59</v>
+        <v>110</v>
       </c>
       <c r="D38">
-        <v>1713</v>
+        <v>1003</v>
       </c>
       <c r="E38" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="F38" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G38" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H38">
         <v>8</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M38">
-        <v>114.19</v>
+        <v>109.77</v>
       </c>
       <c r="N38" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O38">
+        <v>107.74</v>
       </c>
       <c r="P38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q38" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R38" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S38" t="s">
+        <v>26</v>
+      </c>
+      <c r="T38" t="s">
+        <v>26</v>
+      </c>
+      <c r="U38">
+        <v>217.51</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>111</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
       <c r="E39" t="s">
         <v>113</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G39" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H39">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L39">
-        <v>114.17</v>
+        <v>104.96</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N39" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O39">
+        <v>111.74</v>
       </c>
       <c r="P39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q39" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R39" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S39" t="s">
+        <v>26</v>
+      </c>
+      <c r="T39" t="s">
+        <v>26</v>
+      </c>
+      <c r="U39">
+        <v>216.7</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>115</v>
       </c>
       <c r="D40">
-        <v>964</v>
+        <v>2308</v>
       </c>
       <c r="E40" t="s">
         <v>116</v>
       </c>
       <c r="F40" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G40" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H40">
         <v>8</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K40">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L40" t="s">
+        <v>26</v>
+      </c>
+      <c r="M40">
+        <v>110.37</v>
       </c>
       <c r="N40" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O40">
+        <v>104.48</v>
       </c>
       <c r="P40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q40" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R40" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S40" t="s">
+        <v>26</v>
+      </c>
+      <c r="T40" t="s">
+        <v>26</v>
+      </c>
+      <c r="U40">
+        <v>214.85</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>117</v>
       </c>
       <c r="C41" t="s">
         <v>118</v>
       </c>
+      <c r="D41">
+        <v>1827</v>
+      </c>
       <c r="E41" t="s">
-        <v>41</v>
+        <v>119</v>
       </c>
       <c r="F41" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G41" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H41">
         <v>9</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K41">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>113.71</v>
+        <v>2</v>
+      </c>
+      <c r="L41">
+        <v>109.6</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
       </c>
       <c r="N41" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O41">
+        <v>100.67</v>
       </c>
       <c r="P41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q41" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R41" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S41" t="s">
+        <v>26</v>
+      </c>
+      <c r="T41" t="s">
+        <v>26</v>
+      </c>
+      <c r="U41">
+        <v>210.27</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>46</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="D42">
-        <v>1666</v>
+        <v>1011</v>
       </c>
       <c r="E42" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="F42" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G42" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H42">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K42">
-        <v>1</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L42" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42">
+        <v>67.84</v>
+      </c>
+      <c r="N42">
+        <v>62.41</v>
+      </c>
+      <c r="O42">
+        <v>79.44</v>
       </c>
       <c r="P42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q42" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R42" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S42" t="s">
+        <v>26</v>
+      </c>
+      <c r="T42" t="s">
+        <v>26</v>
+      </c>
+      <c r="U42">
+        <v>209.69</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E43" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="F43" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H43">
         <v>3</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M43">
-        <v>112.73</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>102.45</v>
+      </c>
+      <c r="N43">
+        <v>92.5</v>
       </c>
       <c r="O43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q43" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R43" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S43" t="s">
+        <v>26</v>
+      </c>
+      <c r="T43" t="s">
+        <v>26</v>
+      </c>
+      <c r="U43">
+        <v>194.95</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
+      </c>
+      <c r="D44">
+        <v>2210</v>
       </c>
       <c r="E44" t="s">
+        <v>70</v>
+      </c>
+      <c r="F44" t="s">
         <v>24</v>
       </c>
-      <c r="F44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H44">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K44">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>112.7</v>
+        <v>2</v>
+      </c>
+      <c r="L44">
+        <v>97.48</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O44">
+        <v>97.41</v>
       </c>
       <c r="P44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q44" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R44" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S44" t="s">
+        <v>26</v>
+      </c>
+      <c r="T44" t="s">
+        <v>26</v>
+      </c>
+      <c r="U44">
+        <v>194.89</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D45">
-        <v>2449</v>
+        <v>705</v>
       </c>
       <c r="E45" t="s">
-        <v>122</v>
+        <v>59</v>
       </c>
       <c r="F45" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G45" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H45">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M45">
-        <v>112.61</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>96.29</v>
+      </c>
+      <c r="N45">
+        <v>96.22</v>
       </c>
       <c r="O45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q45" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R45" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S45" t="s">
+        <v>26</v>
+      </c>
+      <c r="T45" t="s">
+        <v>26</v>
+      </c>
+      <c r="U45">
+        <v>192.51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D46">
-        <v>1574</v>
+        <v>1012</v>
       </c>
       <c r="E46" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="F46" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G46" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H46">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>1</v>
       </c>
       <c r="J46" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K46">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L46" t="s">
+        <v>26</v>
+      </c>
+      <c r="M46">
+        <v>94.04</v>
       </c>
       <c r="N46" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O46">
+        <v>97.78</v>
       </c>
       <c r="P46" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q46" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R46" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S46" t="s">
+        <v>26</v>
+      </c>
+      <c r="T46" t="s">
+        <v>26</v>
+      </c>
+      <c r="U46">
+        <v>191.82</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="C47" t="s">
         <v>129</v>
       </c>
+      <c r="D47">
+        <v>1821</v>
+      </c>
       <c r="E47" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G47" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H47">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K47">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>110.43</v>
+        <v>2</v>
+      </c>
+      <c r="L47">
+        <v>93.69</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
       </c>
       <c r="N47" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O47">
+        <v>94.55</v>
       </c>
       <c r="P47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q47" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R47" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S47" t="s">
+        <v>26</v>
+      </c>
+      <c r="T47" t="s">
+        <v>26</v>
+      </c>
+      <c r="U47">
+        <v>188.24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>130</v>
       </c>
       <c r="C48" t="s">
         <v>131</v>
       </c>
       <c r="D48">
-        <v>2308</v>
+        <v>1426</v>
       </c>
       <c r="E48" t="s">
         <v>132</v>
       </c>
       <c r="F48" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G48" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H48">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K48">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>110.37</v>
+        <v>2</v>
+      </c>
+      <c r="L48">
+        <v>88.3</v>
+      </c>
+      <c r="M48" t="s">
+        <v>26</v>
       </c>
       <c r="N48" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O48">
+        <v>95.03</v>
       </c>
       <c r="P48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q48" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R48" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S48" t="s">
+        <v>26</v>
+      </c>
+      <c r="T48" t="s">
+        <v>26</v>
+      </c>
+      <c r="U48">
+        <v>183.33</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>98</v>
+        <v>133</v>
       </c>
       <c r="C49" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>2457</v>
+        <v>134</v>
       </c>
       <c r="E49" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G49" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H49">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L49">
-        <v>110.12</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>88.89</v>
+      </c>
+      <c r="M49">
+        <v>93.32</v>
       </c>
       <c r="N49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q49" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R49" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S49" t="s">
+        <v>26</v>
+      </c>
+      <c r="T49" t="s">
+        <v>26</v>
+      </c>
+      <c r="U49">
+        <v>182.21</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>136</v>
       </c>
       <c r="E50" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F50" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G50" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H50">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I50" t="b">
         <v>1</v>
       </c>
       <c r="J50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M50">
-        <v>109.77</v>
+        <v>87.46</v>
       </c>
       <c r="N50" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O50">
+        <v>87.78</v>
       </c>
       <c r="P50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q50" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R50" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S50" t="s">
+        <v>26</v>
+      </c>
+      <c r="T50" t="s">
+        <v>26</v>
+      </c>
+      <c r="U50">
+        <v>175.24</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C51" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>1513</v>
+        <v>138</v>
       </c>
       <c r="E51" t="s">
-        <v>48</v>
+        <v>139</v>
       </c>
       <c r="F51" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G51" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H51">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I51" t="b">
         <v>1</v>
       </c>
       <c r="J51" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K51">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>109.71</v>
+        <v>2</v>
+      </c>
+      <c r="L51">
+        <v>87.44</v>
+      </c>
+      <c r="M51" t="s">
+        <v>26</v>
       </c>
       <c r="N51" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O51">
+        <v>86.53</v>
       </c>
       <c r="P51" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q51" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R51" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S51" t="s">
+        <v>26</v>
+      </c>
+      <c r="T51" t="s">
+        <v>26</v>
+      </c>
+      <c r="U51">
+        <v>173.97</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C52" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D52">
-        <v>1827</v>
+        <v>2364</v>
       </c>
       <c r="E52" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F52" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G52" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H52">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K52">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L52" t="s">
+        <v>26</v>
+      </c>
+      <c r="M52">
+        <v>80.69</v>
       </c>
       <c r="N52" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O52">
+        <v>86.16</v>
       </c>
       <c r="P52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q52" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R52" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S52" t="s">
+        <v>26</v>
+      </c>
+      <c r="T52" t="s">
+        <v>26</v>
+      </c>
+      <c r="U52">
+        <v>166.85</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C53" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E53" t="s">
-        <v>143</v>
+        <v>23</v>
       </c>
       <c r="F53" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G53" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H53">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I53" t="b">
         <v>1</v>
       </c>
       <c r="J53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K53">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L53">
-        <v>108.64</v>
+        <v>82.39</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N53" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O53">
+        <v>83.64</v>
       </c>
       <c r="P53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q53" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R53" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S53" t="s">
+        <v>26</v>
+      </c>
+      <c r="T53" t="s">
+        <v>26</v>
+      </c>
+      <c r="U53">
+        <v>166.03</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C54" t="s">
-        <v>145</v>
+        <v>95</v>
+      </c>
+      <c r="D54">
+        <v>1662</v>
       </c>
       <c r="E54" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G54" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H54">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K54">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M54">
-        <v>108.19</v>
+        <v>84.54</v>
       </c>
       <c r="N54" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O54">
+        <v>75.91</v>
       </c>
       <c r="P54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q54" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R54" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S54" t="s">
+        <v>26</v>
+      </c>
+      <c r="T54" t="s">
+        <v>26</v>
+      </c>
+      <c r="U54">
+        <v>160.45</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C55" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="E55" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F55" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G55" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H55">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K55">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L55">
-        <v>108.06</v>
+        <v>72.74</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N55" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O55">
+        <v>80.65</v>
       </c>
       <c r="P55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q55" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R55" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S55" t="s">
+        <v>26</v>
+      </c>
+      <c r="T55" t="s">
+        <v>26</v>
+      </c>
+      <c r="U55">
+        <v>153.39</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>147</v>
+        <v>30</v>
       </c>
       <c r="C56" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E56" t="s">
+        <v>150</v>
+      </c>
+      <c r="F56" t="s">
         <v>24</v>
       </c>
-      <c r="F56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H56">
         <v>13</v>
       </c>
       <c r="I56" t="b">
         <v>1</v>
       </c>
       <c r="J56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>106.29</v>
+        <v>26</v>
+      </c>
+      <c r="M56" t="s">
+        <v>26</v>
       </c>
       <c r="N56" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O56">
+        <v>151.48</v>
       </c>
       <c r="P56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q56" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R56" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S56" t="s">
+        <v>26</v>
+      </c>
+      <c r="T56" t="s">
+        <v>26</v>
+      </c>
+      <c r="U56">
+        <v>151.48</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C57" t="s">
-        <v>150</v>
+        <v>152</v>
+      </c>
+      <c r="D57">
+        <v>2130</v>
       </c>
       <c r="E57" t="s">
-        <v>151</v>
+        <v>26</v>
       </c>
       <c r="F57" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G57" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H57">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K57">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>104.96</v>
+        <v>2</v>
+      </c>
+      <c r="L57" t="s">
+        <v>26</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N57">
+        <v>73.14</v>
+      </c>
+      <c r="O57">
+        <v>77.52</v>
       </c>
       <c r="P57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q57" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R57" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S57" t="s">
+        <v>26</v>
+      </c>
+      <c r="T57" t="s">
+        <v>26</v>
+      </c>
+      <c r="U57">
+        <v>150.66</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>58</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D58">
-        <v>2320</v>
+        <v>1299</v>
       </c>
       <c r="E58" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="F58" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
       <c r="G58" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H58">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I58" t="b">
         <v>1</v>
       </c>
       <c r="J58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K58">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>104.62</v>
+        <v>2</v>
+      </c>
+      <c r="L58">
+        <v>78.01</v>
+      </c>
+      <c r="M58" t="s">
+        <v>26</v>
       </c>
       <c r="N58" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O58">
+        <v>70.96</v>
       </c>
       <c r="P58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q58" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R58" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S58" t="s">
+        <v>26</v>
+      </c>
+      <c r="T58" t="s">
+        <v>26</v>
+      </c>
+      <c r="U58">
+        <v>148.97</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>98</v>
+        <v>157</v>
       </c>
       <c r="C59" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D59">
-        <v>1169</v>
+        <v>1783</v>
       </c>
       <c r="E59" t="s">
-        <v>154</v>
+        <v>59</v>
       </c>
       <c r="F59" t="s">
-        <v>38</v>
+        <v>159</v>
       </c>
       <c r="G59" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H59">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
-        <v>104.55</v>
+        <v>145.6</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q59" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R59" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S59" t="s">
+        <v>26</v>
+      </c>
+      <c r="T59" t="s">
+        <v>26</v>
+      </c>
+      <c r="U59">
+        <v>145.6</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C60" t="s">
-        <v>156</v>
+        <v>161</v>
+      </c>
+      <c r="D60">
+        <v>2066</v>
       </c>
       <c r="E60" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F60" t="s">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="G60" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H60">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
-      <c r="L60" t="s">
-[...3 lines deleted...]
-        <v>102.73</v>
+      <c r="L60">
+        <v>138.12</v>
+      </c>
+      <c r="M60" t="s">
+        <v>26</v>
       </c>
       <c r="N60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q60" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R60" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S60" t="s">
+        <v>26</v>
+      </c>
+      <c r="T60" t="s">
+        <v>26</v>
+      </c>
+      <c r="U60">
+        <v>138.12</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="C61" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="E61" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="F61" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G61" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H61">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>102.45</v>
+        <v>26</v>
+      </c>
+      <c r="M61" t="s">
+        <v>26</v>
       </c>
       <c r="N61" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O61">
+        <v>133.62</v>
       </c>
       <c r="P61" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q61" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R61" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S61" t="s">
+        <v>26</v>
+      </c>
+      <c r="T61" t="s">
+        <v>26</v>
+      </c>
+      <c r="U61">
+        <v>133.62</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>33</v>
+        <v>165</v>
       </c>
       <c r="C62" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E62" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="F62" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G62" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H62">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
-      <c r="L62">
-        <v>102.04</v>
+      <c r="L62" t="s">
+        <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N62" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O62">
+        <v>130.91</v>
       </c>
       <c r="P62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q62" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R62" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S62" t="s">
+        <v>26</v>
+      </c>
+      <c r="T62" t="s">
+        <v>26</v>
+      </c>
+      <c r="U62">
+        <v>130.91</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="C63" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D63">
-        <v>267</v>
+        <v>417</v>
       </c>
       <c r="E63" t="s">
-        <v>21</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G63" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H63">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I63" t="b">
         <v>1</v>
       </c>
       <c r="J63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
-      <c r="L63">
-        <v>101.46</v>
+      <c r="L63" t="s">
+        <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N63" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O63">
+        <v>127.99</v>
       </c>
       <c r="P63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q63" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R63" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S63" t="s">
+        <v>26</v>
+      </c>
+      <c r="T63" t="s">
+        <v>26</v>
+      </c>
+      <c r="U63">
+        <v>127.99</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="C64" t="s">
-        <v>163</v>
+        <v>168</v>
+      </c>
+      <c r="D64">
+        <v>2217</v>
       </c>
       <c r="E64" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="F64" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G64" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H64">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
-      <c r="L64">
-        <v>100.83</v>
+      <c r="L64" t="s">
+        <v>26</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="N64">
+        <v>126.52</v>
       </c>
       <c r="O64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q64" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R64" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S64" t="s">
+        <v>26</v>
+      </c>
+      <c r="T64" t="s">
+        <v>26</v>
+      </c>
+      <c r="U64">
+        <v>126.52</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>165</v>
+        <v>61</v>
       </c>
       <c r="C65" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>2210</v>
+        <v>169</v>
       </c>
       <c r="E65" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="F65" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G65" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H65">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I65" t="b">
         <v>1</v>
       </c>
       <c r="J65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
-      <c r="L65">
-        <v>97.48</v>
+      <c r="L65" t="s">
+        <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N65" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O65">
+        <v>126.23</v>
       </c>
       <c r="P65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q65" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R65" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S65" t="s">
+        <v>26</v>
+      </c>
+      <c r="T65" t="s">
+        <v>26</v>
+      </c>
+      <c r="U65">
+        <v>126.23</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>171</v>
       </c>
       <c r="E66" t="s">
+        <v>172</v>
+      </c>
+      <c r="F66" t="s">
         <v>24</v>
       </c>
-      <c r="F66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G66" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H66">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>96.52</v>
+        <v>26</v>
+      </c>
+      <c r="M66" t="s">
+        <v>26</v>
       </c>
       <c r="N66" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O66">
+        <v>125.97</v>
       </c>
       <c r="P66" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q66" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R66" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S66" t="s">
+        <v>26</v>
+      </c>
+      <c r="T66" t="s">
+        <v>26</v>
+      </c>
+      <c r="U66">
+        <v>125.97</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C67" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D67">
-        <v>705</v>
+        <v>1779</v>
       </c>
       <c r="E67" t="s">
-        <v>48</v>
+        <v>175</v>
       </c>
       <c r="F67" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G67" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="H67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I67" t="b">
         <v>1</v>
       </c>
       <c r="J67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="M67" t="s">
+        <v>26</v>
+      </c>
+      <c r="N67">
+        <v>125.27</v>
       </c>
       <c r="O67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q67" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R67" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S67" t="s">
+        <v>26</v>
+      </c>
+      <c r="T67" t="s">
+        <v>26</v>
+      </c>
+      <c r="U67">
+        <v>125.27</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>170</v>
+        <v>61</v>
       </c>
       <c r="C68" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>136</v>
       </c>
       <c r="E68" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="F68" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G68" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H68">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="I68" t="b">
         <v>1</v>
       </c>
       <c r="J68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
-      <c r="L68">
-        <v>94.9</v>
+      <c r="L68" t="s">
+        <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N68" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O68">
+        <v>124.17</v>
       </c>
       <c r="P68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q68" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R68" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S68" t="s">
+        <v>26</v>
+      </c>
+      <c r="T68" t="s">
+        <v>26</v>
+      </c>
+      <c r="U68">
+        <v>124.17</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>1012</v>
+        <v>178</v>
       </c>
       <c r="E69" t="s">
-        <v>21</v>
+        <v>179</v>
       </c>
       <c r="F69" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G69" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H69">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I69" t="b">
         <v>1</v>
       </c>
       <c r="J69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>94.04</v>
+        <v>26</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
       </c>
       <c r="N69" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O69">
+        <v>124.12</v>
       </c>
       <c r="P69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q69" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R69" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S69" t="s">
+        <v>26</v>
+      </c>
+      <c r="T69" t="s">
+        <v>26</v>
+      </c>
+      <c r="U69">
+        <v>124.12</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>35</v>
+        <v>180</v>
       </c>
       <c r="C70" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>1821</v>
+        <v>181</v>
       </c>
       <c r="E70" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="F70" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H70">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I70" t="b">
         <v>1</v>
       </c>
       <c r="J70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
-      <c r="L70">
-        <v>93.69</v>
+      <c r="L70" t="s">
+        <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N70" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O70">
+        <v>123.81</v>
       </c>
       <c r="P70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q70" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R70" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S70" t="s">
+        <v>26</v>
+      </c>
+      <c r="T70" t="s">
+        <v>26</v>
+      </c>
+      <c r="U70">
+        <v>123.81</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="C71" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="E71" t="s">
-        <v>113</v>
+        <v>26</v>
       </c>
       <c r="F71" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G71" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H71">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I71" t="b">
         <v>1</v>
       </c>
       <c r="J71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
-      <c r="L71">
-        <v>93.47</v>
+      <c r="L71" t="s">
+        <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N71" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O71">
+        <v>123.16</v>
       </c>
       <c r="P71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q71" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R71" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S71" t="s">
+        <v>26</v>
+      </c>
+      <c r="T71" t="s">
+        <v>26</v>
+      </c>
+      <c r="U71">
+        <v>123.16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="C72" t="s">
-        <v>178</v>
+        <v>154</v>
       </c>
       <c r="D72">
-        <v>1900</v>
+        <v>1721</v>
       </c>
       <c r="E72" t="s">
-        <v>179</v>
+        <v>59</v>
       </c>
       <c r="F72" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G72" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H72">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="I72" t="b">
         <v>1</v>
       </c>
       <c r="J72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
-      <c r="L72" t="s">
-[...3 lines deleted...]
-        <v>93.39</v>
+      <c r="L72">
+        <v>121.94</v>
+      </c>
+      <c r="M72" t="s">
+        <v>26</v>
       </c>
       <c r="N72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q72" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R72" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S72" t="s">
+        <v>26</v>
+      </c>
+      <c r="T72" t="s">
+        <v>26</v>
+      </c>
+      <c r="U72">
+        <v>121.94</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C73" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D73">
-        <v>768</v>
+        <v>2373</v>
       </c>
       <c r="E73" t="s">
-        <v>48</v>
+        <v>186</v>
       </c>
       <c r="F73" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G73" t="s">
+        <v>25</v>
+      </c>
+      <c r="H73">
         <v>23</v>
       </c>
-      <c r="H73">
-[...1 lines deleted...]
-      </c>
       <c r="I73" t="b">
         <v>1</v>
       </c>
       <c r="J73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
-        <v>91.35</v>
+        <v>121.39</v>
       </c>
       <c r="M73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q73" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R73" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S73" t="s">
+        <v>26</v>
+      </c>
+      <c r="T73" t="s">
+        <v>26</v>
+      </c>
+      <c r="U73">
+        <v>121.39</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C74" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>1700</v>
+        <v>188</v>
       </c>
       <c r="E74" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="F74" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G74" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H74">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="I74" t="b">
         <v>1</v>
       </c>
       <c r="J74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
-      <c r="L74" t="s">
-[...3 lines deleted...]
-        <v>90.65</v>
+      <c r="L74">
+        <v>119.5</v>
+      </c>
+      <c r="M74" t="s">
+        <v>26</v>
       </c>
       <c r="N74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q74" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R74" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S74" t="s">
+        <v>26</v>
+      </c>
+      <c r="T74" t="s">
+        <v>26</v>
+      </c>
+      <c r="U74">
+        <v>119.5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>184</v>
+        <v>30</v>
       </c>
       <c r="C75" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>1171</v>
+        <v>190</v>
       </c>
       <c r="E75" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
       <c r="F75" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G75" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H75">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="I75" t="b">
         <v>1</v>
       </c>
       <c r="J75" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>89.65</v>
+        <v>26</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
       </c>
       <c r="N75" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O75">
+        <v>119.06</v>
       </c>
       <c r="P75" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q75" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R75" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S75" t="s">
+        <v>26</v>
+      </c>
+      <c r="T75" t="s">
+        <v>26</v>
+      </c>
+      <c r="U75">
+        <v>119.06</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C76" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D76">
-        <v>1426</v>
+        <v>2105</v>
       </c>
       <c r="E76" t="s">
-        <v>110</v>
+        <v>23</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G76" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H76">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="I76" t="b">
         <v>1</v>
       </c>
       <c r="J76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
-      <c r="L76">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L76" t="s">
+        <v>26</v>
+      </c>
+      <c r="M76">
+        <v>118.95</v>
       </c>
       <c r="N76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q76" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R76" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S76" t="s">
+        <v>26</v>
+      </c>
+      <c r="T76" t="s">
+        <v>26</v>
+      </c>
+      <c r="U76">
+        <v>118.95</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="C77" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E77" t="s">
-        <v>21</v>
+        <v>70</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G77" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H77">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I77" t="b">
         <v>1</v>
       </c>
       <c r="J77" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>87.46</v>
+        <v>26</v>
+      </c>
+      <c r="M77" t="s">
+        <v>26</v>
       </c>
       <c r="N77" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O77">
+        <v>118.68</v>
       </c>
       <c r="P77" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q77" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R77" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S77" t="s">
+        <v>26</v>
+      </c>
+      <c r="T77" t="s">
+        <v>26</v>
+      </c>
+      <c r="U77">
+        <v>118.68</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="C78" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E78" t="s">
-        <v>193</v>
+        <v>150</v>
       </c>
       <c r="F78" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G78" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H78">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="I78" t="b">
         <v>1</v>
       </c>
       <c r="J78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
-      <c r="L78">
-        <v>87.44</v>
+      <c r="L78" t="s">
+        <v>26</v>
       </c>
       <c r="M78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N78" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O78">
+        <v>118.08</v>
       </c>
       <c r="P78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q78" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R78" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S78" t="s">
+        <v>26</v>
+      </c>
+      <c r="T78" t="s">
+        <v>26</v>
+      </c>
+      <c r="U78">
+        <v>118.08</v>
+      </c>
+    </row>
+    <row r="79" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="C79" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D79">
-        <v>2476</v>
+        <v>981</v>
       </c>
       <c r="E79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F79" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="G79" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H79">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I79" t="b">
         <v>1</v>
       </c>
       <c r="J79" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>87.42</v>
+        <v>26</v>
+      </c>
+      <c r="M79" t="s">
+        <v>26</v>
       </c>
       <c r="N79" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O79">
+        <v>116.32</v>
       </c>
       <c r="P79" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q79" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R79" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S79" t="s">
+        <v>26</v>
+      </c>
+      <c r="T79" t="s">
+        <v>26</v>
+      </c>
+      <c r="U79">
+        <v>116.32</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C80" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>1662</v>
+        <v>200</v>
       </c>
       <c r="E80" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="F80" t="s">
+        <v>24</v>
+      </c>
+      <c r="G80" t="s">
+        <v>25</v>
+      </c>
+      <c r="H80">
         <v>27</v>
       </c>
-      <c r="G80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I80" t="b">
         <v>1</v>
       </c>
       <c r="J80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M80">
-        <v>84.54</v>
+        <v>116.09</v>
       </c>
       <c r="N80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q80" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R80" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S80" t="s">
+        <v>26</v>
+      </c>
+      <c r="T80" t="s">
+        <v>26</v>
+      </c>
+      <c r="U80">
+        <v>116.09</v>
+      </c>
+    </row>
+    <row r="81" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C81" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="E81" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F81" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="G81" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H81">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="I81" t="b">
         <v>1</v>
       </c>
       <c r="J81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
-      <c r="L81">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L81" t="s">
+        <v>26</v>
+      </c>
+      <c r="M81">
+        <v>115.86</v>
       </c>
       <c r="N81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q81" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R81" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="82" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S81" t="s">
+        <v>26</v>
+      </c>
+      <c r="T81" t="s">
+        <v>26</v>
+      </c>
+      <c r="U81">
+        <v>115.86</v>
+      </c>
+    </row>
+    <row r="82" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="C82" t="s">
-        <v>200</v>
+        <v>79</v>
       </c>
       <c r="D82">
-        <v>631</v>
+        <v>1713</v>
       </c>
       <c r="E82" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="F82" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="G82" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H82">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I82" t="b">
         <v>1</v>
       </c>
       <c r="J82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
-      <c r="L82">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L82" t="s">
+        <v>26</v>
+      </c>
+      <c r="M82">
+        <v>114.19</v>
       </c>
       <c r="N82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q82" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R82" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="83" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S82" t="s">
+        <v>26</v>
+      </c>
+      <c r="T82" t="s">
+        <v>26</v>
+      </c>
+      <c r="U82">
+        <v>114.19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C83" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="E83" t="s">
-        <v>41</v>
+        <v>206</v>
       </c>
       <c r="F83" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="G83" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H83">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="I83" t="b">
         <v>1</v>
       </c>
       <c r="J83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
-      <c r="L83" t="s">
-[...3 lines deleted...]
-        <v>80.9</v>
+      <c r="L83">
+        <v>114.17</v>
+      </c>
+      <c r="M83" t="s">
+        <v>26</v>
       </c>
       <c r="N83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q83" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R83" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S83" t="s">
+        <v>26</v>
+      </c>
+      <c r="T83" t="s">
+        <v>26</v>
+      </c>
+      <c r="U83">
+        <v>114.17</v>
+      </c>
+    </row>
+    <row r="84" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="C84" t="s">
-        <v>203</v>
+        <v>64</v>
       </c>
       <c r="E84" t="s">
-        <v>24</v>
+        <v>207</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="G84" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H84">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I84" t="b">
         <v>1</v>
       </c>
       <c r="J84" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>80.85</v>
+        <v>26</v>
+      </c>
+      <c r="M84" t="s">
+        <v>26</v>
       </c>
       <c r="N84" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O84">
+        <v>114.01</v>
       </c>
       <c r="P84" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q84" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R84" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="85" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S84" t="s">
+        <v>26</v>
+      </c>
+      <c r="T84" t="s">
+        <v>26</v>
+      </c>
+      <c r="U84">
+        <v>114.01</v>
+      </c>
+    </row>
+    <row r="85" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C85" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>2364</v>
+        <v>209</v>
       </c>
       <c r="E85" t="s">
-        <v>206</v>
+        <v>108</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G85" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H85">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="I85" t="b">
         <v>1</v>
       </c>
       <c r="J85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M85">
-        <v>80.69</v>
+        <v>113.71</v>
       </c>
       <c r="N85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q85" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R85" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="86" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S85" t="s">
+        <v>26</v>
+      </c>
+      <c r="T85" t="s">
+        <v>26</v>
+      </c>
+      <c r="U85">
+        <v>113.71</v>
+      </c>
+    </row>
+    <row r="86" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C86" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>1299</v>
+        <v>144</v>
       </c>
       <c r="E86" t="s">
-        <v>208</v>
+        <v>70</v>
       </c>
       <c r="F86" t="s">
-        <v>209</v>
+        <v>24</v>
       </c>
       <c r="G86" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H86">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="I86" t="b">
         <v>1</v>
       </c>
       <c r="J86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
-      <c r="L86">
-        <v>78.01</v>
+      <c r="L86" t="s">
+        <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N86" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O86">
+        <v>112.95</v>
       </c>
       <c r="P86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q86" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R86" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S86" t="s">
+        <v>26</v>
+      </c>
+      <c r="T86" t="s">
+        <v>26</v>
+      </c>
+      <c r="U86">
+        <v>112.95</v>
+      </c>
+    </row>
+    <row r="87" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C87" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E87" t="s">
-        <v>212</v>
+        <v>146</v>
       </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>159</v>
       </c>
       <c r="G87" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H87">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I87" t="b">
         <v>1</v>
       </c>
       <c r="J87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M87">
-        <v>75.37</v>
+        <v>112.73</v>
       </c>
       <c r="N87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q87" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R87" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="88" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S87" t="s">
+        <v>26</v>
+      </c>
+      <c r="T87" t="s">
+        <v>26</v>
+      </c>
+      <c r="U87">
+        <v>112.73</v>
+      </c>
+    </row>
+    <row r="88" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>213</v>
       </c>
       <c r="C88" t="s">
         <v>214</v>
       </c>
       <c r="E88" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F88" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H88">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="I88" t="b">
         <v>1</v>
       </c>
       <c r="J88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
-      <c r="L88">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L88" t="s">
+        <v>26</v>
+      </c>
+      <c r="M88">
+        <v>112.7</v>
       </c>
       <c r="N88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q88" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R88" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="89" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S88" t="s">
+        <v>26</v>
+      </c>
+      <c r="T88" t="s">
+        <v>26</v>
+      </c>
+      <c r="U88">
+        <v>112.7</v>
+      </c>
+    </row>
+    <row r="89" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>215</v>
+        <v>63</v>
       </c>
       <c r="C89" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D89">
-        <v>2406</v>
+        <v>2449</v>
       </c>
       <c r="E89" t="s">
-        <v>53</v>
+        <v>146</v>
       </c>
       <c r="F89" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="G89" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H89">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I89" t="b">
         <v>1</v>
       </c>
       <c r="J89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
-      <c r="L89">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L89" t="s">
+        <v>26</v>
+      </c>
+      <c r="M89">
+        <v>112.61</v>
       </c>
       <c r="N89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q89" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R89" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="90" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S89" t="s">
+        <v>26</v>
+      </c>
+      <c r="T89" t="s">
+        <v>26</v>
+      </c>
+      <c r="U89">
+        <v>112.61</v>
+      </c>
+    </row>
+    <row r="90" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>217</v>
+        <v>52</v>
       </c>
       <c r="C90" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>1011</v>
+        <v>215</v>
       </c>
       <c r="E90" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F90" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="G90" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="H90">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="I90" t="b">
         <v>1</v>
       </c>
       <c r="J90" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="M90" t="s">
+        <v>26</v>
+      </c>
+      <c r="N90">
+        <v>111.35</v>
       </c>
       <c r="O90" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P90" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="Q90" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="R90" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:19" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="S90" t="s">
+        <v>26</v>
+      </c>
+      <c r="T90" t="s">
+        <v>26</v>
+      </c>
+      <c r="U90">
+        <v>111.35</v>
+      </c>
+    </row>
+    <row r="91" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>201</v>
+      </c>
+      <c r="C91" t="s">
+        <v>216</v>
+      </c>
+      <c r="E91" t="s">
+        <v>26</v>
+      </c>
+      <c r="F91" t="s">
+        <v>35</v>
+      </c>
+      <c r="G91" t="s">
+        <v>25</v>
+      </c>
+      <c r="H91">
+        <v>16</v>
+      </c>
+      <c r="I91" t="b">
+        <v>1</v>
+      </c>
+      <c r="J91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K91">
+        <v>1</v>
+      </c>
+      <c r="L91" t="s">
+        <v>26</v>
+      </c>
+      <c r="M91" t="s">
+        <v>26</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91">
+        <v>111.09</v>
+      </c>
+      <c r="P91" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>26</v>
+      </c>
+      <c r="R91" t="s">
+        <v>26</v>
+      </c>
+      <c r="S91" t="s">
+        <v>26</v>
+      </c>
+      <c r="T91" t="s">
+        <v>26</v>
+      </c>
+      <c r="U91">
+        <v>111.09</v>
+      </c>
+    </row>
+    <row r="92" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A92">
+        <v>91</v>
+      </c>
+      <c r="B92" t="s">
+        <v>106</v>
+      </c>
+      <c r="C92" t="s">
+        <v>217</v>
+      </c>
+      <c r="E92" t="s">
         <v>218</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="F91" t="s">
+      <c r="F92" t="s">
+        <v>35</v>
+      </c>
+      <c r="G92" t="s">
+        <v>25</v>
+      </c>
+      <c r="H92">
+        <v>17</v>
+      </c>
+      <c r="I92" t="b">
+        <v>1</v>
+      </c>
+      <c r="J92" t="s">
+        <v>26</v>
+      </c>
+      <c r="K92">
+        <v>1</v>
+      </c>
+      <c r="L92" t="s">
+        <v>26</v>
+      </c>
+      <c r="M92" t="s">
+        <v>26</v>
+      </c>
+      <c r="N92" t="s">
+        <v>26</v>
+      </c>
+      <c r="O92">
+        <v>110.84</v>
+      </c>
+      <c r="P92" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>26</v>
+      </c>
+      <c r="R92" t="s">
+        <v>26</v>
+      </c>
+      <c r="S92" t="s">
+        <v>26</v>
+      </c>
+      <c r="T92" t="s">
+        <v>26</v>
+      </c>
+      <c r="U92">
+        <v>110.84</v>
+      </c>
+    </row>
+    <row r="93" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A93">
+        <v>92</v>
+      </c>
+      <c r="B93" t="s">
+        <v>50</v>
+      </c>
+      <c r="C93" t="s">
+        <v>219</v>
+      </c>
+      <c r="D93">
+        <v>2457</v>
+      </c>
+      <c r="E93" t="s">
+        <v>59</v>
+      </c>
+      <c r="F93" t="s">
+        <v>35</v>
+      </c>
+      <c r="G93" t="s">
+        <v>25</v>
+      </c>
+      <c r="H93">
+        <v>18</v>
+      </c>
+      <c r="I93" t="b">
+        <v>1</v>
+      </c>
+      <c r="J93" t="s">
+        <v>26</v>
+      </c>
+      <c r="K93">
+        <v>1</v>
+      </c>
+      <c r="L93">
+        <v>110.12</v>
+      </c>
+      <c r="M93" t="s">
+        <v>26</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>26</v>
+      </c>
+      <c r="P93" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>26</v>
+      </c>
+      <c r="R93" t="s">
+        <v>26</v>
+      </c>
+      <c r="S93" t="s">
+        <v>26</v>
+      </c>
+      <c r="T93" t="s">
+        <v>26</v>
+      </c>
+      <c r="U93">
+        <v>110.12</v>
+      </c>
+    </row>
+    <row r="94" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A94">
+        <v>93</v>
+      </c>
+      <c r="B94" t="s">
+        <v>220</v>
+      </c>
+      <c r="C94" t="s">
+        <v>221</v>
+      </c>
+      <c r="E94" t="s">
+        <v>26</v>
+      </c>
+      <c r="F94" t="s">
+        <v>24</v>
+      </c>
+      <c r="G94" t="s">
+        <v>25</v>
+      </c>
+      <c r="H94">
+        <v>31</v>
+      </c>
+      <c r="I94" t="b">
+        <v>1</v>
+      </c>
+      <c r="J94" t="s">
+        <v>26</v>
+      </c>
+      <c r="K94">
+        <v>1</v>
+      </c>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>26</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94">
+        <v>109.48</v>
+      </c>
+      <c r="P94" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>26</v>
+      </c>
+      <c r="R94" t="s">
+        <v>26</v>
+      </c>
+      <c r="S94" t="s">
+        <v>26</v>
+      </c>
+      <c r="T94" t="s">
+        <v>26</v>
+      </c>
+      <c r="U94">
+        <v>109.48</v>
+      </c>
+    </row>
+    <row r="95" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A95">
+        <v>94</v>
+      </c>
+      <c r="B95" t="s">
+        <v>222</v>
+      </c>
+      <c r="C95" t="s">
+        <v>223</v>
+      </c>
+      <c r="E95" t="s">
+        <v>70</v>
+      </c>
+      <c r="F95" t="s">
+        <v>29</v>
+      </c>
+      <c r="G95" t="s">
+        <v>25</v>
+      </c>
+      <c r="H95">
+        <v>14</v>
+      </c>
+      <c r="I95" t="b">
+        <v>1</v>
+      </c>
+      <c r="J95" t="s">
+        <v>26</v>
+      </c>
+      <c r="K95">
+        <v>1</v>
+      </c>
+      <c r="L95">
+        <v>108.64</v>
+      </c>
+      <c r="M95" t="s">
+        <v>26</v>
+      </c>
+      <c r="N95" t="s">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>26</v>
+      </c>
+      <c r="P95" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>26</v>
+      </c>
+      <c r="R95" t="s">
+        <v>26</v>
+      </c>
+      <c r="S95" t="s">
+        <v>26</v>
+      </c>
+      <c r="T95" t="s">
+        <v>26</v>
+      </c>
+      <c r="U95">
+        <v>108.64</v>
+      </c>
+    </row>
+    <row r="96" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A96">
+        <v>95</v>
+      </c>
+      <c r="B96" t="s">
+        <v>224</v>
+      </c>
+      <c r="C96" t="s">
+        <v>225</v>
+      </c>
+      <c r="E96" t="s">
+        <v>59</v>
+      </c>
+      <c r="F96" t="s">
+        <v>24</v>
+      </c>
+      <c r="G96" t="s">
+        <v>25</v>
+      </c>
+      <c r="H96">
+        <v>32</v>
+      </c>
+      <c r="I96" t="b">
+        <v>1</v>
+      </c>
+      <c r="J96" t="s">
+        <v>26</v>
+      </c>
+      <c r="K96">
+        <v>1</v>
+      </c>
+      <c r="L96" t="s">
+        <v>26</v>
+      </c>
+      <c r="M96">
+        <v>108.19</v>
+      </c>
+      <c r="N96" t="s">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>26</v>
+      </c>
+      <c r="P96" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>26</v>
+      </c>
+      <c r="R96" t="s">
+        <v>26</v>
+      </c>
+      <c r="S96" t="s">
+        <v>26</v>
+      </c>
+      <c r="T96" t="s">
+        <v>26</v>
+      </c>
+      <c r="U96">
+        <v>108.19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A97">
+        <v>96</v>
+      </c>
+      <c r="B97" t="s">
+        <v>226</v>
+      </c>
+      <c r="C97" t="s">
+        <v>99</v>
+      </c>
+      <c r="E97" t="s">
+        <v>23</v>
+      </c>
+      <c r="F97" t="s">
+        <v>29</v>
+      </c>
+      <c r="G97" t="s">
+        <v>25</v>
+      </c>
+      <c r="H97">
+        <v>15</v>
+      </c>
+      <c r="I97" t="b">
+        <v>1</v>
+      </c>
+      <c r="J97" t="s">
+        <v>26</v>
+      </c>
+      <c r="K97">
+        <v>1</v>
+      </c>
+      <c r="L97">
+        <v>108.06</v>
+      </c>
+      <c r="M97" t="s">
+        <v>26</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>26</v>
+      </c>
+      <c r="P97" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>26</v>
+      </c>
+      <c r="R97" t="s">
+        <v>26</v>
+      </c>
+      <c r="S97" t="s">
+        <v>26</v>
+      </c>
+      <c r="T97" t="s">
+        <v>26</v>
+      </c>
+      <c r="U97">
+        <v>108.06</v>
+      </c>
+    </row>
+    <row r="98" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A98">
+        <v>97</v>
+      </c>
+      <c r="B98" t="s">
+        <v>227</v>
+      </c>
+      <c r="C98" t="s">
+        <v>65</v>
+      </c>
+      <c r="E98" t="s">
+        <v>70</v>
+      </c>
+      <c r="F98" t="s">
+        <v>29</v>
+      </c>
+      <c r="G98" t="s">
+        <v>25</v>
+      </c>
+      <c r="H98">
+        <v>16</v>
+      </c>
+      <c r="I98" t="b">
+        <v>1</v>
+      </c>
+      <c r="J98" t="s">
+        <v>26</v>
+      </c>
+      <c r="K98">
+        <v>1</v>
+      </c>
+      <c r="L98" t="s">
+        <v>26</v>
+      </c>
+      <c r="M98" t="s">
+        <v>26</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98">
+        <v>107.77</v>
+      </c>
+      <c r="P98" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>26</v>
+      </c>
+      <c r="R98" t="s">
+        <v>26</v>
+      </c>
+      <c r="S98" t="s">
+        <v>26</v>
+      </c>
+      <c r="T98" t="s">
+        <v>26</v>
+      </c>
+      <c r="U98">
+        <v>107.77</v>
+      </c>
+    </row>
+    <row r="99" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A99">
+        <v>98</v>
+      </c>
+      <c r="B99" t="s">
+        <v>135</v>
+      </c>
+      <c r="C99" t="s">
+        <v>228</v>
+      </c>
+      <c r="D99">
+        <v>1131</v>
+      </c>
+      <c r="E99" t="s">
+        <v>59</v>
+      </c>
+      <c r="F99" t="s">
+        <v>24</v>
+      </c>
+      <c r="G99" t="s">
+        <v>60</v>
+      </c>
+      <c r="H99">
+        <v>8</v>
+      </c>
+      <c r="I99" t="b">
+        <v>1</v>
+      </c>
+      <c r="J99" t="s">
+        <v>26</v>
+      </c>
+      <c r="K99">
+        <v>1</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
+      </c>
+      <c r="M99" t="s">
+        <v>26</v>
+      </c>
+      <c r="N99">
+        <v>106.81</v>
+      </c>
+      <c r="O99" t="s">
+        <v>26</v>
+      </c>
+      <c r="P99" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>26</v>
+      </c>
+      <c r="R99" t="s">
+        <v>26</v>
+      </c>
+      <c r="S99" t="s">
+        <v>26</v>
+      </c>
+      <c r="T99" t="s">
+        <v>26</v>
+      </c>
+      <c r="U99">
+        <v>106.81</v>
+      </c>
+    </row>
+    <row r="100" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A100">
+        <v>99</v>
+      </c>
+      <c r="B100" t="s">
+        <v>229</v>
+      </c>
+      <c r="C100" t="s">
+        <v>230</v>
+      </c>
+      <c r="E100" t="s">
+        <v>26</v>
+      </c>
+      <c r="F100" t="s">
+        <v>35</v>
+      </c>
+      <c r="G100" t="s">
+        <v>25</v>
+      </c>
+      <c r="H100">
+        <v>19</v>
+      </c>
+      <c r="I100" t="b">
+        <v>1</v>
+      </c>
+      <c r="J100" t="s">
+        <v>26</v>
+      </c>
+      <c r="K100">
+        <v>1</v>
+      </c>
+      <c r="L100" t="s">
+        <v>26</v>
+      </c>
+      <c r="M100">
+        <v>106.29</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>26</v>
+      </c>
+      <c r="P100" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>26</v>
+      </c>
+      <c r="R100" t="s">
+        <v>26</v>
+      </c>
+      <c r="S100" t="s">
+        <v>26</v>
+      </c>
+      <c r="T100" t="s">
+        <v>26</v>
+      </c>
+      <c r="U100">
+        <v>106.29</v>
+      </c>
+    </row>
+    <row r="101" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101" t="s">
+        <v>231</v>
+      </c>
+      <c r="C101" t="s">
+        <v>232</v>
+      </c>
+      <c r="E101" t="s">
+        <v>150</v>
+      </c>
+      <c r="F101" t="s">
+        <v>24</v>
+      </c>
+      <c r="G101" t="s">
+        <v>25</v>
+      </c>
+      <c r="H101">
+        <v>33</v>
+      </c>
+      <c r="I101" t="b">
+        <v>1</v>
+      </c>
+      <c r="J101" t="s">
+        <v>26</v>
+      </c>
+      <c r="K101">
+        <v>1</v>
+      </c>
+      <c r="L101" t="s">
+        <v>26</v>
+      </c>
+      <c r="M101" t="s">
+        <v>26</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101">
+        <v>106.19</v>
+      </c>
+      <c r="P101" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>26</v>
+      </c>
+      <c r="R101" t="s">
+        <v>26</v>
+      </c>
+      <c r="S101" t="s">
+        <v>26</v>
+      </c>
+      <c r="T101" t="s">
+        <v>26</v>
+      </c>
+      <c r="U101">
+        <v>106.19</v>
+      </c>
+    </row>
+    <row r="102" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A102">
+        <v>101</v>
+      </c>
+      <c r="B102" t="s">
+        <v>233</v>
+      </c>
+      <c r="C102" t="s">
+        <v>234</v>
+      </c>
+      <c r="E102" t="s">
+        <v>235</v>
+      </c>
+      <c r="F102" t="s">
+        <v>24</v>
+      </c>
+      <c r="G102" t="s">
+        <v>25</v>
+      </c>
+      <c r="H102">
+        <v>34</v>
+      </c>
+      <c r="I102" t="b">
+        <v>1</v>
+      </c>
+      <c r="J102" t="s">
+        <v>26</v>
+      </c>
+      <c r="K102">
+        <v>1</v>
+      </c>
+      <c r="L102" t="s">
+        <v>26</v>
+      </c>
+      <c r="M102" t="s">
+        <v>26</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102">
+        <v>106.04</v>
+      </c>
+      <c r="P102" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>26</v>
+      </c>
+      <c r="R102" t="s">
+        <v>26</v>
+      </c>
+      <c r="S102" t="s">
+        <v>26</v>
+      </c>
+      <c r="T102" t="s">
+        <v>26</v>
+      </c>
+      <c r="U102">
+        <v>106.04</v>
+      </c>
+    </row>
+    <row r="103" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103" t="s">
+        <v>236</v>
+      </c>
+      <c r="C103" t="s">
+        <v>237</v>
+      </c>
+      <c r="E103" t="s">
+        <v>26</v>
+      </c>
+      <c r="F103" t="s">
+        <v>24</v>
+      </c>
+      <c r="G103" t="s">
+        <v>25</v>
+      </c>
+      <c r="H103">
+        <v>35</v>
+      </c>
+      <c r="I103" t="b">
+        <v>1</v>
+      </c>
+      <c r="J103" t="s">
+        <v>26</v>
+      </c>
+      <c r="K103">
+        <v>1</v>
+      </c>
+      <c r="L103" t="s">
+        <v>26</v>
+      </c>
+      <c r="M103" t="s">
+        <v>26</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103">
+        <v>105.9</v>
+      </c>
+      <c r="P103" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>26</v>
+      </c>
+      <c r="R103" t="s">
+        <v>26</v>
+      </c>
+      <c r="S103" t="s">
+        <v>26</v>
+      </c>
+      <c r="T103" t="s">
+        <v>26</v>
+      </c>
+      <c r="U103">
+        <v>105.9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A104">
+        <v>103</v>
+      </c>
+      <c r="B104" t="s">
+        <v>106</v>
+      </c>
+      <c r="C104" t="s">
+        <v>238</v>
+      </c>
+      <c r="E104" t="s">
+        <v>26</v>
+      </c>
+      <c r="F104" t="s">
+        <v>29</v>
+      </c>
+      <c r="G104" t="s">
+        <v>25</v>
+      </c>
+      <c r="H104">
+        <v>17</v>
+      </c>
+      <c r="I104" t="b">
+        <v>1</v>
+      </c>
+      <c r="J104" t="s">
+        <v>26</v>
+      </c>
+      <c r="K104">
+        <v>1</v>
+      </c>
+      <c r="L104" t="s">
+        <v>26</v>
+      </c>
+      <c r="M104" t="s">
+        <v>26</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104">
+        <v>105.86</v>
+      </c>
+      <c r="P104" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>26</v>
+      </c>
+      <c r="R104" t="s">
+        <v>26</v>
+      </c>
+      <c r="S104" t="s">
+        <v>26</v>
+      </c>
+      <c r="T104" t="s">
+        <v>26</v>
+      </c>
+      <c r="U104">
+        <v>105.86</v>
+      </c>
+    </row>
+    <row r="105" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A105">
+        <v>104</v>
+      </c>
+      <c r="B105" t="s">
+        <v>239</v>
+      </c>
+      <c r="C105" t="s">
+        <v>240</v>
+      </c>
+      <c r="E105" t="s">
+        <v>241</v>
+      </c>
+      <c r="F105" t="s">
+        <v>29</v>
+      </c>
+      <c r="G105" t="s">
+        <v>25</v>
+      </c>
+      <c r="H105">
+        <v>18</v>
+      </c>
+      <c r="I105" t="b">
+        <v>1</v>
+      </c>
+      <c r="J105" t="s">
+        <v>26</v>
+      </c>
+      <c r="K105">
+        <v>1</v>
+      </c>
+      <c r="L105" t="s">
+        <v>26</v>
+      </c>
+      <c r="M105" t="s">
+        <v>26</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105">
+        <v>105.2</v>
+      </c>
+      <c r="P105" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>26</v>
+      </c>
+      <c r="R105" t="s">
+        <v>26</v>
+      </c>
+      <c r="S105" t="s">
+        <v>26</v>
+      </c>
+      <c r="T105" t="s">
+        <v>26</v>
+      </c>
+      <c r="U105">
+        <v>105.2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A106">
+        <v>105</v>
+      </c>
+      <c r="B106" t="s">
+        <v>242</v>
+      </c>
+      <c r="C106" t="s">
+        <v>243</v>
+      </c>
+      <c r="D106">
+        <v>1643</v>
+      </c>
+      <c r="E106" t="s">
+        <v>26</v>
+      </c>
+      <c r="F106" t="s">
+        <v>29</v>
+      </c>
+      <c r="G106" t="s">
+        <v>25</v>
+      </c>
+      <c r="H106">
+        <v>19</v>
+      </c>
+      <c r="I106" t="b">
+        <v>1</v>
+      </c>
+      <c r="J106" t="s">
+        <v>26</v>
+      </c>
+      <c r="K106">
+        <v>1</v>
+      </c>
+      <c r="L106" t="s">
+        <v>26</v>
+      </c>
+      <c r="M106" t="s">
+        <v>26</v>
+      </c>
+      <c r="N106">
+        <v>104.63</v>
+      </c>
+      <c r="O106" t="s">
+        <v>26</v>
+      </c>
+      <c r="P106" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>26</v>
+      </c>
+      <c r="R106" t="s">
+        <v>26</v>
+      </c>
+      <c r="S106" t="s">
+        <v>26</v>
+      </c>
+      <c r="T106" t="s">
+        <v>26</v>
+      </c>
+      <c r="U106">
+        <v>104.63</v>
+      </c>
+    </row>
+    <row r="107" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A107">
+        <v>106</v>
+      </c>
+      <c r="B107" t="s">
+        <v>106</v>
+      </c>
+      <c r="C107" t="s">
+        <v>244</v>
+      </c>
+      <c r="D107">
+        <v>2350</v>
+      </c>
+      <c r="E107" t="s">
+        <v>75</v>
+      </c>
+      <c r="F107" t="s">
+        <v>29</v>
+      </c>
+      <c r="G107" t="s">
+        <v>25</v>
+      </c>
+      <c r="H107">
+        <v>20</v>
+      </c>
+      <c r="I107" t="b">
+        <v>1</v>
+      </c>
+      <c r="J107" t="s">
+        <v>26</v>
+      </c>
+      <c r="K107">
+        <v>1</v>
+      </c>
+      <c r="L107" t="s">
+        <v>26</v>
+      </c>
+      <c r="M107" t="s">
+        <v>26</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107">
+        <v>104.22</v>
+      </c>
+      <c r="P107" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>26</v>
+      </c>
+      <c r="R107" t="s">
+        <v>26</v>
+      </c>
+      <c r="S107" t="s">
+        <v>26</v>
+      </c>
+      <c r="T107" t="s">
+        <v>26</v>
+      </c>
+      <c r="U107">
+        <v>104.22</v>
+      </c>
+    </row>
+    <row r="108" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A108">
+        <v>107</v>
+      </c>
+      <c r="B108" t="s">
+        <v>128</v>
+      </c>
+      <c r="C108" t="s">
+        <v>245</v>
+      </c>
+      <c r="E108" t="s">
+        <v>132</v>
+      </c>
+      <c r="F108" t="s">
+        <v>35</v>
+      </c>
+      <c r="G108" t="s">
+        <v>25</v>
+      </c>
+      <c r="H108">
+        <v>20</v>
+      </c>
+      <c r="I108" t="b">
+        <v>1</v>
+      </c>
+      <c r="J108" t="s">
+        <v>26</v>
+      </c>
+      <c r="K108">
+        <v>1</v>
+      </c>
+      <c r="L108" t="s">
+        <v>26</v>
+      </c>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108">
+        <v>103.41</v>
+      </c>
+      <c r="P108" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>26</v>
+      </c>
+      <c r="R108" t="s">
+        <v>26</v>
+      </c>
+      <c r="S108" t="s">
+        <v>26</v>
+      </c>
+      <c r="T108" t="s">
+        <v>26</v>
+      </c>
+      <c r="U108">
+        <v>103.41</v>
+      </c>
+    </row>
+    <row r="109" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A109">
+        <v>108</v>
+      </c>
+      <c r="B109" t="s">
+        <v>246</v>
+      </c>
+      <c r="C109" t="s">
+        <v>196</v>
+      </c>
+      <c r="E109" t="s">
+        <v>26</v>
+      </c>
+      <c r="F109" t="s">
+        <v>24</v>
+      </c>
+      <c r="G109" t="s">
+        <v>25</v>
+      </c>
+      <c r="H109">
+        <v>36</v>
+      </c>
+      <c r="I109" t="b">
+        <v>1</v>
+      </c>
+      <c r="J109" t="s">
+        <v>26</v>
+      </c>
+      <c r="K109">
+        <v>1</v>
+      </c>
+      <c r="L109" t="s">
+        <v>26</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109">
+        <v>102.81</v>
+      </c>
+      <c r="P109" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>26</v>
+      </c>
+      <c r="R109" t="s">
+        <v>26</v>
+      </c>
+      <c r="S109" t="s">
+        <v>26</v>
+      </c>
+      <c r="T109" t="s">
+        <v>26</v>
+      </c>
+      <c r="U109">
+        <v>102.81</v>
+      </c>
+    </row>
+    <row r="110" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A110">
+        <v>109</v>
+      </c>
+      <c r="B110" t="s">
+        <v>247</v>
+      </c>
+      <c r="C110" t="s">
+        <v>248</v>
+      </c>
+      <c r="E110" t="s">
+        <v>249</v>
+      </c>
+      <c r="F110" t="s">
+        <v>24</v>
+      </c>
+      <c r="G110" t="s">
+        <v>25</v>
+      </c>
+      <c r="H110">
+        <v>37</v>
+      </c>
+      <c r="I110" t="b">
+        <v>1</v>
+      </c>
+      <c r="J110" t="s">
+        <v>26</v>
+      </c>
+      <c r="K110">
+        <v>1</v>
+      </c>
+      <c r="L110" t="s">
+        <v>26</v>
+      </c>
+      <c r="M110">
+        <v>102.73</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>26</v>
+      </c>
+      <c r="P110" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>26</v>
+      </c>
+      <c r="R110" t="s">
+        <v>26</v>
+      </c>
+      <c r="S110" t="s">
+        <v>26</v>
+      </c>
+      <c r="T110" t="s">
+        <v>26</v>
+      </c>
+      <c r="U110">
+        <v>102.73</v>
+      </c>
+    </row>
+    <row r="111" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A111">
+        <v>110</v>
+      </c>
+      <c r="B111" t="s">
+        <v>124</v>
+      </c>
+      <c r="C111" t="s">
+        <v>250</v>
+      </c>
+      <c r="E111" t="s">
+        <v>26</v>
+      </c>
+      <c r="F111" t="s">
+        <v>24</v>
+      </c>
+      <c r="G111" t="s">
+        <v>25</v>
+      </c>
+      <c r="H111">
+        <v>38</v>
+      </c>
+      <c r="I111" t="b">
+        <v>1</v>
+      </c>
+      <c r="J111" t="s">
+        <v>26</v>
+      </c>
+      <c r="K111">
+        <v>1</v>
+      </c>
+      <c r="L111" t="s">
+        <v>26</v>
+      </c>
+      <c r="M111" t="s">
+        <v>26</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111">
+        <v>102.29</v>
+      </c>
+      <c r="P111" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>26</v>
+      </c>
+      <c r="R111" t="s">
+        <v>26</v>
+      </c>
+      <c r="S111" t="s">
+        <v>26</v>
+      </c>
+      <c r="T111" t="s">
+        <v>26</v>
+      </c>
+      <c r="U111">
+        <v>102.29</v>
+      </c>
+    </row>
+    <row r="112" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A112">
+        <v>111</v>
+      </c>
+      <c r="B112" t="s">
+        <v>30</v>
+      </c>
+      <c r="C112" t="s">
+        <v>251</v>
+      </c>
+      <c r="E112" t="s">
+        <v>70</v>
+      </c>
+      <c r="F112" t="s">
+        <v>24</v>
+      </c>
+      <c r="G112" t="s">
+        <v>25</v>
+      </c>
+      <c r="H112">
+        <v>39</v>
+      </c>
+      <c r="I112" t="b">
+        <v>1</v>
+      </c>
+      <c r="J112" t="s">
+        <v>26</v>
+      </c>
+      <c r="K112">
+        <v>1</v>
+      </c>
+      <c r="L112">
+        <v>102.04</v>
+      </c>
+      <c r="M112" t="s">
+        <v>26</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>26</v>
+      </c>
+      <c r="P112" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>26</v>
+      </c>
+      <c r="R112" t="s">
+        <v>26</v>
+      </c>
+      <c r="S112" t="s">
+        <v>26</v>
+      </c>
+      <c r="T112" t="s">
+        <v>26</v>
+      </c>
+      <c r="U112">
+        <v>102.04</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113" t="s">
+        <v>252</v>
+      </c>
+      <c r="C113" t="s">
+        <v>253</v>
+      </c>
+      <c r="E113" t="s">
+        <v>26</v>
+      </c>
+      <c r="F113" t="s">
+        <v>24</v>
+      </c>
+      <c r="G113" t="s">
+        <v>25</v>
+      </c>
+      <c r="H113">
+        <v>40</v>
+      </c>
+      <c r="I113" t="b">
+        <v>1</v>
+      </c>
+      <c r="J113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113" t="s">
+        <v>26</v>
+      </c>
+      <c r="M113" t="s">
+        <v>26</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113">
+        <v>101.92</v>
+      </c>
+      <c r="P113" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>26</v>
+      </c>
+      <c r="R113" t="s">
+        <v>26</v>
+      </c>
+      <c r="S113" t="s">
+        <v>26</v>
+      </c>
+      <c r="T113" t="s">
+        <v>26</v>
+      </c>
+      <c r="U113">
+        <v>101.92</v>
+      </c>
+    </row>
+    <row r="114" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114" t="s">
+        <v>254</v>
+      </c>
+      <c r="C114" t="s">
+        <v>255</v>
+      </c>
+      <c r="D114">
+        <v>692</v>
+      </c>
+      <c r="E114" t="s">
+        <v>108</v>
+      </c>
+      <c r="F114" t="s">
+        <v>43</v>
+      </c>
+      <c r="G114" t="s">
+        <v>25</v>
+      </c>
+      <c r="H114">
+        <v>7</v>
+      </c>
+      <c r="I114" t="b">
+        <v>1</v>
+      </c>
+      <c r="J114" t="s">
+        <v>26</v>
+      </c>
+      <c r="K114">
+        <v>1</v>
+      </c>
+      <c r="L114" t="s">
+        <v>26</v>
+      </c>
+      <c r="M114" t="s">
+        <v>26</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114">
+        <v>100.97</v>
+      </c>
+      <c r="P114" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>26</v>
+      </c>
+      <c r="R114" t="s">
+        <v>26</v>
+      </c>
+      <c r="S114" t="s">
+        <v>26</v>
+      </c>
+      <c r="T114" t="s">
+        <v>26</v>
+      </c>
+      <c r="U114">
+        <v>100.97</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
+        <v>61</v>
+      </c>
+      <c r="C115" t="s">
+        <v>256</v>
+      </c>
+      <c r="E115" t="s">
+        <v>257</v>
+      </c>
+      <c r="F115" t="s">
+        <v>29</v>
+      </c>
+      <c r="G115" t="s">
+        <v>25</v>
+      </c>
+      <c r="H115">
+        <v>21</v>
+      </c>
+      <c r="I115" t="b">
+        <v>1</v>
+      </c>
+      <c r="J115" t="s">
+        <v>26</v>
+      </c>
+      <c r="K115">
+        <v>1</v>
+      </c>
+      <c r="L115">
+        <v>100.83</v>
+      </c>
+      <c r="M115" t="s">
+        <v>26</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>26</v>
+      </c>
+      <c r="P115" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>26</v>
+      </c>
+      <c r="R115" t="s">
+        <v>26</v>
+      </c>
+      <c r="S115" t="s">
+        <v>26</v>
+      </c>
+      <c r="T115" t="s">
+        <v>26</v>
+      </c>
+      <c r="U115">
+        <v>100.83</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116" t="s">
+        <v>258</v>
+      </c>
+      <c r="C116" t="s">
+        <v>259</v>
+      </c>
+      <c r="E116" t="s">
+        <v>132</v>
+      </c>
+      <c r="F116" t="s">
+        <v>24</v>
+      </c>
+      <c r="G116" t="s">
+        <v>25</v>
+      </c>
+      <c r="H116">
+        <v>41</v>
+      </c>
+      <c r="I116" t="b">
+        <v>1</v>
+      </c>
+      <c r="J116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K116">
+        <v>1</v>
+      </c>
+      <c r="L116" t="s">
+        <v>26</v>
+      </c>
+      <c r="M116" t="s">
+        <v>26</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116">
+        <v>99.9</v>
+      </c>
+      <c r="P116" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>26</v>
+      </c>
+      <c r="R116" t="s">
+        <v>26</v>
+      </c>
+      <c r="S116" t="s">
+        <v>26</v>
+      </c>
+      <c r="T116" t="s">
+        <v>26</v>
+      </c>
+      <c r="U116">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117" t="s">
+        <v>260</v>
+      </c>
+      <c r="C117" t="s">
+        <v>261</v>
+      </c>
+      <c r="E117" t="s">
+        <v>241</v>
+      </c>
+      <c r="F117" t="s">
+        <v>35</v>
+      </c>
+      <c r="G117" t="s">
+        <v>25</v>
+      </c>
+      <c r="H117">
+        <v>21</v>
+      </c>
+      <c r="I117" t="b">
+        <v>1</v>
+      </c>
+      <c r="J117" t="s">
+        <v>26</v>
+      </c>
+      <c r="K117">
+        <v>1</v>
+      </c>
+      <c r="L117" t="s">
+        <v>26</v>
+      </c>
+      <c r="M117" t="s">
+        <v>26</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117">
+        <v>99.58</v>
+      </c>
+      <c r="P117" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>26</v>
+      </c>
+      <c r="R117" t="s">
+        <v>26</v>
+      </c>
+      <c r="S117" t="s">
+        <v>26</v>
+      </c>
+      <c r="T117" t="s">
+        <v>26</v>
+      </c>
+      <c r="U117">
+        <v>99.58</v>
+      </c>
+    </row>
+    <row r="118" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>262</v>
+      </c>
+      <c r="C118" t="s">
+        <v>263</v>
+      </c>
+      <c r="D118">
+        <v>1020</v>
+      </c>
+      <c r="E118" t="s">
+        <v>23</v>
+      </c>
+      <c r="F118" t="s">
+        <v>29</v>
+      </c>
+      <c r="G118" t="s">
+        <v>25</v>
+      </c>
+      <c r="H118">
         <v>22</v>
       </c>
-      <c r="G91" t="s">
-[...2 lines deleted...]
-      <c r="H91">
+      <c r="I118" t="b">
+        <v>1</v>
+      </c>
+      <c r="J118" t="s">
+        <v>26</v>
+      </c>
+      <c r="K118">
+        <v>1</v>
+      </c>
+      <c r="L118" t="s">
+        <v>26</v>
+      </c>
+      <c r="M118" t="s">
+        <v>26</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118">
+        <v>98.51</v>
+      </c>
+      <c r="P118" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>26</v>
+      </c>
+      <c r="R118" t="s">
+        <v>26</v>
+      </c>
+      <c r="S118" t="s">
+        <v>26</v>
+      </c>
+      <c r="T118" t="s">
+        <v>26</v>
+      </c>
+      <c r="U118">
+        <v>98.51</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>264</v>
+      </c>
+      <c r="C119" t="s">
+        <v>265</v>
+      </c>
+      <c r="E119" t="s">
+        <v>26</v>
+      </c>
+      <c r="F119" t="s">
+        <v>43</v>
+      </c>
+      <c r="G119" t="s">
+        <v>25</v>
+      </c>
+      <c r="H119">
+        <v>8</v>
+      </c>
+      <c r="I119" t="b">
+        <v>1</v>
+      </c>
+      <c r="J119" t="s">
+        <v>26</v>
+      </c>
+      <c r="K119">
+        <v>1</v>
+      </c>
+      <c r="L119" t="s">
+        <v>26</v>
+      </c>
+      <c r="M119" t="s">
+        <v>26</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119">
+        <v>97.94</v>
+      </c>
+      <c r="P119" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>26</v>
+      </c>
+      <c r="R119" t="s">
+        <v>26</v>
+      </c>
+      <c r="S119" t="s">
+        <v>26</v>
+      </c>
+      <c r="T119" t="s">
+        <v>26</v>
+      </c>
+      <c r="U119">
+        <v>97.94</v>
+      </c>
+    </row>
+    <row r="120" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120" t="s">
+        <v>266</v>
+      </c>
+      <c r="C120" t="s">
+        <v>261</v>
+      </c>
+      <c r="E120" t="s">
+        <v>267</v>
+      </c>
+      <c r="F120" t="s">
+        <v>35</v>
+      </c>
+      <c r="G120" t="s">
+        <v>25</v>
+      </c>
+      <c r="H120">
+        <v>22</v>
+      </c>
+      <c r="I120" t="b">
+        <v>1</v>
+      </c>
+      <c r="J120" t="s">
+        <v>26</v>
+      </c>
+      <c r="K120">
+        <v>1</v>
+      </c>
+      <c r="L120" t="s">
+        <v>26</v>
+      </c>
+      <c r="M120" t="s">
+        <v>26</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120">
+        <v>97.72</v>
+      </c>
+      <c r="P120" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>26</v>
+      </c>
+      <c r="R120" t="s">
+        <v>26</v>
+      </c>
+      <c r="S120" t="s">
+        <v>26</v>
+      </c>
+      <c r="T120" t="s">
+        <v>26</v>
+      </c>
+      <c r="U120">
+        <v>97.72</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121" t="s">
+        <v>268</v>
+      </c>
+      <c r="C121" t="s">
+        <v>269</v>
+      </c>
+      <c r="D121">
+        <v>881</v>
+      </c>
+      <c r="E121" t="s">
+        <v>59</v>
+      </c>
+      <c r="F121" t="s">
+        <v>43</v>
+      </c>
+      <c r="G121" t="s">
+        <v>25</v>
+      </c>
+      <c r="H121">
+        <v>9</v>
+      </c>
+      <c r="I121" t="b">
+        <v>1</v>
+      </c>
+      <c r="J121" t="s">
+        <v>26</v>
+      </c>
+      <c r="K121">
+        <v>1</v>
+      </c>
+      <c r="L121" t="s">
+        <v>26</v>
+      </c>
+      <c r="M121" t="s">
+        <v>26</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121">
+        <v>97.5</v>
+      </c>
+      <c r="P121" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>26</v>
+      </c>
+      <c r="R121" t="s">
+        <v>26</v>
+      </c>
+      <c r="S121" t="s">
+        <v>26</v>
+      </c>
+      <c r="T121" t="s">
+        <v>26</v>
+      </c>
+      <c r="U121">
+        <v>97.5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A122">
+        <v>121</v>
+      </c>
+      <c r="B122" t="s">
+        <v>45</v>
+      </c>
+      <c r="C122" t="s">
+        <v>270</v>
+      </c>
+      <c r="D122">
+        <v>2322</v>
+      </c>
+      <c r="E122" t="s">
+        <v>26</v>
+      </c>
+      <c r="F122" t="s">
+        <v>29</v>
+      </c>
+      <c r="G122" t="s">
+        <v>25</v>
+      </c>
+      <c r="H122">
+        <v>23</v>
+      </c>
+      <c r="I122" t="b">
+        <v>1</v>
+      </c>
+      <c r="J122" t="s">
+        <v>26</v>
+      </c>
+      <c r="K122">
+        <v>1</v>
+      </c>
+      <c r="L122" t="s">
+        <v>26</v>
+      </c>
+      <c r="M122">
+        <v>96.52</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>26</v>
+      </c>
+      <c r="P122" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>26</v>
+      </c>
+      <c r="R122" t="s">
+        <v>26</v>
+      </c>
+      <c r="S122" t="s">
+        <v>26</v>
+      </c>
+      <c r="T122" t="s">
+        <v>26</v>
+      </c>
+      <c r="U122">
+        <v>96.52</v>
+      </c>
+    </row>
+    <row r="123" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A123">
+        <v>122</v>
+      </c>
+      <c r="B123" t="s">
+        <v>271</v>
+      </c>
+      <c r="C123" t="s">
+        <v>272</v>
+      </c>
+      <c r="D123">
+        <v>1179</v>
+      </c>
+      <c r="E123" t="s">
+        <v>23</v>
+      </c>
+      <c r="F123" t="s">
+        <v>35</v>
+      </c>
+      <c r="G123" t="s">
+        <v>60</v>
+      </c>
+      <c r="H123">
+        <v>5</v>
+      </c>
+      <c r="I123" t="b">
+        <v>1</v>
+      </c>
+      <c r="J123" t="s">
+        <v>26</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
+      </c>
+      <c r="L123">
+        <v>94.9</v>
+      </c>
+      <c r="M123" t="s">
+        <v>26</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>26</v>
+      </c>
+      <c r="P123" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>26</v>
+      </c>
+      <c r="R123" t="s">
+        <v>26</v>
+      </c>
+      <c r="S123" t="s">
+        <v>26</v>
+      </c>
+      <c r="T123" t="s">
+        <v>26</v>
+      </c>
+      <c r="U123">
+        <v>94.9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A124">
+        <v>123</v>
+      </c>
+      <c r="B124" t="s">
+        <v>273</v>
+      </c>
+      <c r="C124" t="s">
+        <v>274</v>
+      </c>
+      <c r="E124" t="s">
+        <v>26</v>
+      </c>
+      <c r="F124" t="s">
+        <v>43</v>
+      </c>
+      <c r="G124" t="s">
+        <v>25</v>
+      </c>
+      <c r="H124">
+        <v>10</v>
+      </c>
+      <c r="I124" t="b">
+        <v>1</v>
+      </c>
+      <c r="J124" t="s">
+        <v>26</v>
+      </c>
+      <c r="K124">
+        <v>1</v>
+      </c>
+      <c r="L124" t="s">
+        <v>26</v>
+      </c>
+      <c r="M124" t="s">
+        <v>26</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124">
+        <v>94.17</v>
+      </c>
+      <c r="P124" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>26</v>
+      </c>
+      <c r="R124" t="s">
+        <v>26</v>
+      </c>
+      <c r="S124" t="s">
+        <v>26</v>
+      </c>
+      <c r="T124" t="s">
+        <v>26</v>
+      </c>
+      <c r="U124">
+        <v>94.17</v>
+      </c>
+    </row>
+    <row r="125" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125" t="s">
+        <v>275</v>
+      </c>
+      <c r="C125" t="s">
+        <v>276</v>
+      </c>
+      <c r="E125" t="s">
+        <v>206</v>
+      </c>
+      <c r="F125" t="s">
+        <v>35</v>
+      </c>
+      <c r="G125" t="s">
+        <v>25</v>
+      </c>
+      <c r="H125">
+        <v>23</v>
+      </c>
+      <c r="I125" t="b">
+        <v>1</v>
+      </c>
+      <c r="J125" t="s">
+        <v>26</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
+      <c r="L125">
+        <v>93.47</v>
+      </c>
+      <c r="M125" t="s">
+        <v>26</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>26</v>
+      </c>
+      <c r="P125" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>26</v>
+      </c>
+      <c r="R125" t="s">
+        <v>26</v>
+      </c>
+      <c r="S125" t="s">
+        <v>26</v>
+      </c>
+      <c r="T125" t="s">
+        <v>26</v>
+      </c>
+      <c r="U125">
+        <v>93.47</v>
+      </c>
+    </row>
+    <row r="126" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126" t="s">
+        <v>268</v>
+      </c>
+      <c r="C126" t="s">
+        <v>277</v>
+      </c>
+      <c r="D126">
+        <v>1900</v>
+      </c>
+      <c r="E126" t="s">
+        <v>278</v>
+      </c>
+      <c r="F126" t="s">
+        <v>43</v>
+      </c>
+      <c r="G126" t="s">
+        <v>25</v>
+      </c>
+      <c r="H126">
+        <v>11</v>
+      </c>
+      <c r="I126" t="b">
+        <v>1</v>
+      </c>
+      <c r="J126" t="s">
+        <v>26</v>
+      </c>
+      <c r="K126">
+        <v>1</v>
+      </c>
+      <c r="L126" t="s">
+        <v>26</v>
+      </c>
+      <c r="M126">
+        <v>93.39</v>
+      </c>
+      <c r="N126" t="s">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>26</v>
+      </c>
+      <c r="P126" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>26</v>
+      </c>
+      <c r="R126" t="s">
+        <v>26</v>
+      </c>
+      <c r="S126" t="s">
+        <v>26</v>
+      </c>
+      <c r="T126" t="s">
+        <v>26</v>
+      </c>
+      <c r="U126">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="127" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A127">
+        <v>126</v>
+      </c>
+      <c r="B127" t="s">
+        <v>32</v>
+      </c>
+      <c r="C127" t="s">
+        <v>144</v>
+      </c>
+      <c r="E127" t="s">
+        <v>26</v>
+      </c>
+      <c r="F127" t="s">
+        <v>24</v>
+      </c>
+      <c r="G127" t="s">
+        <v>25</v>
+      </c>
+      <c r="H127">
+        <v>42</v>
+      </c>
+      <c r="I127" t="b">
+        <v>1</v>
+      </c>
+      <c r="J127" t="s">
+        <v>26</v>
+      </c>
+      <c r="K127">
+        <v>1</v>
+      </c>
+      <c r="L127" t="s">
+        <v>26</v>
+      </c>
+      <c r="M127" t="s">
+        <v>26</v>
+      </c>
+      <c r="N127">
+        <v>92.13</v>
+      </c>
+      <c r="O127" t="s">
+        <v>26</v>
+      </c>
+      <c r="P127" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>26</v>
+      </c>
+      <c r="R127" t="s">
+        <v>26</v>
+      </c>
+      <c r="S127" t="s">
+        <v>26</v>
+      </c>
+      <c r="T127" t="s">
+        <v>26</v>
+      </c>
+      <c r="U127">
+        <v>92.13</v>
+      </c>
+    </row>
+    <row r="128" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A128">
+        <v>127</v>
+      </c>
+      <c r="B128" t="s">
+        <v>279</v>
+      </c>
+      <c r="C128" t="s">
+        <v>280</v>
+      </c>
+      <c r="D128">
+        <v>1558</v>
+      </c>
+      <c r="E128" t="s">
+        <v>102</v>
+      </c>
+      <c r="F128" t="s">
+        <v>35</v>
+      </c>
+      <c r="G128" t="s">
+        <v>25</v>
+      </c>
+      <c r="H128">
+        <v>24</v>
+      </c>
+      <c r="I128" t="b">
+        <v>1</v>
+      </c>
+      <c r="J128" t="s">
+        <v>26</v>
+      </c>
+      <c r="K128">
+        <v>1</v>
+      </c>
+      <c r="L128" t="s">
+        <v>26</v>
+      </c>
+      <c r="M128" t="s">
+        <v>26</v>
+      </c>
+      <c r="N128" t="s">
+        <v>26</v>
+      </c>
+      <c r="O128">
+        <v>91.48</v>
+      </c>
+      <c r="P128" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>26</v>
+      </c>
+      <c r="R128" t="s">
+        <v>26</v>
+      </c>
+      <c r="S128" t="s">
+        <v>26</v>
+      </c>
+      <c r="T128" t="s">
+        <v>26</v>
+      </c>
+      <c r="U128">
+        <v>91.48</v>
+      </c>
+    </row>
+    <row r="129" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A129">
+        <v>128</v>
+      </c>
+      <c r="B129" t="s">
+        <v>254</v>
+      </c>
+      <c r="C129" t="s">
+        <v>281</v>
+      </c>
+      <c r="D129">
+        <v>768</v>
+      </c>
+      <c r="E129" t="s">
+        <v>59</v>
+      </c>
+      <c r="F129" t="s">
+        <v>43</v>
+      </c>
+      <c r="G129" t="s">
+        <v>25</v>
+      </c>
+      <c r="H129">
+        <v>12</v>
+      </c>
+      <c r="I129" t="b">
+        <v>1</v>
+      </c>
+      <c r="J129" t="s">
+        <v>26</v>
+      </c>
+      <c r="K129">
+        <v>1</v>
+      </c>
+      <c r="L129">
+        <v>91.35</v>
+      </c>
+      <c r="M129" t="s">
+        <v>26</v>
+      </c>
+      <c r="N129" t="s">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>26</v>
+      </c>
+      <c r="P129" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>26</v>
+      </c>
+      <c r="R129" t="s">
+        <v>26</v>
+      </c>
+      <c r="S129" t="s">
+        <v>26</v>
+      </c>
+      <c r="T129" t="s">
+        <v>26</v>
+      </c>
+      <c r="U129">
+        <v>91.35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A130">
+        <v>129</v>
+      </c>
+      <c r="B130" t="s">
+        <v>282</v>
+      </c>
+      <c r="C130" t="s">
+        <v>283</v>
+      </c>
+      <c r="E130" t="s">
+        <v>284</v>
+      </c>
+      <c r="F130" t="s">
+        <v>29</v>
+      </c>
+      <c r="G130" t="s">
+        <v>25</v>
+      </c>
+      <c r="H130">
+        <v>24</v>
+      </c>
+      <c r="I130" t="b">
+        <v>1</v>
+      </c>
+      <c r="J130" t="s">
+        <v>26</v>
+      </c>
+      <c r="K130">
+        <v>1</v>
+      </c>
+      <c r="L130" t="s">
+        <v>26</v>
+      </c>
+      <c r="M130" t="s">
+        <v>26</v>
+      </c>
+      <c r="N130" t="s">
+        <v>26</v>
+      </c>
+      <c r="O130">
+        <v>91.07</v>
+      </c>
+      <c r="P130" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>26</v>
+      </c>
+      <c r="R130" t="s">
+        <v>26</v>
+      </c>
+      <c r="S130" t="s">
+        <v>26</v>
+      </c>
+      <c r="T130" t="s">
+        <v>26</v>
+      </c>
+      <c r="U130">
+        <v>91.07</v>
+      </c>
+    </row>
+    <row r="131" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A131">
+        <v>130</v>
+      </c>
+      <c r="B131" t="s">
+        <v>285</v>
+      </c>
+      <c r="C131" t="s">
+        <v>286</v>
+      </c>
+      <c r="D131">
+        <v>1700</v>
+      </c>
+      <c r="E131" t="s">
+        <v>59</v>
+      </c>
+      <c r="F131" t="s">
+        <v>29</v>
+      </c>
+      <c r="G131" t="s">
+        <v>60</v>
+      </c>
+      <c r="H131">
         <v>6</v>
       </c>
-      <c r="I91" t="b">
-[...2 lines deleted...]
-      <c r="J91" t="s">
+      <c r="I131" t="b">
+        <v>1</v>
+      </c>
+      <c r="J131" t="s">
+        <v>26</v>
+      </c>
+      <c r="K131">
+        <v>1</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131">
+        <v>90.65</v>
+      </c>
+      <c r="N131" t="s">
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>26</v>
+      </c>
+      <c r="P131" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>26</v>
+      </c>
+      <c r="R131" t="s">
+        <v>26</v>
+      </c>
+      <c r="S131" t="s">
+        <v>26</v>
+      </c>
+      <c r="T131" t="s">
+        <v>26</v>
+      </c>
+      <c r="U131">
+        <v>90.65</v>
+      </c>
+    </row>
+    <row r="132" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A132">
+        <v>131</v>
+      </c>
+      <c r="B132" t="s">
+        <v>254</v>
+      </c>
+      <c r="C132" t="s">
+        <v>181</v>
+      </c>
+      <c r="E132" t="s">
+        <v>26</v>
+      </c>
+      <c r="F132" t="s">
         <v>24</v>
       </c>
-      <c r="K91">
-[...2 lines deleted...]
-      <c r="L91">
+      <c r="G132" t="s">
+        <v>25</v>
+      </c>
+      <c r="H132">
+        <v>43</v>
+      </c>
+      <c r="I132" t="b">
+        <v>1</v>
+      </c>
+      <c r="J132" t="s">
+        <v>26</v>
+      </c>
+      <c r="K132">
+        <v>1</v>
+      </c>
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
+        <v>26</v>
+      </c>
+      <c r="N132">
+        <v>90.42</v>
+      </c>
+      <c r="O132" t="s">
+        <v>26</v>
+      </c>
+      <c r="P132" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>26</v>
+      </c>
+      <c r="R132" t="s">
+        <v>26</v>
+      </c>
+      <c r="S132" t="s">
+        <v>26</v>
+      </c>
+      <c r="T132" t="s">
+        <v>26</v>
+      </c>
+      <c r="U132">
+        <v>90.42</v>
+      </c>
+    </row>
+    <row r="133" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A133">
+        <v>132</v>
+      </c>
+      <c r="B133" t="s">
+        <v>287</v>
+      </c>
+      <c r="C133" t="s">
+        <v>288</v>
+      </c>
+      <c r="D133">
+        <v>1171</v>
+      </c>
+      <c r="E133" t="s">
+        <v>289</v>
+      </c>
+      <c r="F133" t="s">
+        <v>43</v>
+      </c>
+      <c r="G133" t="s">
+        <v>25</v>
+      </c>
+      <c r="H133">
+        <v>13</v>
+      </c>
+      <c r="I133" t="b">
+        <v>1</v>
+      </c>
+      <c r="J133" t="s">
+        <v>26</v>
+      </c>
+      <c r="K133">
+        <v>1</v>
+      </c>
+      <c r="L133" t="s">
+        <v>26</v>
+      </c>
+      <c r="M133">
+        <v>89.65</v>
+      </c>
+      <c r="N133" t="s">
+        <v>26</v>
+      </c>
+      <c r="O133" t="s">
+        <v>26</v>
+      </c>
+      <c r="P133" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>26</v>
+      </c>
+      <c r="R133" t="s">
+        <v>26</v>
+      </c>
+      <c r="S133" t="s">
+        <v>26</v>
+      </c>
+      <c r="T133" t="s">
+        <v>26</v>
+      </c>
+      <c r="U133">
+        <v>89.65</v>
+      </c>
+    </row>
+    <row r="134" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A134">
+        <v>133</v>
+      </c>
+      <c r="B134" t="s">
+        <v>290</v>
+      </c>
+      <c r="C134" t="s">
+        <v>291</v>
+      </c>
+      <c r="E134" t="s">
+        <v>26</v>
+      </c>
+      <c r="F134" t="s">
+        <v>24</v>
+      </c>
+      <c r="G134" t="s">
+        <v>25</v>
+      </c>
+      <c r="H134">
+        <v>44</v>
+      </c>
+      <c r="I134" t="b">
+        <v>1</v>
+      </c>
+      <c r="J134" t="s">
+        <v>26</v>
+      </c>
+      <c r="K134">
+        <v>1</v>
+      </c>
+      <c r="L134" t="s">
+        <v>26</v>
+      </c>
+      <c r="M134" t="s">
+        <v>26</v>
+      </c>
+      <c r="N134" t="s">
+        <v>26</v>
+      </c>
+      <c r="O134">
+        <v>88.21</v>
+      </c>
+      <c r="P134" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>26</v>
+      </c>
+      <c r="R134" t="s">
+        <v>26</v>
+      </c>
+      <c r="S134" t="s">
+        <v>26</v>
+      </c>
+      <c r="T134" t="s">
+        <v>26</v>
+      </c>
+      <c r="U134">
+        <v>88.21</v>
+      </c>
+    </row>
+    <row r="135" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A135">
+        <v>134</v>
+      </c>
+      <c r="B135" t="s">
+        <v>292</v>
+      </c>
+      <c r="C135" t="s">
+        <v>63</v>
+      </c>
+      <c r="E135" t="s">
+        <v>26</v>
+      </c>
+      <c r="F135" t="s">
+        <v>24</v>
+      </c>
+      <c r="G135" t="s">
+        <v>25</v>
+      </c>
+      <c r="H135">
+        <v>45</v>
+      </c>
+      <c r="I135" t="b">
+        <v>1</v>
+      </c>
+      <c r="J135" t="s">
+        <v>26</v>
+      </c>
+      <c r="K135">
+        <v>1</v>
+      </c>
+      <c r="L135" t="s">
+        <v>26</v>
+      </c>
+      <c r="M135" t="s">
+        <v>26</v>
+      </c>
+      <c r="N135" t="s">
+        <v>26</v>
+      </c>
+      <c r="O135">
+        <v>87.98</v>
+      </c>
+      <c r="P135" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>26</v>
+      </c>
+      <c r="R135" t="s">
+        <v>26</v>
+      </c>
+      <c r="S135" t="s">
+        <v>26</v>
+      </c>
+      <c r="T135" t="s">
+        <v>26</v>
+      </c>
+      <c r="U135">
+        <v>87.98</v>
+      </c>
+    </row>
+    <row r="136" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A136">
+        <v>135</v>
+      </c>
+      <c r="B136" t="s">
+        <v>293</v>
+      </c>
+      <c r="C136" t="s">
+        <v>294</v>
+      </c>
+      <c r="D136">
+        <v>2476</v>
+      </c>
+      <c r="E136" t="s">
+        <v>26</v>
+      </c>
+      <c r="F136" t="s">
+        <v>29</v>
+      </c>
+      <c r="G136" t="s">
+        <v>60</v>
+      </c>
+      <c r="H136">
+        <v>7</v>
+      </c>
+      <c r="I136" t="b">
+        <v>1</v>
+      </c>
+      <c r="J136" t="s">
+        <v>26</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
+      </c>
+      <c r="L136" t="s">
+        <v>26</v>
+      </c>
+      <c r="M136">
+        <v>87.42</v>
+      </c>
+      <c r="N136" t="s">
+        <v>26</v>
+      </c>
+      <c r="O136" t="s">
+        <v>26</v>
+      </c>
+      <c r="P136" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>26</v>
+      </c>
+      <c r="R136" t="s">
+        <v>26</v>
+      </c>
+      <c r="S136" t="s">
+        <v>26</v>
+      </c>
+      <c r="T136" t="s">
+        <v>26</v>
+      </c>
+      <c r="U136">
+        <v>87.42</v>
+      </c>
+    </row>
+    <row r="137" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A137">
+        <v>136</v>
+      </c>
+      <c r="B137" t="s">
+        <v>66</v>
+      </c>
+      <c r="C137" t="s">
+        <v>295</v>
+      </c>
+      <c r="E137" t="s">
+        <v>26</v>
+      </c>
+      <c r="F137" t="s">
+        <v>35</v>
+      </c>
+      <c r="G137" t="s">
+        <v>60</v>
+      </c>
+      <c r="H137">
+        <v>6</v>
+      </c>
+      <c r="I137" t="b">
+        <v>1</v>
+      </c>
+      <c r="J137" t="s">
+        <v>26</v>
+      </c>
+      <c r="K137">
+        <v>1</v>
+      </c>
+      <c r="L137" t="s">
+        <v>26</v>
+      </c>
+      <c r="M137" t="s">
+        <v>26</v>
+      </c>
+      <c r="N137" t="s">
+        <v>26</v>
+      </c>
+      <c r="O137">
+        <v>86.26</v>
+      </c>
+      <c r="P137" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>26</v>
+      </c>
+      <c r="R137" t="s">
+        <v>26</v>
+      </c>
+      <c r="S137" t="s">
+        <v>26</v>
+      </c>
+      <c r="T137" t="s">
+        <v>26</v>
+      </c>
+      <c r="U137">
+        <v>86.26</v>
+      </c>
+    </row>
+    <row r="138" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138" t="s">
+        <v>296</v>
+      </c>
+      <c r="C138" t="s">
+        <v>274</v>
+      </c>
+      <c r="E138" t="s">
+        <v>26</v>
+      </c>
+      <c r="F138" t="s">
+        <v>24</v>
+      </c>
+      <c r="G138" t="s">
+        <v>60</v>
+      </c>
+      <c r="H138">
+        <v>9</v>
+      </c>
+      <c r="I138" t="b">
+        <v>1</v>
+      </c>
+      <c r="J138" t="s">
+        <v>26</v>
+      </c>
+      <c r="K138">
+        <v>1</v>
+      </c>
+      <c r="L138" t="s">
+        <v>26</v>
+      </c>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>26</v>
+      </c>
+      <c r="O138">
+        <v>84.65</v>
+      </c>
+      <c r="P138" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>26</v>
+      </c>
+      <c r="R138" t="s">
+        <v>26</v>
+      </c>
+      <c r="S138" t="s">
+        <v>26</v>
+      </c>
+      <c r="T138" t="s">
+        <v>26</v>
+      </c>
+      <c r="U138">
+        <v>84.65</v>
+      </c>
+    </row>
+    <row r="139" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A139">
+        <v>138</v>
+      </c>
+      <c r="B139" t="s">
+        <v>66</v>
+      </c>
+      <c r="C139" t="s">
+        <v>297</v>
+      </c>
+      <c r="D139">
+        <v>1948</v>
+      </c>
+      <c r="E139" t="s">
+        <v>298</v>
+      </c>
+      <c r="F139" t="s">
+        <v>35</v>
+      </c>
+      <c r="G139" t="s">
+        <v>60</v>
+      </c>
+      <c r="H139">
+        <v>7</v>
+      </c>
+      <c r="I139" t="b">
+        <v>1</v>
+      </c>
+      <c r="J139" t="s">
+        <v>26</v>
+      </c>
+      <c r="K139">
+        <v>1</v>
+      </c>
+      <c r="L139" t="s">
+        <v>26</v>
+      </c>
+      <c r="M139" t="s">
+        <v>26</v>
+      </c>
+      <c r="N139" t="s">
+        <v>26</v>
+      </c>
+      <c r="O139">
+        <v>84.18</v>
+      </c>
+      <c r="P139" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>26</v>
+      </c>
+      <c r="R139" t="s">
+        <v>26</v>
+      </c>
+      <c r="S139" t="s">
+        <v>26</v>
+      </c>
+      <c r="T139" t="s">
+        <v>26</v>
+      </c>
+      <c r="U139">
+        <v>84.18</v>
+      </c>
+    </row>
+    <row r="140" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A140">
+        <v>139</v>
+      </c>
+      <c r="B140" t="s">
+        <v>299</v>
+      </c>
+      <c r="C140" t="s">
+        <v>300</v>
+      </c>
+      <c r="E140" t="s">
+        <v>26</v>
+      </c>
+      <c r="F140" t="s">
+        <v>24</v>
+      </c>
+      <c r="G140" t="s">
+        <v>60</v>
+      </c>
+      <c r="H140">
+        <v>10</v>
+      </c>
+      <c r="I140" t="b">
+        <v>1</v>
+      </c>
+      <c r="J140" t="s">
+        <v>26</v>
+      </c>
+      <c r="K140">
+        <v>1</v>
+      </c>
+      <c r="L140" t="s">
+        <v>26</v>
+      </c>
+      <c r="M140" t="s">
+        <v>26</v>
+      </c>
+      <c r="N140" t="s">
+        <v>26</v>
+      </c>
+      <c r="O140">
+        <v>83.67</v>
+      </c>
+      <c r="P140" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>26</v>
+      </c>
+      <c r="R140" t="s">
+        <v>26</v>
+      </c>
+      <c r="S140" t="s">
+        <v>26</v>
+      </c>
+      <c r="T140" t="s">
+        <v>26</v>
+      </c>
+      <c r="U140">
+        <v>83.67</v>
+      </c>
+    </row>
+    <row r="141" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A141">
+        <v>140</v>
+      </c>
+      <c r="B141" t="s">
+        <v>301</v>
+      </c>
+      <c r="C141" t="s">
+        <v>274</v>
+      </c>
+      <c r="E141" t="s">
+        <v>26</v>
+      </c>
+      <c r="F141" t="s">
+        <v>24</v>
+      </c>
+      <c r="G141" t="s">
+        <v>60</v>
+      </c>
+      <c r="H141">
+        <v>11</v>
+      </c>
+      <c r="I141" t="b">
+        <v>1</v>
+      </c>
+      <c r="J141" t="s">
+        <v>26</v>
+      </c>
+      <c r="K141">
+        <v>1</v>
+      </c>
+      <c r="L141" t="s">
+        <v>26</v>
+      </c>
+      <c r="M141" t="s">
+        <v>26</v>
+      </c>
+      <c r="N141" t="s">
+        <v>26</v>
+      </c>
+      <c r="O141">
+        <v>83.62</v>
+      </c>
+      <c r="P141" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>26</v>
+      </c>
+      <c r="R141" t="s">
+        <v>26</v>
+      </c>
+      <c r="S141" t="s">
+        <v>26</v>
+      </c>
+      <c r="T141" t="s">
+        <v>26</v>
+      </c>
+      <c r="U141">
+        <v>83.62</v>
+      </c>
+    </row>
+    <row r="142" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A142">
+        <v>141</v>
+      </c>
+      <c r="B142" t="s">
+        <v>302</v>
+      </c>
+      <c r="C142" t="s">
+        <v>303</v>
+      </c>
+      <c r="D142">
+        <v>631</v>
+      </c>
+      <c r="E142" t="s">
+        <v>23</v>
+      </c>
+      <c r="F142" t="s">
+        <v>43</v>
+      </c>
+      <c r="G142" t="s">
+        <v>25</v>
+      </c>
+      <c r="H142">
+        <v>14</v>
+      </c>
+      <c r="I142" t="b">
+        <v>1</v>
+      </c>
+      <c r="J142" t="s">
+        <v>26</v>
+      </c>
+      <c r="K142">
+        <v>1</v>
+      </c>
+      <c r="L142">
+        <v>82.18</v>
+      </c>
+      <c r="M142" t="s">
+        <v>26</v>
+      </c>
+      <c r="N142" t="s">
+        <v>26</v>
+      </c>
+      <c r="O142" t="s">
+        <v>26</v>
+      </c>
+      <c r="P142" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>26</v>
+      </c>
+      <c r="R142" t="s">
+        <v>26</v>
+      </c>
+      <c r="S142" t="s">
+        <v>26</v>
+      </c>
+      <c r="T142" t="s">
+        <v>26</v>
+      </c>
+      <c r="U142">
+        <v>82.18</v>
+      </c>
+    </row>
+    <row r="143" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A143">
+        <v>142</v>
+      </c>
+      <c r="B143" t="s">
+        <v>304</v>
+      </c>
+      <c r="C143" t="s">
+        <v>305</v>
+      </c>
+      <c r="E143" t="s">
+        <v>26</v>
+      </c>
+      <c r="F143" t="s">
+        <v>24</v>
+      </c>
+      <c r="G143" t="s">
+        <v>25</v>
+      </c>
+      <c r="H143">
+        <v>46</v>
+      </c>
+      <c r="I143" t="b">
+        <v>1</v>
+      </c>
+      <c r="J143" t="s">
+        <v>26</v>
+      </c>
+      <c r="K143">
+        <v>1</v>
+      </c>
+      <c r="L143" t="s">
+        <v>26</v>
+      </c>
+      <c r="M143" t="s">
+        <v>26</v>
+      </c>
+      <c r="N143" t="s">
+        <v>26</v>
+      </c>
+      <c r="O143">
+        <v>81.93</v>
+      </c>
+      <c r="P143" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>26</v>
+      </c>
+      <c r="R143" t="s">
+        <v>26</v>
+      </c>
+      <c r="S143" t="s">
+        <v>26</v>
+      </c>
+      <c r="T143" t="s">
+        <v>26</v>
+      </c>
+      <c r="U143">
+        <v>81.93</v>
+      </c>
+    </row>
+    <row r="144" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A144">
+        <v>143</v>
+      </c>
+      <c r="B144" t="s">
+        <v>306</v>
+      </c>
+      <c r="C144" t="s">
+        <v>307</v>
+      </c>
+      <c r="E144" t="s">
+        <v>26</v>
+      </c>
+      <c r="F144" t="s">
+        <v>24</v>
+      </c>
+      <c r="G144" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144">
+        <v>47</v>
+      </c>
+      <c r="I144" t="b">
+        <v>1</v>
+      </c>
+      <c r="J144" t="s">
+        <v>26</v>
+      </c>
+      <c r="K144">
+        <v>1</v>
+      </c>
+      <c r="L144" t="s">
+        <v>26</v>
+      </c>
+      <c r="M144" t="s">
+        <v>26</v>
+      </c>
+      <c r="N144" t="s">
+        <v>26</v>
+      </c>
+      <c r="O144">
+        <v>81.36</v>
+      </c>
+      <c r="P144" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>26</v>
+      </c>
+      <c r="R144" t="s">
+        <v>26</v>
+      </c>
+      <c r="S144" t="s">
+        <v>26</v>
+      </c>
+      <c r="T144" t="s">
+        <v>26</v>
+      </c>
+      <c r="U144">
+        <v>81.36</v>
+      </c>
+    </row>
+    <row r="145" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A145">
+        <v>144</v>
+      </c>
+      <c r="B145" t="s">
+        <v>308</v>
+      </c>
+      <c r="C145" t="s">
+        <v>309</v>
+      </c>
+      <c r="E145" t="s">
+        <v>108</v>
+      </c>
+      <c r="F145" t="s">
+        <v>35</v>
+      </c>
+      <c r="G145" t="s">
+        <v>60</v>
+      </c>
+      <c r="H145">
+        <v>8</v>
+      </c>
+      <c r="I145" t="b">
+        <v>1</v>
+      </c>
+      <c r="J145" t="s">
+        <v>26</v>
+      </c>
+      <c r="K145">
+        <v>1</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
+      </c>
+      <c r="M145">
+        <v>80.9</v>
+      </c>
+      <c r="N145" t="s">
+        <v>26</v>
+      </c>
+      <c r="O145" t="s">
+        <v>26</v>
+      </c>
+      <c r="P145" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>26</v>
+      </c>
+      <c r="R145" t="s">
+        <v>26</v>
+      </c>
+      <c r="S145" t="s">
+        <v>26</v>
+      </c>
+      <c r="T145" t="s">
+        <v>26</v>
+      </c>
+      <c r="U145">
+        <v>80.9</v>
+      </c>
+    </row>
+    <row r="146" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A146">
+        <v>145</v>
+      </c>
+      <c r="B146" t="s">
+        <v>30</v>
+      </c>
+      <c r="C146" t="s">
+        <v>310</v>
+      </c>
+      <c r="E146" t="s">
+        <v>26</v>
+      </c>
+      <c r="F146" t="s">
+        <v>24</v>
+      </c>
+      <c r="G146" t="s">
+        <v>25</v>
+      </c>
+      <c r="H146">
+        <v>48</v>
+      </c>
+      <c r="I146" t="b">
+        <v>1</v>
+      </c>
+      <c r="J146" t="s">
+        <v>26</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
+      </c>
+      <c r="L146" t="s">
+        <v>26</v>
+      </c>
+      <c r="M146">
+        <v>80.85</v>
+      </c>
+      <c r="N146" t="s">
+        <v>26</v>
+      </c>
+      <c r="O146" t="s">
+        <v>26</v>
+      </c>
+      <c r="P146" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>26</v>
+      </c>
+      <c r="R146" t="s">
+        <v>26</v>
+      </c>
+      <c r="S146" t="s">
+        <v>26</v>
+      </c>
+      <c r="T146" t="s">
+        <v>26</v>
+      </c>
+      <c r="U146">
+        <v>80.85</v>
+      </c>
+    </row>
+    <row r="147" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A147">
+        <v>146</v>
+      </c>
+      <c r="B147" t="s">
+        <v>311</v>
+      </c>
+      <c r="C147" t="s">
+        <v>312</v>
+      </c>
+      <c r="D147">
+        <v>2118</v>
+      </c>
+      <c r="E147" t="s">
+        <v>23</v>
+      </c>
+      <c r="F147" t="s">
+        <v>43</v>
+      </c>
+      <c r="G147" t="s">
+        <v>60</v>
+      </c>
+      <c r="H147">
+        <v>5</v>
+      </c>
+      <c r="I147" t="b">
+        <v>1</v>
+      </c>
+      <c r="J147" t="s">
+        <v>26</v>
+      </c>
+      <c r="K147">
+        <v>1</v>
+      </c>
+      <c r="L147" t="s">
+        <v>26</v>
+      </c>
+      <c r="M147" t="s">
+        <v>26</v>
+      </c>
+      <c r="N147">
+        <v>80.68</v>
+      </c>
+      <c r="O147" t="s">
+        <v>26</v>
+      </c>
+      <c r="P147" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>26</v>
+      </c>
+      <c r="R147" t="s">
+        <v>26</v>
+      </c>
+      <c r="S147" t="s">
+        <v>26</v>
+      </c>
+      <c r="T147" t="s">
+        <v>26</v>
+      </c>
+      <c r="U147">
+        <v>80.68</v>
+      </c>
+    </row>
+    <row r="148" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A148">
+        <v>147</v>
+      </c>
+      <c r="B148" t="s">
+        <v>106</v>
+      </c>
+      <c r="C148" t="s">
+        <v>291</v>
+      </c>
+      <c r="E148" t="s">
+        <v>70</v>
+      </c>
+      <c r="F148" t="s">
+        <v>24</v>
+      </c>
+      <c r="G148" t="s">
+        <v>25</v>
+      </c>
+      <c r="H148">
+        <v>49</v>
+      </c>
+      <c r="I148" t="b">
+        <v>1</v>
+      </c>
+      <c r="J148" t="s">
+        <v>26</v>
+      </c>
+      <c r="K148">
+        <v>1</v>
+      </c>
+      <c r="L148" t="s">
+        <v>26</v>
+      </c>
+      <c r="M148" t="s">
+        <v>26</v>
+      </c>
+      <c r="N148" t="s">
+        <v>26</v>
+      </c>
+      <c r="O148">
+        <v>80.37</v>
+      </c>
+      <c r="P148" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>26</v>
+      </c>
+      <c r="R148" t="s">
+        <v>26</v>
+      </c>
+      <c r="S148" t="s">
+        <v>26</v>
+      </c>
+      <c r="T148" t="s">
+        <v>26</v>
+      </c>
+      <c r="U148">
+        <v>80.37</v>
+      </c>
+    </row>
+    <row r="149" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A149">
+        <v>148</v>
+      </c>
+      <c r="B149" t="s">
+        <v>47</v>
+      </c>
+      <c r="C149" t="s">
+        <v>313</v>
+      </c>
+      <c r="E149" t="s">
+        <v>314</v>
+      </c>
+      <c r="F149" t="s">
+        <v>35</v>
+      </c>
+      <c r="G149" t="s">
+        <v>25</v>
+      </c>
+      <c r="H149">
+        <v>25</v>
+      </c>
+      <c r="I149" t="b">
+        <v>1</v>
+      </c>
+      <c r="J149" t="s">
+        <v>26</v>
+      </c>
+      <c r="K149">
+        <v>1</v>
+      </c>
+      <c r="L149" t="s">
+        <v>26</v>
+      </c>
+      <c r="M149" t="s">
+        <v>26</v>
+      </c>
+      <c r="N149" t="s">
+        <v>26</v>
+      </c>
+      <c r="O149">
+        <v>79.61</v>
+      </c>
+      <c r="P149" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>26</v>
+      </c>
+      <c r="R149" t="s">
+        <v>26</v>
+      </c>
+      <c r="S149" t="s">
+        <v>26</v>
+      </c>
+      <c r="T149" t="s">
+        <v>26</v>
+      </c>
+      <c r="U149">
+        <v>79.61</v>
+      </c>
+    </row>
+    <row r="150" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A150">
+        <v>149</v>
+      </c>
+      <c r="B150" t="s">
+        <v>315</v>
+      </c>
+      <c r="C150" t="s">
+        <v>316</v>
+      </c>
+      <c r="E150" t="s">
+        <v>142</v>
+      </c>
+      <c r="F150" t="s">
+        <v>29</v>
+      </c>
+      <c r="G150" t="s">
+        <v>25</v>
+      </c>
+      <c r="H150">
+        <v>25</v>
+      </c>
+      <c r="I150" t="b">
+        <v>1</v>
+      </c>
+      <c r="J150" t="s">
+        <v>26</v>
+      </c>
+      <c r="K150">
+        <v>1</v>
+      </c>
+      <c r="L150" t="s">
+        <v>26</v>
+      </c>
+      <c r="M150" t="s">
+        <v>26</v>
+      </c>
+      <c r="N150" t="s">
+        <v>26</v>
+      </c>
+      <c r="O150">
+        <v>76.83</v>
+      </c>
+      <c r="P150" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>26</v>
+      </c>
+      <c r="R150" t="s">
+        <v>26</v>
+      </c>
+      <c r="S150" t="s">
+        <v>26</v>
+      </c>
+      <c r="T150" t="s">
+        <v>26</v>
+      </c>
+      <c r="U150">
+        <v>76.83</v>
+      </c>
+    </row>
+    <row r="151" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A151">
+        <v>150</v>
+      </c>
+      <c r="B151" t="s">
+        <v>317</v>
+      </c>
+      <c r="C151" t="s">
+        <v>318</v>
+      </c>
+      <c r="E151" t="s">
+        <v>319</v>
+      </c>
+      <c r="F151" t="s">
+        <v>24</v>
+      </c>
+      <c r="G151" t="s">
+        <v>60</v>
+      </c>
+      <c r="H151">
+        <v>12</v>
+      </c>
+      <c r="I151" t="b">
+        <v>1</v>
+      </c>
+      <c r="J151" t="s">
+        <v>26</v>
+      </c>
+      <c r="K151">
+        <v>1</v>
+      </c>
+      <c r="L151" t="s">
+        <v>26</v>
+      </c>
+      <c r="M151">
+        <v>75.37</v>
+      </c>
+      <c r="N151" t="s">
+        <v>26</v>
+      </c>
+      <c r="O151" t="s">
+        <v>26</v>
+      </c>
+      <c r="P151" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>26</v>
+      </c>
+      <c r="R151" t="s">
+        <v>26</v>
+      </c>
+      <c r="S151" t="s">
+        <v>26</v>
+      </c>
+      <c r="T151" t="s">
+        <v>26</v>
+      </c>
+      <c r="U151">
+        <v>75.37</v>
+      </c>
+    </row>
+    <row r="152" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A152">
+        <v>151</v>
+      </c>
+      <c r="B152" t="s">
+        <v>320</v>
+      </c>
+      <c r="C152" t="s">
+        <v>321</v>
+      </c>
+      <c r="E152" t="s">
+        <v>26</v>
+      </c>
+      <c r="F152" t="s">
+        <v>29</v>
+      </c>
+      <c r="G152" t="s">
+        <v>60</v>
+      </c>
+      <c r="H152">
+        <v>8</v>
+      </c>
+      <c r="I152" t="b">
+        <v>1</v>
+      </c>
+      <c r="J152" t="s">
+        <v>26</v>
+      </c>
+      <c r="K152">
+        <v>1</v>
+      </c>
+      <c r="L152" t="s">
+        <v>26</v>
+      </c>
+      <c r="M152" t="s">
+        <v>26</v>
+      </c>
+      <c r="N152" t="s">
+        <v>26</v>
+      </c>
+      <c r="O152">
+        <v>73.81</v>
+      </c>
+      <c r="P152" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>26</v>
+      </c>
+      <c r="R152" t="s">
+        <v>26</v>
+      </c>
+      <c r="S152" t="s">
+        <v>26</v>
+      </c>
+      <c r="T152" t="s">
+        <v>26</v>
+      </c>
+      <c r="U152">
+        <v>73.81</v>
+      </c>
+    </row>
+    <row r="153" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A153">
+        <v>152</v>
+      </c>
+      <c r="B153" t="s">
+        <v>322</v>
+      </c>
+      <c r="C153" t="s">
+        <v>323</v>
+      </c>
+      <c r="E153" t="s">
+        <v>26</v>
+      </c>
+      <c r="F153" t="s">
+        <v>24</v>
+      </c>
+      <c r="G153" t="s">
+        <v>60</v>
+      </c>
+      <c r="H153">
+        <v>13</v>
+      </c>
+      <c r="I153" t="b">
+        <v>1</v>
+      </c>
+      <c r="J153" t="s">
+        <v>26</v>
+      </c>
+      <c r="K153">
+        <v>1</v>
+      </c>
+      <c r="L153" t="s">
+        <v>26</v>
+      </c>
+      <c r="M153" t="s">
+        <v>26</v>
+      </c>
+      <c r="N153" t="s">
+        <v>26</v>
+      </c>
+      <c r="O153">
+        <v>72.62</v>
+      </c>
+      <c r="P153" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>26</v>
+      </c>
+      <c r="R153" t="s">
+        <v>26</v>
+      </c>
+      <c r="S153" t="s">
+        <v>26</v>
+      </c>
+      <c r="T153" t="s">
+        <v>26</v>
+      </c>
+      <c r="U153">
+        <v>72.62</v>
+      </c>
+    </row>
+    <row r="154" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A154">
+        <v>153</v>
+      </c>
+      <c r="B154" t="s">
+        <v>324</v>
+      </c>
+      <c r="C154" t="s">
+        <v>325</v>
+      </c>
+      <c r="E154" t="s">
+        <v>108</v>
+      </c>
+      <c r="F154" t="s">
+        <v>43</v>
+      </c>
+      <c r="G154" t="s">
+        <v>60</v>
+      </c>
+      <c r="H154">
+        <v>6</v>
+      </c>
+      <c r="I154" t="b">
+        <v>1</v>
+      </c>
+      <c r="J154" t="s">
+        <v>26</v>
+      </c>
+      <c r="K154">
+        <v>1</v>
+      </c>
+      <c r="L154" t="s">
+        <v>26</v>
+      </c>
+      <c r="M154" t="s">
+        <v>26</v>
+      </c>
+      <c r="N154" t="s">
+        <v>26</v>
+      </c>
+      <c r="O154">
+        <v>71.92</v>
+      </c>
+      <c r="P154" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>26</v>
+      </c>
+      <c r="R154" t="s">
+        <v>26</v>
+      </c>
+      <c r="S154" t="s">
+        <v>26</v>
+      </c>
+      <c r="T154" t="s">
+        <v>26</v>
+      </c>
+      <c r="U154">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="155" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A155">
+        <v>154</v>
+      </c>
+      <c r="B155" t="s">
+        <v>326</v>
+      </c>
+      <c r="C155" t="s">
+        <v>327</v>
+      </c>
+      <c r="E155" t="s">
+        <v>26</v>
+      </c>
+      <c r="F155" t="s">
+        <v>35</v>
+      </c>
+      <c r="G155" t="s">
+        <v>60</v>
+      </c>
+      <c r="H155">
+        <v>9</v>
+      </c>
+      <c r="I155" t="b">
+        <v>1</v>
+      </c>
+      <c r="J155" t="s">
+        <v>26</v>
+      </c>
+      <c r="K155">
+        <v>1</v>
+      </c>
+      <c r="L155" t="s">
+        <v>26</v>
+      </c>
+      <c r="M155" t="s">
+        <v>26</v>
+      </c>
+      <c r="N155" t="s">
+        <v>26</v>
+      </c>
+      <c r="O155">
+        <v>71.92</v>
+      </c>
+      <c r="P155" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>26</v>
+      </c>
+      <c r="R155" t="s">
+        <v>26</v>
+      </c>
+      <c r="S155" t="s">
+        <v>26</v>
+      </c>
+      <c r="T155" t="s">
+        <v>26</v>
+      </c>
+      <c r="U155">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="156" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A156">
+        <v>155</v>
+      </c>
+      <c r="B156" t="s">
+        <v>328</v>
+      </c>
+      <c r="C156" t="s">
+        <v>329</v>
+      </c>
+      <c r="D156">
+        <v>2406</v>
+      </c>
+      <c r="E156" t="s">
+        <v>49</v>
+      </c>
+      <c r="F156" t="s">
+        <v>43</v>
+      </c>
+      <c r="G156" t="s">
+        <v>25</v>
+      </c>
+      <c r="H156">
+        <v>15</v>
+      </c>
+      <c r="I156" t="b">
+        <v>1</v>
+      </c>
+      <c r="J156" t="s">
+        <v>26</v>
+      </c>
+      <c r="K156">
+        <v>1</v>
+      </c>
+      <c r="L156">
+        <v>70.76</v>
+      </c>
+      <c r="M156" t="s">
+        <v>26</v>
+      </c>
+      <c r="N156" t="s">
+        <v>26</v>
+      </c>
+      <c r="O156" t="s">
+        <v>26</v>
+      </c>
+      <c r="P156" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>26</v>
+      </c>
+      <c r="R156" t="s">
+        <v>26</v>
+      </c>
+      <c r="S156" t="s">
+        <v>26</v>
+      </c>
+      <c r="T156" t="s">
+        <v>26</v>
+      </c>
+      <c r="U156">
+        <v>70.76</v>
+      </c>
+    </row>
+    <row r="157" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A157">
+        <v>156</v>
+      </c>
+      <c r="B157" t="s">
+        <v>330</v>
+      </c>
+      <c r="C157" t="s">
+        <v>331</v>
+      </c>
+      <c r="E157" t="s">
+        <v>26</v>
+      </c>
+      <c r="F157" t="s">
+        <v>24</v>
+      </c>
+      <c r="G157" t="s">
+        <v>60</v>
+      </c>
+      <c r="H157">
+        <v>14</v>
+      </c>
+      <c r="I157" t="b">
+        <v>1</v>
+      </c>
+      <c r="J157" t="s">
+        <v>26</v>
+      </c>
+      <c r="K157">
+        <v>1</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>26</v>
+      </c>
+      <c r="N157" t="s">
+        <v>26</v>
+      </c>
+      <c r="O157">
+        <v>70.11</v>
+      </c>
+      <c r="P157" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>26</v>
+      </c>
+      <c r="R157" t="s">
+        <v>26</v>
+      </c>
+      <c r="S157" t="s">
+        <v>26</v>
+      </c>
+      <c r="T157" t="s">
+        <v>26</v>
+      </c>
+      <c r="U157">
+        <v>70.11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A158">
+        <v>157</v>
+      </c>
+      <c r="B158" t="s">
+        <v>254</v>
+      </c>
+      <c r="C158" t="s">
+        <v>332</v>
+      </c>
+      <c r="D158">
+        <v>2214</v>
+      </c>
+      <c r="E158" t="s">
+        <v>298</v>
+      </c>
+      <c r="F158" t="s">
+        <v>29</v>
+      </c>
+      <c r="G158" t="s">
+        <v>25</v>
+      </c>
+      <c r="H158">
+        <v>26</v>
+      </c>
+      <c r="I158" t="b">
+        <v>1</v>
+      </c>
+      <c r="J158" t="s">
+        <v>26</v>
+      </c>
+      <c r="K158">
+        <v>1</v>
+      </c>
+      <c r="L158" t="s">
+        <v>26</v>
+      </c>
+      <c r="M158" t="s">
+        <v>26</v>
+      </c>
+      <c r="N158">
+        <v>57.53</v>
+      </c>
+      <c r="O158" t="s">
+        <v>26</v>
+      </c>
+      <c r="P158" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>26</v>
+      </c>
+      <c r="R158" t="s">
+        <v>26</v>
+      </c>
+      <c r="S158" t="s">
+        <v>26</v>
+      </c>
+      <c r="T158" t="s">
+        <v>26</v>
+      </c>
+      <c r="U158">
+        <v>57.53</v>
+      </c>
+    </row>
+    <row r="159" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A159">
+        <v>158</v>
+      </c>
+      <c r="B159" t="s">
+        <v>333</v>
+      </c>
+      <c r="C159" t="s">
+        <v>334</v>
+      </c>
+      <c r="E159" t="s">
+        <v>298</v>
+      </c>
+      <c r="F159" t="s">
+        <v>24</v>
+      </c>
+      <c r="G159" t="s">
+        <v>60</v>
+      </c>
+      <c r="H159">
+        <v>15</v>
+      </c>
+      <c r="I159" t="b">
+        <v>1</v>
+      </c>
+      <c r="J159" t="s">
+        <v>26</v>
+      </c>
+      <c r="K159">
+        <v>1</v>
+      </c>
+      <c r="L159" t="s">
+        <v>26</v>
+      </c>
+      <c r="M159" t="s">
+        <v>26</v>
+      </c>
+      <c r="N159">
+        <v>57.5</v>
+      </c>
+      <c r="O159" t="s">
+        <v>26</v>
+      </c>
+      <c r="P159" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>26</v>
+      </c>
+      <c r="R159" t="s">
+        <v>26</v>
+      </c>
+      <c r="S159" t="s">
+        <v>26</v>
+      </c>
+      <c r="T159" t="s">
+        <v>26</v>
+      </c>
+      <c r="U159">
+        <v>57.5</v>
+      </c>
+    </row>
+    <row r="160" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160" t="s">
+        <v>335</v>
+      </c>
+      <c r="C160" t="s">
+        <v>144</v>
+      </c>
+      <c r="E160" t="s">
+        <v>75</v>
+      </c>
+      <c r="F160" t="s">
+        <v>24</v>
+      </c>
+      <c r="G160" t="s">
+        <v>60</v>
+      </c>
+      <c r="H160">
+        <v>16</v>
+      </c>
+      <c r="I160" t="b">
+        <v>1</v>
+      </c>
+      <c r="J160" t="s">
+        <v>26</v>
+      </c>
+      <c r="K160">
+        <v>1</v>
+      </c>
+      <c r="L160">
         <v>55.31</v>
       </c>
-      <c r="M91" t="s">
-[...17 lines deleted...]
-      <c r="S91">
+      <c r="M160" t="s">
+        <v>26</v>
+      </c>
+      <c r="N160" t="s">
+        <v>26</v>
+      </c>
+      <c r="O160" t="s">
+        <v>26</v>
+      </c>
+      <c r="P160" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>26</v>
+      </c>
+      <c r="R160" t="s">
+        <v>26</v>
+      </c>
+      <c r="S160" t="s">
+        <v>26</v>
+      </c>
+      <c r="T160" t="s">
+        <v>26</v>
+      </c>
+      <c r="U160">
         <v>55.31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>