--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2161" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4203" uniqueCount="590">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -73,993 +73,1755 @@
   <si>
     <t>Llyn y Fan</t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
     <t>Skirrid Hill Race</t>
   </si>
   <si>
     <t>The Kymin</t>
   </si>
   <si>
     <t>Cwm Nant-y-Groes</t>
   </si>
   <si>
     <t>Craig yr Allt</t>
   </si>
   <si>
     <t>Coppett Hill Race</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Ford</t>
+  </si>
+  <si>
+    <t>Mynydd Du</t>
+  </si>
+  <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
-    <t>Mynydd Du</t>
-[...8 lines deleted...]
-    <t/>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Mollekin</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Hepton</t>
+  </si>
+  <si>
+    <t>V40</t>
   </si>
   <si>
     <t>Wes</t>
   </si>
   <si>
     <t>SHELDON</t>
   </si>
   <si>
-    <t>V40</t>
-[...2 lines deleted...]
-    <t>Tom</t>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Medcalf</t>
+  </si>
+  <si>
+    <t>San Domenico RC</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Lages</t>
+  </si>
+  <si>
+    <t>Briony</t>
+  </si>
+  <si>
+    <t>Latter</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
+    <t>F</t>
   </si>
   <si>
     <t>TURNER</t>
   </si>
   <si>
-    <t>Chris</t>
-[...23 lines deleted...]
-    <t>Ford</t>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Meek</t>
+  </si>
+  <si>
+    <t>Wilf</t>
+  </si>
+  <si>
+    <t>EVANS</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Lawson</t>
+  </si>
+  <si>
+    <t>Chepstow Harriers</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>V60</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Priestnall</t>
   </si>
   <si>
-    <t>V60</t>
-[...2 lines deleted...]
-    <t>Mollekin</t>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>O'Keefe</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Tremblay</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
+    <t>Talf</t>
+  </si>
+  <si>
+    <t>CARTER</t>
+  </si>
+  <si>
+    <t>Hereford Couriers</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Hooper</t>
+  </si>
+  <si>
+    <t>Sarn Helen</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Whistance</t>
+  </si>
+  <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Ironside</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Croft Ambrey RC</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>Gunner</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Poole Runners</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Aberdare Valley</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Bristol Up &amp; Runners</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Whiting</t>
+  </si>
+  <si>
+    <t>Weston Athletic Club</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Bedwell</t>
+  </si>
+  <si>
+    <t>Wye Valley Runners</t>
+  </si>
+  <si>
+    <t>Darke</t>
+  </si>
+  <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>MIDDLEWICK</t>
+  </si>
+  <si>
+    <t>Thames Hare &amp; Hounds</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Tucker</t>
+  </si>
+  <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Ben</t>
+  </si>
+  <si>
+    <t>Lowe</t>
+  </si>
+  <si>
+    <t>Stroud &amp; District AC</t>
+  </si>
+  <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Moir</t>
+  </si>
+  <si>
+    <t>Jonah</t>
+  </si>
+  <si>
+    <t>Byrne</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>V75</t>
   </si>
   <si>
     <t>Brett</t>
   </si>
   <si>
     <t>Mahoney</t>
   </si>
   <si>
-    <t>Dan</t>
-[...14 lines deleted...]
-    <t>Matt</t>
+    <t>Alix</t>
+  </si>
+  <si>
+    <t>Arndt</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
+    <t>Dean</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Brycheiniog</t>
   </si>
   <si>
     <t>Farrer</t>
   </si>
   <si>
-    <t>Simon</t>
-[...98 lines deleted...]
-    <t>Byrne</t>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Harding</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Woodier</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>CAMERON</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Sowerby</t>
+  </si>
+  <si>
+    <t>Brecon AC</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Browne</t>
+  </si>
+  <si>
+    <t>Sharon</t>
+  </si>
+  <si>
+    <t>Woods</t>
+  </si>
+  <si>
+    <t>Debbie</t>
+  </si>
+  <si>
+    <t>Stenner</t>
+  </si>
+  <si>
+    <t>Beverley</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Aggleton</t>
+  </si>
+  <si>
+    <t>Stott</t>
+  </si>
+  <si>
+    <t>Nikki</t>
+  </si>
+  <si>
+    <t>Childs</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>Macklin</t>
+  </si>
+  <si>
+    <t>Bagley</t>
+  </si>
+  <si>
+    <t>Murrin</t>
+  </si>
+  <si>
+    <t>Deanna</t>
+  </si>
+  <si>
+    <t>MAMMATT</t>
+  </si>
+  <si>
+    <t>Hereford Triathlon Club</t>
+  </si>
+  <si>
+    <t>ZEALLEY</t>
+  </si>
+  <si>
+    <t>Palmer</t>
+  </si>
+  <si>
+    <t>Donnelly</t>
+  </si>
+  <si>
+    <t>Katrina</t>
+  </si>
+  <si>
+    <t>Entwistle</t>
+  </si>
+  <si>
+    <t>Bristol &amp; West Ac</t>
+  </si>
+  <si>
+    <t>Stead</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Lander</t>
+  </si>
+  <si>
+    <t>Parc Bryn Bach Running Club</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Rumer</t>
+  </si>
+  <si>
+    <t>Bleddyn</t>
   </si>
   <si>
     <t>Sasha</t>
   </si>
   <si>
     <t>Habgood</t>
   </si>
   <si>
-    <t>Steven</t>
-[...26 lines deleted...]
-    <t>Meek</t>
+    <t>Dickie</t>
+  </si>
+  <si>
+    <t>Hudd</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Sullivan</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Phillips</t>
+  </si>
+  <si>
+    <t>Trot</t>
+  </si>
+  <si>
+    <t>Gethin</t>
+  </si>
+  <si>
+    <t>Pontypridd Roadents</t>
+  </si>
+  <si>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Barry And Vale Harriers</t>
+  </si>
+  <si>
+    <t>Edwards</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Prosser</t>
   </si>
   <si>
     <t>Dark Peak Fell Runners</t>
   </si>
   <si>
-    <t>Gary</t>
-[...74 lines deleted...]
-    <t>Paul</t>
+    <t>HARPER</t>
+  </si>
+  <si>
+    <t>Mammatt</t>
+  </si>
+  <si>
+    <t>Hereford Tri</t>
+  </si>
+  <si>
+    <t>V55</t>
+  </si>
+  <si>
+    <t>Lucy</t>
+  </si>
+  <si>
+    <t>SAMES</t>
+  </si>
+  <si>
+    <t>Owen</t>
+  </si>
+  <si>
+    <t>McLaughlin</t>
+  </si>
+  <si>
+    <t>Forest of Dean AC</t>
   </si>
   <si>
     <t>O'Brien</t>
   </si>
   <si>
-    <t>Rebecca</t>
-[...5 lines deleted...]
-    <t>Parc Bryn Bach Running Club</t>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Matty</t>
+  </si>
+  <si>
+    <t>Nash</t>
+  </si>
+  <si>
+    <t>V65</t>
+  </si>
+  <si>
+    <t>Hilary</t>
+  </si>
+  <si>
+    <t>KEOGH</t>
   </si>
   <si>
     <t>Kath</t>
   </si>
   <si>
     <t>Hardwick</t>
   </si>
   <si>
-    <t>Katie</t>
-[...20 lines deleted...]
-    <t>Wye Valley Runners</t>
+    <t>Natalie</t>
+  </si>
+  <si>
+    <t>JACKSON</t>
+  </si>
+  <si>
+    <t>Norman</t>
+  </si>
+  <si>
+    <t>Pamela</t>
+  </si>
+  <si>
+    <t>Suter</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Davies</t>
   </si>
   <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>Leeming</t>
+  </si>
+  <si>
     <t>Bryony</t>
   </si>
   <si>
-    <t>Hereford Couriers</t>
-[...7 lines deleted...]
-  <si>
     <t>Spearman</t>
   </si>
   <si>
     <t>OUSC</t>
   </si>
   <si>
-    <t>Mark</t>
-[...23 lines deleted...]
-    <t>U23</t>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Chalk</t>
+  </si>
+  <si>
+    <t>Mynydd Du/newport Harriers</t>
+  </si>
+  <si>
+    <t>Blore</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>LIKE</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>Osman</t>
+  </si>
+  <si>
+    <t>Crocodiles</t>
   </si>
   <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Froley</t>
   </si>
   <si>
     <t>Cardiff Amateur AC</t>
   </si>
   <si>
-    <t>Will</t>
+    <t>GARDINER</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Jarvis</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Tyler</t>
+  </si>
+  <si>
+    <t>Harry</t>
+  </si>
+  <si>
+    <t>Trend</t>
   </si>
   <si>
     <t>Argo</t>
   </si>
   <si>
+    <t>Kieron</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Monross-Trailblazers</t>
+  </si>
+  <si>
+    <t>FIELDING</t>
+  </si>
+  <si>
+    <t>SAUNDERS</t>
+  </si>
+  <si>
+    <t>Spirit Of Monmouth</t>
+  </si>
+  <si>
+    <t>Legg</t>
+  </si>
+  <si>
     <t>Tommy</t>
   </si>
   <si>
     <t>Lees</t>
   </si>
   <si>
-    <t>Murrin</t>
-[...2 lines deleted...]
-    <t>ZEALLEY</t>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Fosbury</t>
+  </si>
+  <si>
+    <t>Bridgend AC</t>
+  </si>
+  <si>
+    <t>Fawke</t>
+  </si>
+  <si>
+    <t>Malvern Buzzards Running Club</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>CHINNICK</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Williamson</t>
+  </si>
+  <si>
+    <t>Ilkley Harriers</t>
   </si>
   <si>
     <t>Draper</t>
   </si>
   <si>
-    <t>Ashley</t>
-[...14 lines deleted...]
-    <t>Bristol &amp; West Ac</t>
+    <t>LAFFAN</t>
+  </si>
+  <si>
+    <t>WINTERS</t>
+  </si>
+  <si>
+    <t>KING</t>
+  </si>
+  <si>
+    <t>Sandford</t>
+  </si>
+  <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Munton</t>
   </si>
   <si>
     <t>Chorlton Runners</t>
   </si>
   <si>
     <t>Louie</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>MYNYDD DU CLIMBING &amp; MOUNTAINEERING CLUB</t>
   </si>
   <si>
-    <t>Billy</t>
-[...2 lines deleted...]
-    <t>Jackson</t>
+    <t>BIGGS</t>
+  </si>
+  <si>
+    <t>Reuben</t>
+  </si>
+  <si>
+    <t>LAWSON</t>
   </si>
   <si>
     <t>Phil</t>
   </si>
   <si>
     <t>Decker</t>
   </si>
   <si>
+    <t>Liam</t>
+  </si>
+  <si>
+    <t>MOORE</t>
+  </si>
+  <si>
+    <t>Caerleon RC</t>
+  </si>
+  <si>
+    <t>STOTT</t>
+  </si>
+  <si>
+    <t>Huw</t>
+  </si>
+  <si>
     <t>Iestyn</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
     <t>SBOC</t>
   </si>
   <si>
+    <t>Foord</t>
+  </si>
+  <si>
+    <t>Addy</t>
+  </si>
+  <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Wherlock</t>
   </si>
   <si>
     <t>Lliswerry Runners</t>
   </si>
   <si>
-    <t>Stead</t>
-[...5 lines deleted...]
-    <t>Rumer</t>
+    <t>Elle</t>
+  </si>
+  <si>
+    <t>LUMLEY</t>
   </si>
   <si>
     <t>Ceri</t>
   </si>
   <si>
     <t>Merwood</t>
   </si>
   <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>McLoughlin</t>
   </si>
   <si>
-    <t>Rhian</t>
-[...2 lines deleted...]
-    <t>Probert</t>
+    <t>BOWEN</t>
+  </si>
+  <si>
+    <t>COX</t>
+  </si>
+  <si>
+    <t>Hugo</t>
+  </si>
+  <si>
+    <t>HUTCHISON</t>
+  </si>
+  <si>
+    <t>V45</t>
   </si>
   <si>
     <t>Callum</t>
   </si>
   <si>
     <t>Nicholls</t>
   </si>
   <si>
-    <t>Nick</t>
-[...1 lines deleted...]
-  <si>
     <t>Mackay</t>
   </si>
   <si>
-    <t>Bleddyn</t>
+    <t>Kani</t>
+  </si>
+  <si>
+    <t>Hinshelwood</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Ruse</t>
   </si>
   <si>
     <t>Neath Harriers</t>
   </si>
   <si>
-    <t>Running Forever Running Club</t>
-[...7 lines deleted...]
-  <si>
     <t>Rhydian</t>
   </si>
   <si>
-    <t>Talf</t>
-[...4 lines deleted...]
-  <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Lascelles</t>
   </si>
   <si>
+    <t>Niki</t>
+  </si>
+  <si>
+    <t>Morgan</t>
+  </si>
+  <si>
     <t>Laffen</t>
   </si>
   <si>
-    <t>Sullivan</t>
+    <t>Lauren</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Caerleon</t>
   </si>
   <si>
     <t>Harrison</t>
   </si>
   <si>
     <t>Mercia Fell Runners</t>
   </si>
   <si>
+    <t>MCLEAN</t>
+  </si>
+  <si>
     <t>Liddiatt</t>
   </si>
   <si>
     <t>Finlay</t>
   </si>
   <si>
     <t>Simpson</t>
   </si>
   <si>
-    <t>Stewart</t>
-[...2 lines deleted...]
-    <t>Harding</t>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>CHARRINGTON</t>
+  </si>
+  <si>
+    <t>Lisa</t>
+  </si>
+  <si>
+    <t>Jeffrey</t>
   </si>
   <si>
     <t>Jonny</t>
   </si>
   <si>
     <t>CAMPBELL</t>
   </si>
   <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>FAWKE</t>
+  </si>
+  <si>
     <t>Dave</t>
   </si>
   <si>
-    <t>Michael</t>
-[...2 lines deleted...]
-    <t>Ironside</t>
+    <t>Daf</t>
+  </si>
+  <si>
+    <t>DAVIES</t>
+  </si>
+  <si>
+    <t>Vegan Runners UK</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>MCINTYRE</t>
+  </si>
+  <si>
+    <t>LE GOOD</t>
+  </si>
+  <si>
+    <t>Hedd</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>Bolton</t>
+  </si>
+  <si>
+    <t>Williams</t>
   </si>
   <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Chamberlain</t>
   </si>
   <si>
     <t>Howard</t>
   </si>
   <si>
     <t>Friman</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Lomax</t>
   </si>
   <si>
     <t>Town &amp; Country Harriers</t>
   </si>
   <si>
     <t>Charlie</t>
   </si>
   <si>
     <t>SMITH</t>
   </si>
   <si>
     <t>Davidge</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Adamson</t>
   </si>
   <si>
     <t>NORTH LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
-    <t>Richard</t>
-[...5 lines deleted...]
-    <t>Edwards</t>
+    <t>Kathy</t>
+  </si>
+  <si>
+    <t>STRINGER</t>
+  </si>
+  <si>
+    <t>MUNTON</t>
+  </si>
+  <si>
+    <t>Rob</t>
+  </si>
+  <si>
+    <t>BEVES</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>FORD</t>
+  </si>
+  <si>
+    <t>Caerleon Running Club</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>Coe</t>
   </si>
   <si>
     <t>Jarman</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>O'Connell</t>
   </si>
   <si>
     <t>Cuillin Dubh Running Club</t>
   </si>
   <si>
+    <t>Samuel</t>
+  </si>
+  <si>
+    <t>BRADLEY-WALTON</t>
+  </si>
+  <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>CDF</t>
+  </si>
+  <si>
     <t>Margesson</t>
   </si>
   <si>
     <t>Cox</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>Quin</t>
   </si>
   <si>
-    <t>Andy</t>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>Cordeaux</t>
+  </si>
+  <si>
+    <t>Blake</t>
+  </si>
+  <si>
+    <t>Viktoriia</t>
+  </si>
+  <si>
+    <t>GUDYMA</t>
   </si>
   <si>
     <t>Creber</t>
   </si>
   <si>
     <t>Hurley</t>
   </si>
   <si>
     <t>Islwyn RC</t>
   </si>
   <si>
+    <t>Cassie</t>
+  </si>
+  <si>
+    <t>Summers</t>
+  </si>
+  <si>
+    <t>Les Croupiers RC</t>
+  </si>
+  <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Bracey</t>
   </si>
   <si>
     <t>Khalid</t>
   </si>
   <si>
     <t>Qasrawi</t>
   </si>
   <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>RICHARDS</t>
+  </si>
+  <si>
     <t>Darran</t>
   </si>
   <si>
-    <t>WILLIAMS</t>
-[...1 lines deleted...]
-  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Salter</t>
   </si>
   <si>
     <t>Jawad</t>
   </si>
   <si>
     <t>MANGERS</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...2 lines deleted...]
-    <t>Moir</t>
+    <t>GATHERER</t>
+  </si>
+  <si>
+    <t>Dickens</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>LAURENT</t>
+  </si>
+  <si>
+    <t>Eynsham Road Runners</t>
   </si>
   <si>
     <t>Appleyard</t>
   </si>
   <si>
-    <t>Debbie</t>
-[...2 lines deleted...]
-    <t>Stenner</t>
+    <t>Ogilvie</t>
+  </si>
+  <si>
+    <t>Brackla Harries</t>
+  </si>
+  <si>
+    <t>Swindon Shin Splints</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Fell Runners Association</t>
+  </si>
+  <si>
+    <t>JORDAN</t>
+  </si>
+  <si>
+    <t>Team Kennet Triathlon &amp; AC</t>
+  </si>
+  <si>
+    <t>MORGAN</t>
+  </si>
+  <si>
+    <t>Fairwater Runners Cwmbran</t>
+  </si>
+  <si>
+    <t>Nathaniel</t>
+  </si>
+  <si>
+    <t>PALMER</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
-    <t>Hinshelwood</t>
+    <t>Harri</t>
+  </si>
+  <si>
+    <t>Like</t>
+  </si>
+  <si>
+    <t>POOLE</t>
+  </si>
+  <si>
+    <t>Newent</t>
+  </si>
+  <si>
+    <t>Wendy</t>
+  </si>
+  <si>
+    <t>SHARPE-NASH</t>
+  </si>
+  <si>
+    <t>Vanessa</t>
+  </si>
+  <si>
+    <t>EDWARDS</t>
   </si>
   <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
     <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
-    <t>Trevor</t>
-[...8 lines deleted...]
-    <t>David</t>
+    <t>Brandt</t>
+  </si>
+  <si>
+    <t>Chadwell</t>
+  </si>
+  <si>
+    <t>WHEELER</t>
+  </si>
+  <si>
+    <t>SMALLWOOD</t>
+  </si>
+  <si>
+    <t>Liz</t>
+  </si>
+  <si>
+    <t>SIMS</t>
   </si>
   <si>
     <t>Wigley</t>
   </si>
   <si>
     <t>LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
-    <t>Donna</t>
-[...2 lines deleted...]
-    <t>Grant</t>
+    <t>Jane</t>
+  </si>
+  <si>
+    <t>Roscoe</t>
+  </si>
+  <si>
+    <t>Gwilliam</t>
+  </si>
+  <si>
+    <t>Kate</t>
+  </si>
+  <si>
+    <t>Builth and District</t>
+  </si>
+  <si>
+    <t>Stark</t>
+  </si>
+  <si>
+    <t>Pont-y-pwl &amp; District Runners</t>
+  </si>
+  <si>
+    <t>EATON</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>Stadden</t>
   </si>
   <si>
     <t>Bitton Road Runners</t>
   </si>
   <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>GRIFFIN</t>
+  </si>
+  <si>
+    <t>Annetts</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>GILES</t>
+  </si>
+  <si>
     <t>Ivan</t>
   </si>
   <si>
-    <t>Brown</t>
+    <t>SAWYER</t>
   </si>
   <si>
     <t>Seán</t>
   </si>
   <si>
-    <t>Natalie</t>
-[...5 lines deleted...]
-    <t>Palmer</t>
+    <t>SYMMONDS</t>
+  </si>
+  <si>
+    <t>WALSH</t>
+  </si>
+  <si>
+    <t>Abbie</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>Bridget</t>
+  </si>
+  <si>
+    <t>HARDINGE</t>
+  </si>
+  <si>
+    <t>Lonely Goat Rc</t>
+  </si>
+  <si>
+    <t>Malachy</t>
+  </si>
+  <si>
+    <t>DOYLE</t>
+  </si>
+  <si>
+    <t>Adventure Running Donegal</t>
+  </si>
+  <si>
+    <t>Lindsey</t>
+  </si>
+  <si>
+    <t>Coode</t>
+  </si>
+  <si>
+    <t>Shari</t>
+  </si>
+  <si>
+    <t>Finch</t>
+  </si>
+  <si>
+    <t>Stefanie</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Martyn</t>
+  </si>
+  <si>
+    <t>JENKINS</t>
+  </si>
+  <si>
+    <t>Bethany</t>
+  </si>
+  <si>
+    <t>GWILLIAM</t>
   </si>
   <si>
     <t>Libby</t>
   </si>
   <si>
-    <t>Bagley</t>
-[...4 lines deleted...]
-  <si>
     <t>Lottie</t>
   </si>
   <si>
     <t>Milner</t>
   </si>
   <si>
     <t>Katy</t>
   </si>
   <si>
+    <t>Stuart</t>
+  </si>
+  <si>
+    <t>DUNCAN</t>
+  </si>
+  <si>
+    <t>Maixent</t>
+  </si>
+  <si>
+    <t>GAILLARD</t>
+  </si>
+  <si>
+    <t>POTTER</t>
+  </si>
+  <si>
+    <t>BOWIE</t>
+  </si>
+  <si>
+    <t>Barnes</t>
+  </si>
+  <si>
+    <t>Rhiannon</t>
+  </si>
+  <si>
+    <t>HINCKS</t>
+  </si>
+  <si>
+    <t>Rich</t>
+  </si>
+  <si>
+    <t>BAKER</t>
+  </si>
+  <si>
     <t>Carl</t>
   </si>
   <si>
     <t>Brancher</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>Molyneux</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Proctor</t>
   </si>
   <si>
-    <t>Pamela</t>
-[...2 lines deleted...]
-    <t>Suter</t>
+    <t>Tzevai</t>
+  </si>
+  <si>
+    <t>Chong</t>
   </si>
   <si>
     <t>Woodward</t>
   </si>
   <si>
-    <t>Hilary</t>
-[...2 lines deleted...]
-    <t>KEOGH</t>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>FERRY</t>
   </si>
   <si>
     <t>Mccallum</t>
   </si>
   <si>
     <t>Portishead Running Club</t>
   </si>
   <si>
+    <t>Judith</t>
+  </si>
+  <si>
+    <t>OAKLEY</t>
+  </si>
+  <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>MARTINS</t>
   </si>
   <si>
-    <t>Charlotte</t>
+    <t>East</t>
+  </si>
+  <si>
+    <t>Dewsbury Road Runners</t>
+  </si>
+  <si>
+    <t>Denise</t>
+  </si>
+  <si>
+    <t>Helen</t>
+  </si>
+  <si>
+    <t>Duffield</t>
+  </si>
+  <si>
+    <t>Carrie</t>
   </si>
   <si>
     <t>MILNER</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
+    <t>Brenda</t>
+  </si>
+  <si>
+    <t>AVERY</t>
+  </si>
+  <si>
+    <t>Dennis</t>
+  </si>
+  <si>
+    <t>Tahalele</t>
+  </si>
+  <si>
+    <t>Emerson Green RC</t>
+  </si>
+  <si>
     <t>Abi</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Amblin</t>
+  </si>
+  <si>
+    <t>Meyrick</t>
+  </si>
+  <si>
+    <t>Deb</t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
     <t>Philippa</t>
   </si>
   <si>
     <t>Marriott</t>
   </si>
   <si>
+    <t>Thornton</t>
+  </si>
+  <si>
     <t>Barbara</t>
   </si>
   <si>
     <t>MADDISON</t>
   </si>
   <si>
     <t>Shary</t>
   </si>
   <si>
-    <t>Finch</t>
-[...5 lines deleted...]
-    <t>Leeming</t>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>Fogden</t>
+  </si>
+  <si>
+    <t>Bryn</t>
+  </si>
+  <si>
+    <t>FOGDEN</t>
+  </si>
+  <si>
+    <t>GRIFFITHS</t>
+  </si>
+  <si>
+    <t>Formula One Circuit Crew</t>
+  </si>
+  <si>
+    <t>Jenni</t>
+  </si>
+  <si>
+    <t>Bell</t>
+  </si>
+  <si>
+    <t>Anika</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Karen</t>
+  </si>
+  <si>
+    <t>Elvers</t>
   </si>
   <si>
     <t>Eira</t>
   </si>
   <si>
     <t>McCallum</t>
   </si>
   <si>
-    <t>Baker</t>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Scholey</t>
+  </si>
+  <si>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Prestatyn Running Club</t>
+  </si>
+  <si>
+    <t>Wesley</t>
+  </si>
+  <si>
+    <t>HARRIS</t>
+  </si>
+  <si>
+    <t>ECKERT</t>
+  </si>
+  <si>
+    <t>REYNOLDS</t>
+  </si>
+  <si>
+    <t>KENWARD-GIBBS</t>
+  </si>
+  <si>
+    <t>The Running Social</t>
+  </si>
+  <si>
+    <t>Stratton</t>
+  </si>
+  <si>
+    <t>Bayliss</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>CARWARDINE</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>GODDARD</t>
+  </si>
+  <si>
+    <t>RYMER</t>
+  </si>
+  <si>
+    <t>Corinna</t>
+  </si>
+  <si>
+    <t>TANNIAN</t>
   </si>
   <si>
     <t>Meghan</t>
   </si>
   <si>
     <t>Brickley</t>
   </si>
   <si>
+    <t>Sonia</t>
+  </si>
+  <si>
+    <t>Unsted</t>
+  </si>
+  <si>
     <t>Alison</t>
+  </si>
+  <si>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>Griffiths</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1396,51 +2158,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:U160"/>
+  <dimension ref="A1:U317"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1474,10127 +2236,19957 @@
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L2">
-        <v>135.12</v>
-[...2 lines deleted...]
-        <v>132.52</v>
+        <v>146.66</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
       </c>
       <c r="N2">
-        <v>133.66</v>
+        <v>142.62</v>
       </c>
       <c r="O2">
-        <v>140.15</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>146.44</v>
+      </c>
+      <c r="P2">
+        <v>157.91</v>
+      </c>
+      <c r="Q2">
+        <v>156.25</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>26</v>
       </c>
       <c r="U2">
-        <v>541.45</v>
+        <v>749.88</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3">
-        <v>2292</v>
+        <v>1690</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>114.66</v>
+        <v>6</v>
+      </c>
+      <c r="L3" t="s">
+        <v>26</v>
       </c>
       <c r="M3">
-        <v>118.95</v>
+        <v>137</v>
       </c>
       <c r="N3">
-        <v>110.68</v>
+        <v>140.99</v>
       </c>
       <c r="O3">
-        <v>119.81</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>141</v>
+      </c>
+      <c r="P3">
+        <v>155.86</v>
+      </c>
+      <c r="Q3">
+        <v>149.33</v>
+      </c>
+      <c r="R3">
+        <v>154.98</v>
       </c>
       <c r="S3" t="s">
         <v>26</v>
       </c>
       <c r="T3" t="s">
         <v>26</v>
       </c>
       <c r="U3">
-        <v>464.1</v>
+        <v>742.16</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4">
-        <v>1413</v>
+        <v>1798</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>26</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L4">
-        <v>111.65</v>
+        <v>135.12</v>
       </c>
       <c r="M4">
-        <v>112.55</v>
+        <v>132.52</v>
       </c>
       <c r="N4">
-        <v>106</v>
+        <v>133.66</v>
       </c>
       <c r="O4">
-        <v>115.39</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>140.15</v>
+      </c>
+      <c r="P4">
+        <v>149.82</v>
+      </c>
+      <c r="Q4">
+        <v>145.95</v>
       </c>
       <c r="R4" t="s">
         <v>26</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>26</v>
       </c>
       <c r="U4">
-        <v>445.59</v>
+        <v>704.7</v>
       </c>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
-        <v>1126</v>
+        <v>999</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>106.14</v>
+        <v>5</v>
+      </c>
+      <c r="L5" t="s">
+        <v>26</v>
       </c>
       <c r="M5">
-        <v>114.84</v>
+        <v>125.47</v>
       </c>
       <c r="N5">
-        <v>106.43</v>
+        <v>126.9</v>
       </c>
       <c r="O5">
-        <v>111.78</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>132.45</v>
+      </c>
+      <c r="P5">
+        <v>141.52</v>
+      </c>
+      <c r="Q5">
+        <v>136.41</v>
       </c>
       <c r="R5" t="s">
         <v>26</v>
       </c>
       <c r="S5" t="s">
         <v>26</v>
       </c>
       <c r="T5" t="s">
         <v>26</v>
       </c>
       <c r="U5">
-        <v>439.19</v>
+        <v>662.75</v>
       </c>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6">
+        <v>1093</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L6">
-        <v>146.66</v>
+        <v>116.48</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="N6">
-        <v>142.62</v>
+      <c r="N6" t="s">
+        <v>26</v>
       </c>
       <c r="O6">
-        <v>146.44</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>124.32</v>
+      </c>
+      <c r="P6">
+        <v>132.83</v>
+      </c>
+      <c r="Q6">
+        <v>128.38</v>
+      </c>
+      <c r="R6">
+        <v>135.32</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>26</v>
       </c>
       <c r="U6">
-        <v>435.72</v>
+        <v>637.33</v>
       </c>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D7">
-        <v>1690</v>
+        <v>2292</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>7</v>
+      </c>
+      <c r="L7">
+        <v>114.66</v>
       </c>
       <c r="M7">
-        <v>137</v>
+        <v>118.95</v>
       </c>
       <c r="N7">
-        <v>140.99</v>
+        <v>110.68</v>
       </c>
       <c r="O7">
-        <v>141</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>119.81</v>
+      </c>
+      <c r="P7">
+        <v>132.17</v>
+      </c>
+      <c r="Q7">
+        <v>128.78</v>
+      </c>
+      <c r="R7">
+        <v>126.66</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>26</v>
       </c>
       <c r="U7">
-        <v>418.99</v>
+        <v>626.37</v>
       </c>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8">
+        <v>1126</v>
+      </c>
+      <c r="E8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L8">
-        <v>101.15</v>
+        <v>106.14</v>
       </c>
       <c r="M8">
-        <v>102.42</v>
+        <v>114.84</v>
       </c>
       <c r="N8">
-        <v>92.99</v>
+        <v>106.43</v>
       </c>
       <c r="O8">
-        <v>109.48</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>111.78</v>
+      </c>
+      <c r="P8">
+        <v>129.67</v>
+      </c>
+      <c r="Q8">
+        <v>126.03</v>
+      </c>
+      <c r="R8">
+        <v>132.73</v>
       </c>
       <c r="S8" t="s">
         <v>26</v>
       </c>
       <c r="T8" t="s">
         <v>26</v>
       </c>
       <c r="U8">
-        <v>406.04</v>
+        <v>615.05</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9">
-        <v>999</v>
+        <v>2320</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9">
-        <v>125.47</v>
-[...2 lines deleted...]
-        <v>126.9</v>
+        <v>104.62</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
       </c>
       <c r="O9">
-        <v>132.45</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>114.74</v>
+      </c>
+      <c r="P9">
+        <v>127.87</v>
+      </c>
+      <c r="Q9">
+        <v>124.09</v>
+      </c>
+      <c r="R9">
+        <v>126.53</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>26</v>
       </c>
       <c r="U9">
-        <v>384.82</v>
+        <v>597.85</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10">
-        <v>1580</v>
+        <v>1513</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
       <c r="G10" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H10">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10">
-        <v>121.74</v>
+        <v>109.71</v>
       </c>
       <c r="N10">
-        <v>122.85</v>
+        <v>106.11</v>
       </c>
       <c r="O10">
-        <v>130.12</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>114.69</v>
+      </c>
+      <c r="P10">
+        <v>119.41</v>
+      </c>
+      <c r="Q10">
+        <v>117.84</v>
+      </c>
+      <c r="R10">
+        <v>124.54</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>26</v>
       </c>
       <c r="U10">
-        <v>374.71</v>
+        <v>586.19</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D11">
-        <v>2482</v>
+        <v>1413</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G11" t="s">
         <v>25</v>
       </c>
       <c r="H11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>26</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L11">
-        <v>118.62</v>
+        <v>111.65</v>
       </c>
       <c r="M11">
-        <v>119.69</v>
+        <v>112.55</v>
       </c>
       <c r="N11">
-        <v>123.68</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>106</v>
+      </c>
+      <c r="O11">
+        <v>115.39</v>
+      </c>
+      <c r="P11">
+        <v>123.4</v>
+      </c>
+      <c r="Q11">
+        <v>121.8</v>
+      </c>
+      <c r="R11">
+        <v>111.17</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>26</v>
       </c>
       <c r="U11">
-        <v>361.99</v>
+        <v>584.79</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
-      <c r="D12">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F12" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G12" t="s">
         <v>25</v>
       </c>
       <c r="H12">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
       <c r="K12">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>106.54</v>
+        <v>5</v>
+      </c>
+      <c r="L12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M12">
+        <v>110.43</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
       </c>
       <c r="O12">
-        <v>123.41</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>114.61</v>
+      </c>
+      <c r="P12">
+        <v>131.23</v>
+      </c>
+      <c r="Q12">
+        <v>128.15</v>
+      </c>
+      <c r="R12">
+        <v>97.97</v>
       </c>
       <c r="S12" t="s">
         <v>26</v>
       </c>
       <c r="T12" t="s">
         <v>26</v>
       </c>
       <c r="U12">
-        <v>348.92</v>
+        <v>582.39</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
       <c r="C13" t="s">
         <v>53</v>
       </c>
       <c r="D13">
-        <v>1809</v>
+        <v>2146</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G13" t="s">
         <v>25</v>
       </c>
       <c r="H13">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>26</v>
       </c>
       <c r="K13">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L13" t="s">
+        <v>26</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13">
+        <v>128.77</v>
       </c>
       <c r="O13">
-        <v>116.81</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>140.02</v>
+      </c>
+      <c r="P13">
+        <v>144.33</v>
       </c>
       <c r="Q13" t="s">
         <v>26</v>
       </c>
-      <c r="R13" t="s">
-        <v>26</v>
+      <c r="R13">
+        <v>145.98</v>
       </c>
       <c r="S13" t="s">
         <v>26</v>
       </c>
       <c r="T13" t="s">
         <v>26</v>
       </c>
       <c r="U13">
-        <v>345.99</v>
+        <v>559.1</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D14">
-        <v>1666</v>
+        <v>1223</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F14" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>26</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L14">
-        <v>112.74</v>
-[...17 lines deleted...]
-        <v>26</v>
+        <v>114.82</v>
+      </c>
+      <c r="M14">
+        <v>102.76</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>26</v>
+      </c>
+      <c r="P14">
+        <v>121.47</v>
+      </c>
+      <c r="Q14">
+        <v>116.7</v>
+      </c>
+      <c r="R14">
+        <v>103.12</v>
       </c>
       <c r="S14" t="s">
         <v>26</v>
       </c>
       <c r="T14" t="s">
         <v>26</v>
       </c>
       <c r="U14">
-        <v>331.08</v>
+        <v>558.87</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D15">
-        <v>1513</v>
+        <v>2459</v>
       </c>
       <c r="E15" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>26</v>
       </c>
       <c r="K15">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L15">
+        <v>99.28</v>
       </c>
       <c r="M15">
-        <v>109.71</v>
+        <v>108.65</v>
       </c>
       <c r="N15">
-        <v>106.11</v>
+        <v>106.22</v>
       </c>
       <c r="O15">
-        <v>114.69</v>
+        <v>114.01</v>
       </c>
       <c r="P15" t="s">
         <v>26</v>
       </c>
-      <c r="Q15" t="s">
-        <v>26</v>
+      <c r="Q15">
+        <v>118.03</v>
       </c>
       <c r="R15" t="s">
         <v>26</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>26</v>
       </c>
       <c r="U15">
-        <v>330.51</v>
+        <v>546.19</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D16">
-        <v>1169</v>
+        <v>1744</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="F16" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="G16" t="s">
         <v>25</v>
       </c>
       <c r="H16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>26</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L16">
-        <v>104.55</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>101.15</v>
+      </c>
+      <c r="M16">
+        <v>102.42</v>
       </c>
       <c r="N16">
-        <v>112.88</v>
+        <v>92.99</v>
       </c>
       <c r="O16">
-        <v>110.8</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>109.48</v>
+      </c>
+      <c r="P16">
+        <v>119.41</v>
+      </c>
+      <c r="Q16">
+        <v>108.21</v>
       </c>
       <c r="R16" t="s">
         <v>26</v>
       </c>
       <c r="S16" t="s">
         <v>26</v>
       </c>
       <c r="T16" t="s">
         <v>26</v>
       </c>
       <c r="U16">
-        <v>328.23</v>
+        <v>540.67</v>
       </c>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>63</v>
       </c>
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17">
-        <v>2459</v>
+        <v>1216</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="F17" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G17" t="s">
         <v>25</v>
       </c>
       <c r="H17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>26</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L17">
-        <v>99.28</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>120.39</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17">
+        <v>128.8</v>
+      </c>
+      <c r="P17">
+        <v>142.02</v>
       </c>
       <c r="Q17" t="s">
         <v>26</v>
       </c>
-      <c r="R17" t="s">
-        <v>26</v>
+      <c r="R17">
+        <v>143.98</v>
       </c>
       <c r="S17" t="s">
         <v>26</v>
       </c>
       <c r="T17" t="s">
         <v>26</v>
       </c>
       <c r="U17">
-        <v>314.15</v>
+        <v>535.19</v>
       </c>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D18">
-        <v>1378</v>
+        <v>2077</v>
       </c>
       <c r="E18" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="F18" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>25</v>
       </c>
       <c r="H18">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
-        <v>104.28</v>
-[...2 lines deleted...]
-        <v>102.37</v>
+        <v>126.23</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
       </c>
       <c r="N18">
-        <v>93.97</v>
+        <v>131.65</v>
       </c>
       <c r="O18" t="s">
         <v>26</v>
       </c>
-      <c r="P18" t="s">
-        <v>26</v>
+      <c r="P18">
+        <v>148.16</v>
       </c>
       <c r="Q18" t="s">
         <v>26</v>
       </c>
-      <c r="R18" t="s">
-        <v>26</v>
+      <c r="R18">
+        <v>117.84</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>26</v>
       </c>
       <c r="U18">
-        <v>300.62</v>
+        <v>523.88</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D19">
-        <v>267</v>
+        <v>1753</v>
       </c>
       <c r="E19" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>26</v>
       </c>
       <c r="K19">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>101.46</v>
+        <v>4</v>
+      </c>
+      <c r="L19" t="s">
+        <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>26</v>
       </c>
       <c r="N19">
-        <v>94.29</v>
+        <v>122.77</v>
       </c>
       <c r="O19">
-        <v>102.64</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>125.45</v>
+      </c>
+      <c r="P19">
+        <v>128.28</v>
+      </c>
+      <c r="Q19">
+        <v>129</v>
       </c>
       <c r="R19" t="s">
         <v>26</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>26</v>
       </c>
       <c r="U19">
-        <v>298.39</v>
+        <v>505.5</v>
       </c>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>2146</v>
+        <v>70</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F20" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="G20" t="s">
         <v>25</v>
       </c>
       <c r="H20">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>26</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
-      <c r="M20" t="s">
-[...15 lines deleted...]
-        <v>26</v>
+      <c r="M20">
+        <v>112.73</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>26</v>
+      </c>
+      <c r="P20">
+        <v>127.53</v>
+      </c>
+      <c r="Q20">
+        <v>129.35</v>
+      </c>
+      <c r="R20">
+        <v>134.32</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>26</v>
       </c>
       <c r="U20">
-        <v>268.79</v>
+        <v>503.93</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D21">
-        <v>2370</v>
+        <v>2482</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>75</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G21" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>26</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L21">
-        <v>90.79</v>
+        <v>118.62</v>
       </c>
       <c r="M21">
-        <v>91.84</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>119.69</v>
+      </c>
+      <c r="N21">
+        <v>123.68</v>
+      </c>
+      <c r="O21" t="s">
+        <v>26</v>
+      </c>
+      <c r="P21">
+        <v>137.63</v>
       </c>
       <c r="Q21" t="s">
         <v>26</v>
       </c>
       <c r="R21" t="s">
         <v>26</v>
       </c>
       <c r="S21" t="s">
         <v>26</v>
       </c>
       <c r="T21" t="s">
         <v>26</v>
       </c>
       <c r="U21">
-        <v>268.42</v>
+        <v>499.62</v>
       </c>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="D22">
-        <v>1506</v>
+        <v>1184</v>
       </c>
       <c r="E22" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="F22" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G22" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H22">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L22">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>118.97</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22">
+        <v>106.54</v>
       </c>
       <c r="O22">
-        <v>91.29</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>123.41</v>
+      </c>
+      <c r="P22">
+        <v>134.16</v>
       </c>
       <c r="Q22" t="s">
         <v>26</v>
       </c>
       <c r="R22" t="s">
         <v>26</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>26</v>
       </c>
       <c r="U22">
-        <v>265.43</v>
+        <v>483.08</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D23">
-        <v>2077</v>
+        <v>1131</v>
       </c>
       <c r="E23" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="F23" t="s">
         <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H23">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>26</v>
       </c>
       <c r="K23">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>126.23</v>
+        <v>4</v>
+      </c>
+      <c r="L23" t="s">
+        <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>26</v>
       </c>
       <c r="N23">
-        <v>131.65</v>
+        <v>106.81</v>
       </c>
       <c r="O23" t="s">
         <v>26</v>
       </c>
-      <c r="P23" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="P23">
+        <v>121.22</v>
+      </c>
+      <c r="Q23">
+        <v>120.08</v>
+      </c>
+      <c r="R23">
+        <v>126.59</v>
       </c>
       <c r="S23" t="s">
         <v>26</v>
       </c>
       <c r="T23" t="s">
         <v>26</v>
       </c>
       <c r="U23">
-        <v>257.88</v>
+        <v>474.7</v>
       </c>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="C24" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D24">
         <v>1370</v>
       </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="F24" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G24" t="s">
         <v>25</v>
       </c>
       <c r="H24">
         <v>5</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>26</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L24">
         <v>90.23</v>
       </c>
       <c r="M24">
         <v>84.83</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24">
         <v>82.13</v>
       </c>
-      <c r="P24" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="P24">
+        <v>97.17</v>
+      </c>
+      <c r="Q24">
+        <v>98.41</v>
+      </c>
+      <c r="R24">
+        <v>95.71</v>
       </c>
       <c r="S24" t="s">
         <v>26</v>
       </c>
       <c r="T24" t="s">
         <v>26</v>
       </c>
       <c r="U24">
-        <v>257.19</v>
+        <v>466.35</v>
       </c>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="C25" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D25">
-        <v>250</v>
+        <v>2449</v>
       </c>
       <c r="E25" t="s">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="F25" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G25" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H25">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>26</v>
       </c>
       <c r="K25">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>87.49</v>
+        <v>4</v>
+      </c>
+      <c r="L25" t="s">
+        <v>26</v>
       </c>
       <c r="M25">
-        <v>83.69</v>
+        <v>112.61</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
-      <c r="O25">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="O25" t="s">
+        <v>26</v>
+      </c>
+      <c r="P25">
+        <v>116.01</v>
+      </c>
+      <c r="Q25">
+        <v>115.54</v>
+      </c>
+      <c r="R25">
+        <v>118.69</v>
       </c>
       <c r="S25" t="s">
         <v>26</v>
       </c>
       <c r="T25" t="s">
         <v>26</v>
       </c>
       <c r="U25">
-        <v>257.07</v>
+        <v>462.85</v>
       </c>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="C26" t="s">
         <v>83</v>
       </c>
       <c r="D26">
-        <v>1216</v>
+        <v>1506</v>
       </c>
       <c r="E26" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="G26" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H26">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>26</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L26">
-        <v>120.39</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>85</v>
+      </c>
+      <c r="M26">
+        <v>89.14</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26">
-        <v>128.8</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>91.29</v>
+      </c>
+      <c r="P26">
+        <v>95.32</v>
+      </c>
+      <c r="Q26">
+        <v>89.2</v>
+      </c>
+      <c r="R26">
+        <v>93.19</v>
       </c>
       <c r="S26" t="s">
         <v>26</v>
       </c>
       <c r="T26" t="s">
         <v>26</v>
       </c>
       <c r="U26">
-        <v>249.19</v>
+        <v>458.14</v>
       </c>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" t="s">
         <v>84</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27">
+        <v>1169</v>
+      </c>
+      <c r="E27" t="s">
         <v>85</v>
       </c>
-      <c r="D27">
-[...4 lines deleted...]
-      </c>
       <c r="F27" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G27" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H27">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>26</v>
       </c>
       <c r="K27">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L27">
+        <v>104.55</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27">
-        <v>122.77</v>
+        <v>112.88</v>
       </c>
       <c r="O27">
-        <v>125.45</v>
+        <v>110.8</v>
       </c>
       <c r="P27" t="s">
         <v>26</v>
       </c>
       <c r="Q27" t="s">
         <v>26</v>
       </c>
-      <c r="R27" t="s">
-        <v>26</v>
+      <c r="R27">
+        <v>124.8</v>
       </c>
       <c r="S27" t="s">
         <v>26</v>
       </c>
       <c r="T27" t="s">
         <v>26</v>
       </c>
       <c r="U27">
-        <v>248.22</v>
+        <v>453.03</v>
       </c>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>86</v>
       </c>
       <c r="C28" t="s">
         <v>87</v>
       </c>
+      <c r="D28">
+        <v>1827</v>
+      </c>
       <c r="E28" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G28" t="s">
         <v>25</v>
       </c>
       <c r="H28">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>26</v>
       </c>
       <c r="K28">
-        <v>2</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L28">
+        <v>109.6</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28">
+        <v>100.67</v>
       </c>
       <c r="P28" t="s">
         <v>26</v>
       </c>
-      <c r="Q28" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q28">
+        <v>118.42</v>
+      </c>
+      <c r="R28">
+        <v>121.41</v>
       </c>
       <c r="S28" t="s">
         <v>26</v>
       </c>
       <c r="T28" t="s">
         <v>26</v>
       </c>
       <c r="U28">
-        <v>243.4</v>
+        <v>450.1</v>
       </c>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D29">
-        <v>734</v>
+        <v>1666</v>
       </c>
       <c r="E29" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="F29" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G29" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H29">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>26</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>81.81</v>
-[...2 lines deleted...]
-        <v>77.97</v>
+        <v>112.74</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
       </c>
       <c r="N29">
-        <v>82.53</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>101.48</v>
+      </c>
+      <c r="O29">
+        <v>116.86</v>
       </c>
       <c r="P29" t="s">
         <v>26</v>
       </c>
       <c r="Q29" t="s">
         <v>26</v>
       </c>
-      <c r="R29" t="s">
-        <v>26</v>
+      <c r="R29">
+        <v>118.98</v>
       </c>
       <c r="S29" t="s">
         <v>26</v>
       </c>
       <c r="T29" t="s">
         <v>26</v>
       </c>
       <c r="U29">
-        <v>242.31</v>
+        <v>450.06</v>
       </c>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D30">
-        <v>1093</v>
+        <v>2308</v>
       </c>
       <c r="E30" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G30" t="s">
         <v>25</v>
       </c>
       <c r="H30">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>26</v>
       </c>
       <c r="K30">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L30" t="s">
+        <v>26</v>
+      </c>
+      <c r="M30">
+        <v>110.37</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30">
-        <v>124.32</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>104.48</v>
+      </c>
+      <c r="P30">
+        <v>115.62</v>
+      </c>
+      <c r="Q30">
+        <v>110.23</v>
       </c>
       <c r="R30" t="s">
         <v>26</v>
       </c>
       <c r="S30" t="s">
         <v>26</v>
       </c>
       <c r="T30" t="s">
         <v>26</v>
       </c>
       <c r="U30">
-        <v>240.8</v>
+        <v>440.7</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C31" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D31">
-        <v>964</v>
+        <v>2364</v>
       </c>
       <c r="E31" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F31" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
         <v>25</v>
       </c>
       <c r="H31">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>26</v>
       </c>
       <c r="K31">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L31" t="s">
+        <v>26</v>
+      </c>
+      <c r="M31">
+        <v>80.69</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31">
-        <v>119.9</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>86.16</v>
+      </c>
+      <c r="P31">
+        <v>91.75</v>
+      </c>
+      <c r="Q31">
+        <v>87.64</v>
+      </c>
+      <c r="R31">
+        <v>72.82</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>26</v>
       </c>
       <c r="U31">
-        <v>233.67</v>
+        <v>419.06</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D32">
-        <v>2187</v>
+        <v>1378</v>
       </c>
       <c r="E32" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="G32" t="s">
         <v>25</v>
       </c>
       <c r="H32">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>26</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L32">
-        <v>112.27</v>
+        <v>104.28</v>
       </c>
       <c r="M32">
-        <v>114.32</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>102.37</v>
+      </c>
+      <c r="N32">
+        <v>93.97</v>
       </c>
       <c r="O32" t="s">
         <v>26</v>
       </c>
-      <c r="P32" t="s">
-        <v>26</v>
+      <c r="P32">
+        <v>115.84</v>
       </c>
       <c r="Q32" t="s">
         <v>26</v>
       </c>
       <c r="R32" t="s">
         <v>26</v>
       </c>
       <c r="S32" t="s">
         <v>26</v>
       </c>
       <c r="T32" t="s">
         <v>26</v>
       </c>
       <c r="U32">
-        <v>226.59</v>
+        <v>416.46</v>
       </c>
     </row>
     <row r="33" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>100</v>
+      </c>
+      <c r="D33">
+        <v>250</v>
       </c>
       <c r="E33" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="F33" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G33" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H33">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>26</v>
       </c>
       <c r="K33">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L33">
+        <v>87.49</v>
       </c>
       <c r="M33">
-        <v>110.43</v>
+        <v>83.69</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33">
-        <v>114.61</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>85.89</v>
+      </c>
+      <c r="P33">
+        <v>83.25</v>
       </c>
       <c r="Q33" t="s">
         <v>26</v>
       </c>
-      <c r="R33" t="s">
-        <v>26</v>
+      <c r="R33">
+        <v>72.23</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>26</v>
       </c>
       <c r="U33">
-        <v>225.04</v>
+        <v>412.55</v>
       </c>
     </row>
     <row r="34" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D34">
-        <v>1574</v>
+        <v>267</v>
       </c>
       <c r="E34" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G34" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H34">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>26</v>
       </c>
       <c r="K34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L34">
-        <v>111.41</v>
+        <v>101.46</v>
       </c>
       <c r="M34" t="s">
         <v>26</v>
       </c>
-      <c r="N34" t="s">
-        <v>26</v>
+      <c r="N34">
+        <v>94.29</v>
       </c>
       <c r="O34">
-        <v>110.28</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>102.64</v>
+      </c>
+      <c r="P34">
+        <v>113.75</v>
       </c>
       <c r="Q34" t="s">
         <v>26</v>
       </c>
       <c r="R34" t="s">
         <v>26</v>
       </c>
       <c r="S34" t="s">
         <v>26</v>
       </c>
       <c r="T34" t="s">
         <v>26</v>
       </c>
       <c r="U34">
-        <v>221.69</v>
+        <v>412.14</v>
       </c>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C35" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>105</v>
       </c>
       <c r="E35" t="s">
-        <v>75</v>
+        <v>106</v>
       </c>
       <c r="F35" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="G35" t="s">
         <v>25</v>
       </c>
       <c r="H35">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>26</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
-      <c r="L35">
-[...3 lines deleted...]
-        <v>76.2</v>
+      <c r="L35" t="s">
+        <v>26</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35">
-        <v>70.99</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>125.97</v>
+      </c>
+      <c r="P35">
+        <v>139.38</v>
+      </c>
+      <c r="Q35">
+        <v>143.42</v>
       </c>
       <c r="R35" t="s">
         <v>26</v>
       </c>
       <c r="S35" t="s">
         <v>26</v>
       </c>
       <c r="T35" t="s">
         <v>26</v>
       </c>
       <c r="U35">
-        <v>220.52</v>
+        <v>408.77</v>
       </c>
     </row>
     <row r="36" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="C36" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D36">
-        <v>2320</v>
+        <v>1012</v>
       </c>
       <c r="E36" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F36" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G36" t="s">
         <v>25</v>
       </c>
       <c r="H36">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>26</v>
       </c>
       <c r="K36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36">
-        <v>104.62</v>
+        <v>94.04</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36">
-        <v>114.74</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>97.78</v>
+      </c>
+      <c r="P36">
+        <v>107.1</v>
       </c>
       <c r="Q36" t="s">
         <v>26</v>
       </c>
-      <c r="R36" t="s">
-        <v>26</v>
+      <c r="R36">
+        <v>107.86</v>
       </c>
       <c r="S36" t="s">
         <v>26</v>
       </c>
       <c r="T36" t="s">
         <v>26</v>
       </c>
       <c r="U36">
-        <v>219.36</v>
+        <v>406.78</v>
       </c>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>1223</v>
+        <v>110</v>
       </c>
       <c r="E37" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="F37" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>26</v>
       </c>
       <c r="K37">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>102.76</v>
+        <v>3</v>
+      </c>
+      <c r="L37" t="s">
+        <v>26</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
-      <c r="O37" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O37">
+        <v>123.81</v>
+      </c>
+      <c r="P37">
+        <v>140.53</v>
+      </c>
+      <c r="Q37">
+        <v>134.14</v>
       </c>
       <c r="R37" t="s">
         <v>26</v>
       </c>
       <c r="S37" t="s">
         <v>26</v>
       </c>
       <c r="T37" t="s">
         <v>26</v>
       </c>
       <c r="U37">
-        <v>217.58</v>
+        <v>398.48</v>
       </c>
     </row>
     <row r="38" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D38">
-        <v>1003</v>
+        <v>1665</v>
       </c>
       <c r="E38" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G38" t="s">
         <v>25</v>
       </c>
       <c r="H38">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>26</v>
       </c>
       <c r="K38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
-      <c r="M38">
-        <v>109.77</v>
+      <c r="M38" t="s">
+        <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
-      <c r="O38">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="O38" t="s">
+        <v>26</v>
+      </c>
+      <c r="P38">
+        <v>132.97</v>
+      </c>
+      <c r="Q38">
+        <v>131.16</v>
+      </c>
+      <c r="R38">
+        <v>133.12</v>
       </c>
       <c r="S38" t="s">
         <v>26</v>
       </c>
       <c r="T38" t="s">
         <v>26</v>
       </c>
       <c r="U38">
-        <v>217.51</v>
+        <v>397.25</v>
       </c>
     </row>
     <row r="39" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>115</v>
+      </c>
+      <c r="D39">
+        <v>2210</v>
       </c>
       <c r="E39" t="s">
-        <v>113</v>
+        <v>54</v>
       </c>
       <c r="F39" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G39" t="s">
         <v>25</v>
       </c>
       <c r="H39">
+        <v>12</v>
+      </c>
+      <c r="I39" t="b">
+        <v>1</v>
+      </c>
+      <c r="J39" t="s">
+        <v>26</v>
+      </c>
+      <c r="K39">
         <v>4</v>
       </c>
-      <c r="I39" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L39">
-        <v>104.96</v>
+        <v>97.48</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39">
-        <v>111.74</v>
+        <v>97.41</v>
       </c>
       <c r="P39" t="s">
         <v>26</v>
       </c>
-      <c r="Q39" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q39">
+        <v>104.51</v>
+      </c>
+      <c r="R39">
+        <v>97.18</v>
       </c>
       <c r="S39" t="s">
         <v>26</v>
       </c>
       <c r="T39" t="s">
         <v>26</v>
       </c>
       <c r="U39">
-        <v>216.7</v>
+        <v>396.58</v>
       </c>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D40">
-        <v>2308</v>
+        <v>881</v>
       </c>
       <c r="E40" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="F40" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="G40" t="s">
         <v>25</v>
       </c>
       <c r="H40">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>26</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
-      <c r="M40">
-        <v>110.37</v>
+      <c r="M40" t="s">
+        <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40">
-        <v>104.48</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>97.5</v>
+      </c>
+      <c r="P40">
+        <v>101.19</v>
+      </c>
+      <c r="Q40">
+        <v>95.68</v>
+      </c>
+      <c r="R40">
+        <v>95.48</v>
       </c>
       <c r="S40" t="s">
         <v>26</v>
       </c>
       <c r="T40" t="s">
         <v>26</v>
       </c>
       <c r="U40">
-        <v>214.85</v>
+        <v>389.85</v>
       </c>
     </row>
     <row r="41" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C41" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>1827</v>
+        <v>119</v>
       </c>
       <c r="E41" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="F41" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="H41">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>26</v>
       </c>
       <c r="K41">
-        <v>2</v>
-[...11 lines deleted...]
-        <v>100.67</v>
+        <v>3</v>
+      </c>
+      <c r="L41" t="s">
+        <v>26</v>
+      </c>
+      <c r="M41">
+        <v>120.19</v>
+      </c>
+      <c r="N41">
+        <v>123.21</v>
+      </c>
+      <c r="O41" t="s">
+        <v>26</v>
       </c>
       <c r="P41" t="s">
         <v>26</v>
       </c>
       <c r="Q41" t="s">
         <v>26</v>
       </c>
-      <c r="R41" t="s">
-        <v>26</v>
+      <c r="R41">
+        <v>145.34</v>
       </c>
       <c r="S41" t="s">
         <v>26</v>
       </c>
       <c r="T41" t="s">
         <v>26</v>
       </c>
       <c r="U41">
-        <v>210.27</v>
+        <v>388.74</v>
       </c>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" t="s">
+        <v>83</v>
+      </c>
+      <c r="D42">
+        <v>202</v>
+      </c>
+      <c r="E42" t="s">
+        <v>81</v>
+      </c>
+      <c r="F42" t="s">
         <v>121</v>
       </c>
-      <c r="D42">
-[...7 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>26</v>
       </c>
       <c r="K42">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L42">
+        <v>73.33</v>
       </c>
       <c r="M42">
-        <v>67.84</v>
-[...2 lines deleted...]
-        <v>62.41</v>
+        <v>76.2</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
       </c>
       <c r="O42">
-        <v>79.44</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>70.99</v>
+      </c>
+      <c r="P42">
+        <v>82.31</v>
+      </c>
+      <c r="Q42">
+        <v>83.19</v>
       </c>
       <c r="R42" t="s">
         <v>26</v>
       </c>
       <c r="S42" t="s">
         <v>26</v>
       </c>
       <c r="T42" t="s">
         <v>26</v>
       </c>
       <c r="U42">
-        <v>209.69</v>
+        <v>386.02</v>
       </c>
     </row>
     <row r="43" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>122</v>
       </c>
       <c r="C43" t="s">
         <v>123</v>
       </c>
+      <c r="D43">
+        <v>1580</v>
+      </c>
       <c r="E43" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="F43" t="s">
         <v>24</v>
       </c>
       <c r="G43" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H43">
+        <v>14</v>
+      </c>
+      <c r="I43" t="b">
+        <v>1</v>
+      </c>
+      <c r="J43" t="s">
+        <v>26</v>
+      </c>
+      <c r="K43">
         <v>3</v>
       </c>
-      <c r="I43" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43">
-        <v>102.45</v>
+        <v>121.74</v>
       </c>
       <c r="N43">
-        <v>92.5</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>122.85</v>
+      </c>
+      <c r="O43">
+        <v>130.12</v>
       </c>
       <c r="P43" t="s">
         <v>26</v>
       </c>
       <c r="Q43" t="s">
         <v>26</v>
       </c>
       <c r="R43" t="s">
         <v>26</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>26</v>
       </c>
       <c r="U43">
-        <v>194.95</v>
+        <v>374.71</v>
       </c>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
       <c r="D44">
-        <v>2210</v>
+        <v>2370</v>
       </c>
       <c r="E44" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F44" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G44" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H44">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>26</v>
       </c>
       <c r="K44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L44">
-        <v>97.48</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>90.79</v>
+      </c>
+      <c r="M44">
+        <v>91.84</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44">
-        <v>97.41</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>85.79</v>
+      </c>
+      <c r="P44">
+        <v>103.81</v>
       </c>
       <c r="Q44" t="s">
         <v>26</v>
       </c>
       <c r="R44" t="s">
         <v>26</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>26</v>
       </c>
       <c r="U44">
-        <v>194.89</v>
+        <v>372.23</v>
       </c>
     </row>
     <row r="45" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>126</v>
       </c>
       <c r="C45" t="s">
         <v>127</v>
       </c>
       <c r="D45">
-        <v>705</v>
+        <v>964</v>
       </c>
       <c r="E45" t="s">
-        <v>59</v>
+        <v>128</v>
       </c>
       <c r="F45" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G45" t="s">
         <v>25</v>
       </c>
       <c r="H45">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>26</v>
       </c>
       <c r="K45">
-        <v>2</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>3</v>
+      </c>
+      <c r="L45">
+        <v>113.77</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45">
+        <v>119.9</v>
       </c>
       <c r="P45" t="s">
         <v>26</v>
       </c>
       <c r="Q45" t="s">
         <v>26</v>
       </c>
-      <c r="R45" t="s">
-        <v>26</v>
+      <c r="R45">
+        <v>127.44</v>
       </c>
       <c r="S45" t="s">
         <v>26</v>
       </c>
       <c r="T45" t="s">
         <v>26</v>
       </c>
       <c r="U45">
-        <v>192.51</v>
+        <v>361.11</v>
       </c>
     </row>
     <row r="46" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D46">
-        <v>1012</v>
+        <v>2187</v>
       </c>
       <c r="E46" t="s">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="F46" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G46" t="s">
         <v>25</v>
       </c>
       <c r="H46">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I46" t="b">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>26</v>
       </c>
       <c r="K46">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>3</v>
+      </c>
+      <c r="L46">
+        <v>112.27</v>
       </c>
       <c r="M46">
-        <v>94.04</v>
+        <v>114.32</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
-      <c r="O46">
-        <v>97.78</v>
+      <c r="O46" t="s">
+        <v>26</v>
       </c>
       <c r="P46" t="s">
         <v>26</v>
       </c>
       <c r="Q46" t="s">
         <v>26</v>
       </c>
-      <c r="R46" t="s">
-        <v>26</v>
+      <c r="R46">
+        <v>133.74</v>
       </c>
       <c r="S46" t="s">
         <v>26</v>
       </c>
       <c r="T46" t="s">
         <v>26</v>
       </c>
       <c r="U46">
-        <v>191.82</v>
+        <v>360.33</v>
       </c>
     </row>
     <row r="47" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D47">
-        <v>1821</v>
+        <v>1809</v>
       </c>
       <c r="E47" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="F47" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>26</v>
       </c>
       <c r="K47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L47">
-        <v>93.69</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>112.82</v>
+      </c>
+      <c r="M47">
+        <v>116.36</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47">
-        <v>94.55</v>
+        <v>116.81</v>
       </c>
       <c r="P47" t="s">
         <v>26</v>
       </c>
       <c r="Q47" t="s">
         <v>26</v>
       </c>
       <c r="R47" t="s">
         <v>26</v>
       </c>
       <c r="S47" t="s">
         <v>26</v>
       </c>
       <c r="T47" t="s">
         <v>26</v>
       </c>
       <c r="U47">
-        <v>188.24</v>
+        <v>345.99</v>
       </c>
     </row>
     <row r="48" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C48" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>1426</v>
+        <v>134</v>
       </c>
       <c r="E48" t="s">
-        <v>132</v>
+        <v>54</v>
       </c>
       <c r="F48" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G48" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H48">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>26</v>
       </c>
       <c r="K48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L48">
-        <v>88.3</v>
+        <v>108.64</v>
       </c>
       <c r="M48" t="s">
         <v>26</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
-      <c r="O48">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O48" t="s">
+        <v>26</v>
+      </c>
+      <c r="P48">
+        <v>120.01</v>
+      </c>
+      <c r="Q48">
+        <v>116.37</v>
       </c>
       <c r="R48" t="s">
         <v>26</v>
       </c>
       <c r="S48" t="s">
         <v>26</v>
       </c>
       <c r="T48" t="s">
         <v>26</v>
       </c>
       <c r="U48">
-        <v>183.33</v>
+        <v>345.02</v>
       </c>
     </row>
     <row r="49" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>136</v>
+      </c>
+      <c r="D49">
+        <v>981</v>
       </c>
       <c r="E49" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="F49" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G49" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H49">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>26</v>
       </c>
       <c r="K49">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>93.32</v>
+        <v>3</v>
+      </c>
+      <c r="L49" t="s">
+        <v>26</v>
+      </c>
+      <c r="M49" t="s">
+        <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
-      <c r="O49" t="s">
-        <v>26</v>
+      <c r="O49">
+        <v>116.32</v>
       </c>
       <c r="P49" t="s">
         <v>26</v>
       </c>
-      <c r="Q49" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q49">
+        <v>121.24</v>
+      </c>
+      <c r="R49">
+        <v>104.41</v>
       </c>
       <c r="S49" t="s">
         <v>26</v>
       </c>
       <c r="T49" t="s">
         <v>26</v>
       </c>
       <c r="U49">
-        <v>182.21</v>
+        <v>341.97</v>
       </c>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
+        <v>138</v>
+      </c>
+      <c r="D50">
+        <v>2214</v>
       </c>
       <c r="E50" t="s">
-        <v>23</v>
+        <v>139</v>
       </c>
       <c r="F50" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G50" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H50">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I50" t="b">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>26</v>
       </c>
       <c r="K50">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
-      <c r="M50">
-[...15 lines deleted...]
-        <v>26</v>
+      <c r="M50" t="s">
+        <v>26</v>
+      </c>
+      <c r="N50">
+        <v>57.53</v>
+      </c>
+      <c r="O50" t="s">
+        <v>26</v>
+      </c>
+      <c r="P50">
+        <v>98.69</v>
+      </c>
+      <c r="Q50">
+        <v>94.77</v>
+      </c>
+      <c r="R50">
+        <v>90.17</v>
       </c>
       <c r="S50" t="s">
         <v>26</v>
       </c>
       <c r="T50" t="s">
         <v>26</v>
       </c>
       <c r="U50">
-        <v>175.24</v>
+        <v>341.16</v>
       </c>
     </row>
     <row r="51" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
-        <v>138</v>
+        <v>141</v>
+      </c>
+      <c r="D51">
+        <v>1003</v>
       </c>
       <c r="E51" t="s">
-        <v>139</v>
+        <v>29</v>
       </c>
       <c r="F51" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G51" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H51">
+        <v>12</v>
+      </c>
+      <c r="I51" t="b">
+        <v>1</v>
+      </c>
+      <c r="J51" t="s">
+        <v>26</v>
+      </c>
+      <c r="K51">
         <v>3</v>
       </c>
-      <c r="I51" t="b">
-[...12 lines deleted...]
-        <v>26</v>
+      <c r="L51" t="s">
+        <v>26</v>
+      </c>
+      <c r="M51">
+        <v>109.77</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51">
-        <v>86.53</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>107.74</v>
+      </c>
+      <c r="P51">
+        <v>119.89</v>
       </c>
       <c r="Q51" t="s">
         <v>26</v>
       </c>
       <c r="R51" t="s">
         <v>26</v>
       </c>
       <c r="S51" t="s">
         <v>26</v>
       </c>
       <c r="T51" t="s">
         <v>26</v>
       </c>
       <c r="U51">
-        <v>173.97</v>
+        <v>337.4</v>
       </c>
     </row>
     <row r="52" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D52">
-        <v>2364</v>
+        <v>2130</v>
       </c>
       <c r="E52" t="s">
-        <v>142</v>
+        <v>26</v>
       </c>
       <c r="F52" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>26</v>
       </c>
       <c r="K52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
-      <c r="M52">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="M52" t="s">
+        <v>26</v>
+      </c>
+      <c r="N52">
+        <v>73.14</v>
       </c>
       <c r="O52">
-        <v>86.16</v>
+        <v>77.52</v>
       </c>
       <c r="P52" t="s">
         <v>26</v>
       </c>
-      <c r="Q52" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q52">
+        <v>96.25</v>
+      </c>
+      <c r="R52">
+        <v>89.29</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>26</v>
       </c>
       <c r="U52">
-        <v>166.85</v>
+        <v>336.2</v>
       </c>
     </row>
     <row r="53" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C53" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E53" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="F53" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="G53" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H53">
+        <v>5</v>
+      </c>
+      <c r="I53" t="b">
+        <v>1</v>
+      </c>
+      <c r="J53" t="s">
+        <v>26</v>
+      </c>
+      <c r="K53">
         <v>3</v>
       </c>
-      <c r="I53" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L53">
-        <v>82.39</v>
+        <v>104.96</v>
       </c>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53">
-        <v>83.64</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>111.74</v>
+      </c>
+      <c r="P53">
+        <v>118.18</v>
       </c>
       <c r="Q53" t="s">
         <v>26</v>
       </c>
       <c r="R53" t="s">
         <v>26</v>
       </c>
       <c r="S53" t="s">
         <v>26</v>
       </c>
       <c r="T53" t="s">
         <v>26</v>
       </c>
       <c r="U53">
-        <v>166.03</v>
+        <v>334.88</v>
       </c>
     </row>
     <row r="54" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C54" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="D54">
-        <v>1662</v>
+        <v>1299</v>
       </c>
       <c r="E54" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="G54" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H54">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>26</v>
       </c>
       <c r="K54">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>84.54</v>
+        <v>4</v>
+      </c>
+      <c r="L54">
+        <v>78.01</v>
+      </c>
+      <c r="M54" t="s">
+        <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
       <c r="O54">
-        <v>75.91</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>70.96</v>
+      </c>
+      <c r="P54">
+        <v>90.23</v>
+      </c>
+      <c r="Q54">
+        <v>95.11</v>
       </c>
       <c r="R54" t="s">
         <v>26</v>
       </c>
       <c r="S54" t="s">
         <v>26</v>
       </c>
       <c r="T54" t="s">
         <v>26</v>
       </c>
       <c r="U54">
-        <v>160.45</v>
+        <v>334.31</v>
       </c>
     </row>
     <row r="55" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E55" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F55" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G55" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H55">
         <v>4</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>26</v>
       </c>
       <c r="K55">
-        <v>2</v>
-[...11 lines deleted...]
-        <v>80.65</v>
+        <v>3</v>
+      </c>
+      <c r="L55" t="s">
+        <v>26</v>
+      </c>
+      <c r="M55">
+        <v>102.45</v>
+      </c>
+      <c r="N55">
+        <v>92.5</v>
+      </c>
+      <c r="O55" t="s">
+        <v>26</v>
       </c>
       <c r="P55" t="s">
         <v>26</v>
       </c>
       <c r="Q55" t="s">
         <v>26</v>
       </c>
-      <c r="R55" t="s">
-        <v>26</v>
+      <c r="R55">
+        <v>126.1</v>
       </c>
       <c r="S55" t="s">
         <v>26</v>
       </c>
       <c r="T55" t="s">
         <v>26</v>
       </c>
       <c r="U55">
-        <v>153.39</v>
+        <v>321.05</v>
       </c>
     </row>
     <row r="56" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>30</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="E56" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="F56" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G56" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H56">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I56" t="b">
         <v>1</v>
       </c>
       <c r="J56" t="s">
         <v>26</v>
       </c>
       <c r="K56">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L56">
+        <v>72.74</v>
       </c>
       <c r="M56" t="s">
         <v>26</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56">
-        <v>151.48</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>80.65</v>
+      </c>
+      <c r="P56">
+        <v>81.64</v>
+      </c>
+      <c r="Q56">
+        <v>83.26</v>
       </c>
       <c r="R56" t="s">
         <v>26</v>
       </c>
       <c r="S56" t="s">
         <v>26</v>
       </c>
       <c r="T56" t="s">
         <v>26</v>
       </c>
       <c r="U56">
-        <v>151.48</v>
+        <v>318.29</v>
       </c>
     </row>
     <row r="57" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C57" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D57">
-        <v>2130</v>
+        <v>1179</v>
       </c>
       <c r="E57" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F57" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G57" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H57">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>26</v>
       </c>
       <c r="K57">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>3</v>
+      </c>
+      <c r="L57">
+        <v>94.9</v>
       </c>
       <c r="M57" t="s">
         <v>26</v>
       </c>
-      <c r="N57">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>26</v>
+      </c>
+      <c r="P57">
+        <v>109.4</v>
       </c>
       <c r="Q57" t="s">
         <v>26</v>
       </c>
-      <c r="R57" t="s">
-        <v>26</v>
+      <c r="R57">
+        <v>104.92</v>
       </c>
       <c r="S57" t="s">
         <v>26</v>
       </c>
       <c r="T57" t="s">
         <v>26</v>
       </c>
       <c r="U57">
-        <v>150.66</v>
+        <v>309.22</v>
       </c>
     </row>
     <row r="58" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C58" t="s">
-        <v>154</v>
+        <v>108</v>
       </c>
       <c r="D58">
-        <v>1299</v>
+        <v>1011</v>
       </c>
       <c r="E58" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
       <c r="F58" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="G58" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H58">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I58" t="b">
         <v>1</v>
       </c>
       <c r="J58" t="s">
         <v>26</v>
       </c>
       <c r="K58">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L58" t="s">
+        <v>26</v>
+      </c>
+      <c r="M58">
+        <v>67.84</v>
+      </c>
+      <c r="N58">
+        <v>62.41</v>
       </c>
       <c r="O58">
-        <v>70.96</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>79.44</v>
+      </c>
+      <c r="P58">
+        <v>84.34</v>
       </c>
       <c r="Q58" t="s">
         <v>26</v>
       </c>
       <c r="R58" t="s">
         <v>26</v>
       </c>
       <c r="S58" t="s">
         <v>26</v>
       </c>
       <c r="T58" t="s">
         <v>26</v>
       </c>
       <c r="U58">
-        <v>148.97</v>
+        <v>294.03</v>
       </c>
     </row>
     <row r="59" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D59">
-        <v>1783</v>
+        <v>705</v>
       </c>
       <c r="E59" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="F59" t="s">
-        <v>159</v>
+        <v>60</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>26</v>
       </c>
       <c r="K59">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>3</v>
+      </c>
+      <c r="L59" t="s">
+        <v>26</v>
+      </c>
+      <c r="M59">
+        <v>96.29</v>
+      </c>
+      <c r="N59">
+        <v>96.22</v>
       </c>
       <c r="O59" t="s">
         <v>26</v>
       </c>
       <c r="P59" t="s">
         <v>26</v>
       </c>
-      <c r="Q59" t="s">
-        <v>26</v>
+      <c r="Q59">
+        <v>100.07</v>
       </c>
       <c r="R59" t="s">
         <v>26</v>
       </c>
       <c r="S59" t="s">
         <v>26</v>
       </c>
       <c r="T59" t="s">
         <v>26</v>
       </c>
       <c r="U59">
-        <v>145.6</v>
+        <v>292.58</v>
       </c>
     </row>
     <row r="60" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
+        <v>137</v>
+      </c>
+      <c r="C60" t="s">
         <v>160</v>
       </c>
-      <c r="C60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60">
-        <v>2066</v>
+        <v>768</v>
       </c>
       <c r="E60" t="s">
-        <v>162</v>
+        <v>47</v>
       </c>
       <c r="F60" t="s">
-        <v>159</v>
+        <v>60</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L60">
-        <v>138.12</v>
+        <v>91.35</v>
       </c>
       <c r="M60" t="s">
         <v>26</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
       <c r="O60" t="s">
         <v>26</v>
       </c>
-      <c r="P60" t="s">
-        <v>26</v>
+      <c r="P60">
+        <v>101.02</v>
       </c>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
-      <c r="R60" t="s">
-        <v>26</v>
+      <c r="R60">
+        <v>98.3</v>
       </c>
       <c r="S60" t="s">
         <v>26</v>
       </c>
       <c r="T60" t="s">
         <v>26</v>
       </c>
       <c r="U60">
-        <v>138.12</v>
+        <v>290.67</v>
       </c>
     </row>
     <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="C61" t="s">
-        <v>164</v>
+        <v>162</v>
+      </c>
+      <c r="D61">
+        <v>1957</v>
       </c>
       <c r="E61" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F61" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G61" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H61">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>26</v>
       </c>
       <c r="K61">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
         <v>26</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
-      <c r="O61">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="O61" t="s">
+        <v>26</v>
+      </c>
+      <c r="P61">
+        <v>100.05</v>
+      </c>
+      <c r="Q61">
+        <v>95.24</v>
+      </c>
+      <c r="R61">
+        <v>93.67</v>
       </c>
       <c r="S61" t="s">
         <v>26</v>
       </c>
       <c r="T61" t="s">
         <v>26</v>
       </c>
       <c r="U61">
-        <v>133.62</v>
+        <v>288.96</v>
       </c>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C62" t="s">
-        <v>166</v>
+        <v>164</v>
+      </c>
+      <c r="D62">
+        <v>1783</v>
       </c>
       <c r="E62" t="s">
-        <v>150</v>
+        <v>47</v>
       </c>
       <c r="F62" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="G62" t="s">
         <v>25</v>
       </c>
       <c r="H62">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>26</v>
       </c>
       <c r="K62">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L62">
+        <v>145.6</v>
       </c>
       <c r="M62" t="s">
         <v>26</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
-      <c r="O62">
-        <v>130.91</v>
+      <c r="O62" t="s">
+        <v>26</v>
       </c>
       <c r="P62" t="s">
         <v>26</v>
       </c>
-      <c r="Q62" t="s">
-        <v>26</v>
+      <c r="Q62">
+        <v>141.53</v>
       </c>
       <c r="R62" t="s">
         <v>26</v>
       </c>
       <c r="S62" t="s">
         <v>26</v>
       </c>
       <c r="T62" t="s">
         <v>26</v>
       </c>
       <c r="U62">
-        <v>130.91</v>
+        <v>287.13</v>
       </c>
     </row>
     <row r="63" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="C63" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D63">
-        <v>417</v>
+        <v>869</v>
       </c>
       <c r="E63" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="F63" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G63" t="s">
         <v>25</v>
       </c>
       <c r="H63">
         <v>12</v>
       </c>
       <c r="I63" t="b">
         <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>26</v>
       </c>
       <c r="K63">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
         <v>26</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
-      <c r="O63">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="O63" t="s">
+        <v>26</v>
+      </c>
+      <c r="P63">
+        <v>94.64</v>
+      </c>
+      <c r="Q63">
+        <v>92.27</v>
+      </c>
+      <c r="R63">
+        <v>94.28</v>
       </c>
       <c r="S63" t="s">
         <v>26</v>
       </c>
       <c r="T63" t="s">
         <v>26</v>
       </c>
       <c r="U63">
-        <v>127.99</v>
+        <v>281.19</v>
       </c>
     </row>
     <row r="64" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>140</v>
+        <v>102</v>
       </c>
       <c r="C64" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D64">
-        <v>2217</v>
+        <v>1948</v>
       </c>
       <c r="E64" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F64" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G64" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H64">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>26</v>
       </c>
       <c r="K64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>26</v>
       </c>
-      <c r="N64">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64">
+        <v>84.18</v>
+      </c>
+      <c r="P64">
+        <v>92.21</v>
+      </c>
+      <c r="Q64">
+        <v>95.58</v>
       </c>
       <c r="R64" t="s">
         <v>26</v>
       </c>
       <c r="S64" t="s">
         <v>26</v>
       </c>
       <c r="T64" t="s">
         <v>26</v>
       </c>
       <c r="U64">
-        <v>126.52</v>
+        <v>271.97</v>
       </c>
     </row>
     <row r="65" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
       <c r="C65" t="s">
-        <v>169</v>
+        <v>167</v>
+      </c>
+      <c r="D65">
+        <v>417</v>
       </c>
       <c r="E65" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F65" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>25</v>
       </c>
       <c r="H65">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I65" t="b">
         <v>1</v>
       </c>
       <c r="J65" t="s">
         <v>26</v>
       </c>
       <c r="K65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
         <v>26</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65">
-        <v>126.23</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>127.99</v>
+      </c>
+      <c r="P65">
+        <v>143.04</v>
       </c>
       <c r="Q65" t="s">
         <v>26</v>
       </c>
       <c r="R65" t="s">
         <v>26</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>26</v>
       </c>
       <c r="U65">
-        <v>126.23</v>
+        <v>271.03</v>
       </c>
     </row>
     <row r="66" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>168</v>
+      </c>
+      <c r="C66" t="s">
+        <v>169</v>
+      </c>
+      <c r="E66" t="s">
         <v>170</v>
       </c>
-      <c r="C66" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F66" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G66" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H66">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>26</v>
       </c>
       <c r="K66">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>3</v>
+      </c>
+      <c r="L66">
+        <v>87.44</v>
       </c>
       <c r="M66" t="s">
         <v>26</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66">
-        <v>125.97</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>86.53</v>
+      </c>
+      <c r="P66">
+        <v>94.09</v>
       </c>
       <c r="Q66" t="s">
         <v>26</v>
       </c>
       <c r="R66" t="s">
         <v>26</v>
       </c>
       <c r="S66" t="s">
         <v>26</v>
       </c>
       <c r="T66" t="s">
         <v>26</v>
       </c>
       <c r="U66">
-        <v>125.97</v>
+        <v>268.06</v>
       </c>
     </row>
     <row r="67" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>173</v>
+        <v>95</v>
       </c>
       <c r="C67" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="D67">
-        <v>1779</v>
+        <v>2217</v>
       </c>
       <c r="E67" t="s">
-        <v>175</v>
+        <v>26</v>
       </c>
       <c r="F67" t="s">
         <v>24</v>
       </c>
       <c r="G67" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H67">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I67" t="b">
         <v>1</v>
       </c>
       <c r="J67" t="s">
         <v>26</v>
       </c>
       <c r="K67">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>26</v>
       </c>
       <c r="N67">
-        <v>125.27</v>
+        <v>126.52</v>
       </c>
       <c r="O67" t="s">
         <v>26</v>
       </c>
       <c r="P67" t="s">
         <v>26</v>
       </c>
-      <c r="Q67" t="s">
-        <v>26</v>
+      <c r="Q67">
+        <v>141.05</v>
       </c>
       <c r="R67" t="s">
         <v>26</v>
       </c>
       <c r="S67" t="s">
         <v>26</v>
       </c>
       <c r="T67" t="s">
         <v>26</v>
       </c>
       <c r="U67">
-        <v>125.27</v>
+        <v>267.57</v>
       </c>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
+        <v>172</v>
       </c>
       <c r="E68" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="F68" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G68" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H68">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="I68" t="b">
         <v>1</v>
       </c>
       <c r="J68" t="s">
         <v>26</v>
       </c>
       <c r="K68">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>26</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68">
-        <v>124.17</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>86.26</v>
+      </c>
+      <c r="P68">
+        <v>92.49</v>
+      </c>
+      <c r="Q68">
+        <v>87.19</v>
       </c>
       <c r="R68" t="s">
         <v>26</v>
       </c>
       <c r="S68" t="s">
         <v>26</v>
       </c>
       <c r="T68" t="s">
         <v>26</v>
       </c>
       <c r="U68">
-        <v>124.17</v>
+        <v>265.94</v>
       </c>
     </row>
     <row r="69" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>177</v>
+        <v>78</v>
       </c>
       <c r="C69" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="E69" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G69" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H69">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I69" t="b">
         <v>1</v>
       </c>
       <c r="J69" t="s">
         <v>26</v>
       </c>
       <c r="K69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
-      <c r="M69" t="s">
-        <v>26</v>
+      <c r="M69">
+        <v>87.46</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69">
-        <v>124.12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>87.78</v>
+      </c>
+      <c r="P69">
+        <v>89.26</v>
       </c>
       <c r="Q69" t="s">
         <v>26</v>
       </c>
       <c r="R69" t="s">
         <v>26</v>
       </c>
       <c r="S69" t="s">
         <v>26</v>
       </c>
       <c r="T69" t="s">
         <v>26</v>
       </c>
       <c r="U69">
-        <v>124.12</v>
+        <v>264.5</v>
       </c>
     </row>
     <row r="70" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C70" t="s">
-        <v>181</v>
+        <v>175</v>
+      </c>
+      <c r="D70">
+        <v>1779</v>
       </c>
       <c r="E70" t="s">
-        <v>23</v>
+        <v>176</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H70">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I70" t="b">
         <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>26</v>
       </c>
       <c r="K70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>26</v>
       </c>
-      <c r="N70" t="s">
-[...3 lines deleted...]
-        <v>123.81</v>
+      <c r="N70">
+        <v>125.27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>26</v>
       </c>
       <c r="P70" t="s">
         <v>26</v>
       </c>
-      <c r="Q70" t="s">
-        <v>26</v>
+      <c r="Q70">
+        <v>133.52</v>
       </c>
       <c r="R70" t="s">
         <v>26</v>
       </c>
       <c r="S70" t="s">
         <v>26</v>
       </c>
       <c r="T70" t="s">
         <v>26</v>
       </c>
       <c r="U70">
-        <v>123.81</v>
+        <v>258.79</v>
       </c>
     </row>
     <row r="71" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="C71" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="E71" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F71" t="s">
         <v>24</v>
       </c>
       <c r="G71" t="s">
         <v>25</v>
       </c>
       <c r="H71">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I71" t="b">
         <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>26</v>
       </c>
       <c r="K71">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>26</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71">
-        <v>123.16</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>119.06</v>
+      </c>
+      <c r="P71">
+        <v>136.37</v>
       </c>
       <c r="Q71" t="s">
         <v>26</v>
       </c>
       <c r="R71" t="s">
         <v>26</v>
       </c>
       <c r="S71" t="s">
         <v>26</v>
       </c>
       <c r="T71" t="s">
         <v>26</v>
       </c>
       <c r="U71">
-        <v>123.16</v>
+        <v>255.43</v>
       </c>
     </row>
     <row r="72" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>55</v>
+        <v>178</v>
       </c>
       <c r="C72" t="s">
-        <v>154</v>
+        <v>179</v>
       </c>
       <c r="D72">
-        <v>1721</v>
+        <v>1426</v>
       </c>
       <c r="E72" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="F72" t="s">
         <v>24</v>
       </c>
       <c r="G72" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H72">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="I72" t="b">
         <v>1</v>
       </c>
       <c r="J72" t="s">
         <v>26</v>
       </c>
       <c r="K72">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L72">
-        <v>121.94</v>
+        <v>88.3</v>
       </c>
       <c r="M72" t="s">
         <v>26</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
-      <c r="O72" t="s">
-        <v>26</v>
+      <c r="O72">
+        <v>95.03</v>
       </c>
       <c r="P72" t="s">
         <v>26</v>
       </c>
       <c r="Q72" t="s">
         <v>26</v>
       </c>
-      <c r="R72" t="s">
-        <v>26</v>
+      <c r="R72">
+        <v>72.01</v>
       </c>
       <c r="S72" t="s">
         <v>26</v>
       </c>
       <c r="T72" t="s">
         <v>26</v>
       </c>
       <c r="U72">
-        <v>121.94</v>
+        <v>255.34</v>
       </c>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C73" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D73">
-        <v>2373</v>
+        <v>2105</v>
       </c>
       <c r="E73" t="s">
-        <v>186</v>
+        <v>29</v>
       </c>
       <c r="F73" t="s">
         <v>24</v>
       </c>
       <c r="G73" t="s">
         <v>25</v>
       </c>
       <c r="H73">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I73" t="b">
         <v>1</v>
       </c>
       <c r="J73" t="s">
         <v>26</v>
       </c>
       <c r="K73">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L73" t="s">
+        <v>26</v>
+      </c>
+      <c r="M73">
+        <v>118.95</v>
       </c>
       <c r="N73" t="s">
         <v>26</v>
       </c>
       <c r="O73" t="s">
         <v>26</v>
       </c>
-      <c r="P73" t="s">
-        <v>26</v>
+      <c r="P73">
+        <v>132.97</v>
       </c>
       <c r="Q73" t="s">
         <v>26</v>
       </c>
       <c r="R73" t="s">
         <v>26</v>
       </c>
       <c r="S73" t="s">
         <v>26</v>
       </c>
       <c r="T73" t="s">
         <v>26</v>
       </c>
       <c r="U73">
-        <v>121.39</v>
+        <v>251.92</v>
       </c>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="C74" t="s">
-        <v>188</v>
+        <v>80</v>
+      </c>
+      <c r="D74">
+        <v>1713</v>
       </c>
       <c r="E74" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="F74" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G74" t="s">
         <v>25</v>
       </c>
       <c r="H74">
         <v>13</v>
       </c>
       <c r="I74" t="b">
         <v>1</v>
       </c>
       <c r="J74" t="s">
         <v>26</v>
       </c>
       <c r="K74">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L74" t="s">
+        <v>26</v>
+      </c>
+      <c r="M74">
+        <v>114.19</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
       <c r="O74" t="s">
         <v>26</v>
       </c>
-      <c r="P74" t="s">
-        <v>26</v>
+      <c r="P74">
+        <v>128.35</v>
       </c>
       <c r="Q74" t="s">
         <v>26</v>
       </c>
       <c r="R74" t="s">
         <v>26</v>
       </c>
       <c r="S74" t="s">
         <v>26</v>
       </c>
       <c r="T74" t="s">
         <v>26</v>
       </c>
       <c r="U74">
-        <v>119.5</v>
+        <v>242.54</v>
       </c>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>30</v>
+        <v>184</v>
       </c>
       <c r="C75" t="s">
-        <v>190</v>
+        <v>185</v>
+      </c>
+      <c r="D75">
+        <v>734</v>
       </c>
       <c r="E75" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="F75" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G75" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H75">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="I75" t="b">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>26</v>
       </c>
       <c r="K75">
-        <v>1</v>
-[...11 lines deleted...]
-        <v>119.06</v>
+        <v>3</v>
+      </c>
+      <c r="L75">
+        <v>81.81</v>
+      </c>
+      <c r="M75">
+        <v>77.97</v>
+      </c>
+      <c r="N75">
+        <v>82.53</v>
+      </c>
+      <c r="O75" t="s">
+        <v>26</v>
       </c>
       <c r="P75" t="s">
         <v>26</v>
       </c>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
       <c r="R75" t="s">
         <v>26</v>
       </c>
       <c r="S75" t="s">
         <v>26</v>
       </c>
       <c r="T75" t="s">
         <v>26</v>
       </c>
       <c r="U75">
-        <v>119.06</v>
+        <v>242.31</v>
       </c>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>191</v>
+        <v>43</v>
       </c>
       <c r="C76" t="s">
-        <v>192</v>
+        <v>141</v>
       </c>
       <c r="D76">
-        <v>2105</v>
+        <v>1346</v>
       </c>
       <c r="E76" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F76" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G76" t="s">
         <v>25</v>
       </c>
       <c r="H76">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I76" t="b">
         <v>1</v>
       </c>
       <c r="J76" t="s">
         <v>26</v>
       </c>
       <c r="K76">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
-      <c r="M76">
-        <v>118.95</v>
+      <c r="M76" t="s">
+        <v>26</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
         <v>26</v>
       </c>
       <c r="P76" t="s">
         <v>26</v>
       </c>
-      <c r="Q76" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q76">
+        <v>116.05</v>
+      </c>
+      <c r="R76">
+        <v>121.35</v>
       </c>
       <c r="S76" t="s">
         <v>26</v>
       </c>
       <c r="T76" t="s">
         <v>26</v>
       </c>
       <c r="U76">
-        <v>118.95</v>
+        <v>237.4</v>
       </c>
     </row>
     <row r="77" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="C77" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="E77" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="F77" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G77" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H77">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I77" t="b">
         <v>1</v>
       </c>
       <c r="J77" t="s">
         <v>26</v>
       </c>
       <c r="K77">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
-      <c r="M77" t="s">
-        <v>26</v>
+      <c r="M77">
+        <v>113.71</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
-      <c r="O77">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O77" t="s">
+        <v>26</v>
+      </c>
+      <c r="P77">
+        <v>122.09</v>
       </c>
       <c r="Q77" t="s">
         <v>26</v>
       </c>
       <c r="R77" t="s">
         <v>26</v>
       </c>
       <c r="S77" t="s">
         <v>26</v>
       </c>
       <c r="T77" t="s">
         <v>26</v>
       </c>
       <c r="U77">
-        <v>118.68</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="78" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C78" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="E78" t="s">
-        <v>150</v>
+        <v>26</v>
       </c>
       <c r="F78" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G78" t="s">
         <v>25</v>
       </c>
       <c r="H78">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="I78" t="b">
         <v>1</v>
       </c>
       <c r="J78" t="s">
         <v>26</v>
       </c>
       <c r="K78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L78" t="s">
         <v>26</v>
       </c>
       <c r="M78" t="s">
         <v>26</v>
       </c>
       <c r="N78" t="s">
         <v>26</v>
       </c>
       <c r="O78">
-        <v>118.08</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>111.09</v>
+      </c>
+      <c r="P78">
+        <v>124.56</v>
       </c>
       <c r="Q78" t="s">
         <v>26</v>
       </c>
       <c r="R78" t="s">
         <v>26</v>
       </c>
       <c r="S78" t="s">
         <v>26</v>
       </c>
       <c r="T78" t="s">
         <v>26</v>
       </c>
       <c r="U78">
-        <v>118.08</v>
+        <v>235.65</v>
       </c>
     </row>
     <row r="79" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="C79" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>98</v>
       </c>
       <c r="E79" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F79" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G79" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H79">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I79" t="b">
         <v>1</v>
       </c>
       <c r="J79" t="s">
         <v>26</v>
       </c>
       <c r="K79">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>26</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
       <c r="O79">
-        <v>116.32</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>107.77</v>
+      </c>
+      <c r="P79">
+        <v>122.65</v>
       </c>
       <c r="Q79" t="s">
         <v>26</v>
       </c>
       <c r="R79" t="s">
         <v>26</v>
       </c>
       <c r="S79" t="s">
         <v>26</v>
       </c>
       <c r="T79" t="s">
         <v>26</v>
       </c>
       <c r="U79">
-        <v>116.32</v>
+        <v>230.42</v>
       </c>
     </row>
     <row r="80" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C80" t="s">
-        <v>200</v>
+        <v>192</v>
+      </c>
+      <c r="D80">
+        <v>1643</v>
       </c>
       <c r="E80" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="F80" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I80" t="b">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>26</v>
       </c>
       <c r="K80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
-      <c r="M80">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="M80" t="s">
+        <v>26</v>
+      </c>
+      <c r="N80">
+        <v>104.63</v>
       </c>
       <c r="O80" t="s">
         <v>26</v>
       </c>
-      <c r="P80" t="s">
-        <v>26</v>
+      <c r="P80">
+        <v>124.49</v>
       </c>
       <c r="Q80" t="s">
         <v>26</v>
       </c>
       <c r="R80" t="s">
         <v>26</v>
       </c>
       <c r="S80" t="s">
         <v>26</v>
       </c>
       <c r="T80" t="s">
         <v>26</v>
       </c>
       <c r="U80">
-        <v>116.09</v>
+        <v>229.12</v>
       </c>
     </row>
     <row r="81" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="C81" t="s">
-        <v>202</v>
+        <v>148</v>
+      </c>
+      <c r="D81">
+        <v>1135</v>
       </c>
       <c r="E81" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G81" t="s">
         <v>25</v>
       </c>
       <c r="H81">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="I81" t="b">
         <v>1</v>
       </c>
       <c r="J81" t="s">
         <v>26</v>
       </c>
       <c r="K81">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
-      <c r="M81">
-        <v>115.86</v>
+      <c r="M81" t="s">
+        <v>26</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
         <v>26</v>
       </c>
-      <c r="P81" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P81">
+        <v>112.37</v>
+      </c>
+      <c r="Q81">
+        <v>116.56</v>
       </c>
       <c r="R81" t="s">
         <v>26</v>
       </c>
       <c r="S81" t="s">
         <v>26</v>
       </c>
       <c r="T81" t="s">
         <v>26</v>
       </c>
       <c r="U81">
-        <v>115.86</v>
+        <v>228.93</v>
       </c>
     </row>
     <row r="82" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>203</v>
+        <v>111</v>
       </c>
       <c r="C82" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>1713</v>
+        <v>196</v>
       </c>
       <c r="E82" t="s">
-        <v>132</v>
+        <v>197</v>
       </c>
       <c r="F82" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G82" t="s">
         <v>25</v>
       </c>
       <c r="H82">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I82" t="b">
         <v>1</v>
       </c>
       <c r="J82" t="s">
         <v>26</v>
       </c>
       <c r="K82">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
-      <c r="M82">
-        <v>114.19</v>
+      <c r="M82" t="s">
+        <v>26</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
       <c r="O82" t="s">
         <v>26</v>
       </c>
       <c r="P82" t="s">
         <v>26</v>
       </c>
-      <c r="Q82" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q82">
+        <v>115.03</v>
+      </c>
+      <c r="R82">
+        <v>107.46</v>
       </c>
       <c r="S82" t="s">
         <v>26</v>
       </c>
       <c r="T82" t="s">
         <v>26</v>
       </c>
       <c r="U82">
-        <v>114.19</v>
+        <v>222.49</v>
       </c>
     </row>
     <row r="83" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>204</v>
+        <v>55</v>
       </c>
       <c r="C83" t="s">
-        <v>205</v>
+        <v>198</v>
+      </c>
+      <c r="D83">
+        <v>2350</v>
       </c>
       <c r="E83" t="s">
-        <v>206</v>
+        <v>81</v>
       </c>
       <c r="F83" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G83" t="s">
         <v>25</v>
       </c>
       <c r="H83">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I83" t="b">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>26</v>
       </c>
       <c r="K83">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>114.17</v>
+        <v>2</v>
+      </c>
+      <c r="L83" t="s">
+        <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>26</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
-      <c r="O83" t="s">
-        <v>26</v>
+      <c r="O83">
+        <v>104.22</v>
       </c>
       <c r="P83" t="s">
         <v>26</v>
       </c>
-      <c r="Q83" t="s">
-        <v>26</v>
+      <c r="Q83">
+        <v>117.79</v>
       </c>
       <c r="R83" t="s">
         <v>26</v>
       </c>
       <c r="S83" t="s">
         <v>26</v>
       </c>
       <c r="T83" t="s">
         <v>26</v>
       </c>
       <c r="U83">
-        <v>114.17</v>
+        <v>222.01</v>
       </c>
     </row>
     <row r="84" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
       <c r="C84" t="s">
-        <v>64</v>
+        <v>200</v>
+      </c>
+      <c r="D84">
+        <v>1574</v>
       </c>
       <c r="E84" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="F84" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G84" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H84">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I84" t="b">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>26</v>
       </c>
       <c r="K84">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L84">
+        <v>111.41</v>
       </c>
       <c r="M84" t="s">
         <v>26</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84">
-        <v>114.01</v>
+        <v>110.28</v>
       </c>
       <c r="P84" t="s">
         <v>26</v>
       </c>
       <c r="Q84" t="s">
         <v>26</v>
       </c>
       <c r="R84" t="s">
         <v>26</v>
       </c>
       <c r="S84" t="s">
         <v>26</v>
       </c>
       <c r="T84" t="s">
         <v>26</v>
       </c>
       <c r="U84">
-        <v>114.01</v>
+        <v>221.69</v>
       </c>
     </row>
     <row r="85" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>208</v>
+        <v>151</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="E85" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="F85" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G85" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H85">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="I85" t="b">
         <v>1</v>
       </c>
       <c r="J85" t="s">
         <v>26</v>
       </c>
       <c r="K85">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
-      <c r="M85">
-        <v>113.71</v>
+      <c r="M85" t="s">
+        <v>26</v>
       </c>
       <c r="N85" t="s">
         <v>26</v>
       </c>
       <c r="O85" t="s">
         <v>26</v>
       </c>
-      <c r="P85" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P85">
+        <v>107.25</v>
+      </c>
+      <c r="Q85">
+        <v>110.48</v>
       </c>
       <c r="R85" t="s">
         <v>26</v>
       </c>
       <c r="S85" t="s">
         <v>26</v>
       </c>
       <c r="T85" t="s">
         <v>26</v>
       </c>
       <c r="U85">
-        <v>113.71</v>
+        <v>217.73</v>
       </c>
     </row>
     <row r="86" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>107</v>
       </c>
       <c r="C86" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="E86" t="s">
-        <v>70</v>
+        <v>204</v>
       </c>
       <c r="F86" t="s">
-        <v>24</v>
+        <v>205</v>
       </c>
       <c r="G86" t="s">
         <v>25</v>
       </c>
       <c r="H86">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="I86" t="b">
         <v>1</v>
       </c>
       <c r="J86" t="s">
         <v>26</v>
       </c>
       <c r="K86">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
-      <c r="O86">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O86" t="s">
+        <v>26</v>
+      </c>
+      <c r="P86">
+        <v>98.21</v>
+      </c>
+      <c r="Q86">
+        <v>104.77</v>
       </c>
       <c r="R86" t="s">
         <v>26</v>
       </c>
       <c r="S86" t="s">
         <v>26</v>
       </c>
       <c r="T86" t="s">
         <v>26</v>
       </c>
       <c r="U86">
-        <v>112.95</v>
+        <v>202.98</v>
       </c>
     </row>
     <row r="87" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C87" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="E87" t="s">
-        <v>146</v>
+        <v>29</v>
       </c>
       <c r="F87" t="s">
-        <v>159</v>
+        <v>36</v>
       </c>
       <c r="G87" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H87">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I87" t="b">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>26</v>
       </c>
       <c r="K87">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
-      <c r="M87">
-        <v>112.73</v>
+      <c r="M87" t="s">
+        <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
       <c r="O87" t="s">
         <v>26</v>
       </c>
-      <c r="P87" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P87">
+        <v>95.55</v>
+      </c>
+      <c r="Q87">
+        <v>94.8</v>
       </c>
       <c r="R87" t="s">
         <v>26</v>
       </c>
       <c r="S87" t="s">
         <v>26</v>
       </c>
       <c r="T87" t="s">
         <v>26</v>
       </c>
       <c r="U87">
-        <v>112.73</v>
+        <v>190.35</v>
       </c>
     </row>
     <row r="88" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C88" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="E88" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="F88" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="G88" t="s">
         <v>25</v>
       </c>
       <c r="H88">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="I88" t="b">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>26</v>
       </c>
       <c r="K88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
-      <c r="M88">
-        <v>112.7</v>
+      <c r="M88" t="s">
+        <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
         <v>26</v>
       </c>
-      <c r="P88" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P88">
+        <v>93.39</v>
+      </c>
+      <c r="Q88">
+        <v>96.12</v>
       </c>
       <c r="R88" t="s">
         <v>26</v>
       </c>
       <c r="S88" t="s">
         <v>26</v>
       </c>
       <c r="T88" t="s">
         <v>26</v>
       </c>
       <c r="U88">
-        <v>112.7</v>
+        <v>189.51</v>
       </c>
     </row>
     <row r="89" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="C89" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D89">
-        <v>2449</v>
+        <v>1821</v>
       </c>
       <c r="E89" t="s">
         <v>146</v>
       </c>
       <c r="F89" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G89" t="s">
         <v>25</v>
       </c>
       <c r="H89">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I89" t="b">
         <v>1</v>
       </c>
       <c r="J89" t="s">
         <v>26</v>
       </c>
       <c r="K89">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>112.61</v>
+        <v>2</v>
+      </c>
+      <c r="L89">
+        <v>93.69</v>
+      </c>
+      <c r="M89" t="s">
+        <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
-      <c r="O89" t="s">
-        <v>26</v>
+      <c r="O89">
+        <v>94.55</v>
       </c>
       <c r="P89" t="s">
         <v>26</v>
       </c>
       <c r="Q89" t="s">
         <v>26</v>
       </c>
       <c r="R89" t="s">
         <v>26</v>
       </c>
       <c r="S89" t="s">
         <v>26</v>
       </c>
       <c r="T89" t="s">
         <v>26</v>
       </c>
       <c r="U89">
-        <v>112.61</v>
+        <v>188.24</v>
       </c>
     </row>
     <row r="90" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>52</v>
+        <v>212</v>
       </c>
       <c r="C90" t="s">
-        <v>215</v>
+        <v>213</v>
+      </c>
+      <c r="D90">
+        <v>1700</v>
       </c>
       <c r="E90" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G90" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H90">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="I90" t="b">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>26</v>
       </c>
       <c r="K90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
-      <c r="M90" t="s">
-[...3 lines deleted...]
-        <v>111.35</v>
+      <c r="M90">
+        <v>90.65</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
       </c>
       <c r="O90" t="s">
         <v>26</v>
       </c>
       <c r="P90" t="s">
         <v>26</v>
       </c>
-      <c r="Q90" t="s">
-        <v>26</v>
+      <c r="Q90">
+        <v>97.32</v>
       </c>
       <c r="R90" t="s">
         <v>26</v>
       </c>
       <c r="S90" t="s">
         <v>26</v>
       </c>
       <c r="T90" t="s">
         <v>26</v>
       </c>
       <c r="U90">
-        <v>111.35</v>
+        <v>187.97</v>
       </c>
     </row>
     <row r="91" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>214</v>
+      </c>
+      <c r="C91" t="s">
+        <v>215</v>
+      </c>
+      <c r="D91">
+        <v>1558</v>
+      </c>
+      <c r="E91" t="s">
         <v>201</v>
       </c>
-      <c r="C91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G91" t="s">
         <v>25</v>
       </c>
       <c r="H91">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I91" t="b">
         <v>1</v>
       </c>
       <c r="J91" t="s">
         <v>26</v>
       </c>
       <c r="K91">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
       <c r="O91">
-        <v>111.09</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>91.48</v>
+      </c>
+      <c r="P91">
+        <v>96.16</v>
       </c>
       <c r="Q91" t="s">
         <v>26</v>
       </c>
       <c r="R91" t="s">
         <v>26</v>
       </c>
       <c r="S91" t="s">
         <v>26</v>
       </c>
       <c r="T91" t="s">
         <v>26</v>
       </c>
       <c r="U91">
-        <v>111.09</v>
+        <v>187.64</v>
       </c>
     </row>
     <row r="92" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>106</v>
+        <v>158</v>
       </c>
       <c r="C92" t="s">
+        <v>216</v>
+      </c>
+      <c r="E92" t="s">
+        <v>57</v>
+      </c>
+      <c r="F92" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G92" t="s">
         <v>25</v>
       </c>
       <c r="H92">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="I92" t="b">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>26</v>
       </c>
       <c r="K92">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>26</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
-      <c r="O92">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O92" t="s">
+        <v>26</v>
+      </c>
+      <c r="P92">
+        <v>94.16</v>
+      </c>
+      <c r="Q92">
+        <v>92.18</v>
       </c>
       <c r="R92" t="s">
         <v>26</v>
       </c>
       <c r="S92" t="s">
         <v>26</v>
       </c>
       <c r="T92" t="s">
         <v>26</v>
       </c>
       <c r="U92">
-        <v>110.84</v>
+        <v>186.34</v>
       </c>
     </row>
     <row r="93" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>50</v>
+        <v>218</v>
       </c>
       <c r="C93" t="s">
         <v>219</v>
       </c>
       <c r="D93">
-        <v>2457</v>
+        <v>2118</v>
       </c>
       <c r="E93" t="s">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="F93" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="G93" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H93">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I93" t="b">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>26</v>
       </c>
       <c r="K93">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>110.12</v>
+        <v>2</v>
+      </c>
+      <c r="L93" t="s">
+        <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
-      <c r="N93" t="s">
-        <v>26</v>
+      <c r="N93">
+        <v>80.68</v>
       </c>
       <c r="O93" t="s">
         <v>26</v>
       </c>
-      <c r="P93" t="s">
-        <v>26</v>
+      <c r="P93">
+        <v>101.57</v>
       </c>
       <c r="Q93" t="s">
         <v>26</v>
       </c>
       <c r="R93" t="s">
         <v>26</v>
       </c>
       <c r="S93" t="s">
         <v>26</v>
       </c>
       <c r="T93" t="s">
         <v>26</v>
       </c>
       <c r="U93">
-        <v>110.12</v>
+        <v>182.25</v>
       </c>
     </row>
     <row r="94" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>220</v>
       </c>
       <c r="C94" t="s">
         <v>221</v>
       </c>
       <c r="E94" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="F94" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G94" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H94">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="I94" t="b">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>26</v>
       </c>
       <c r="K94">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L94">
+        <v>88.89</v>
+      </c>
+      <c r="M94">
+        <v>93.32</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
-      <c r="O94">
-        <v>109.48</v>
+      <c r="O94" t="s">
+        <v>26</v>
       </c>
       <c r="P94" t="s">
         <v>26</v>
       </c>
       <c r="Q94" t="s">
         <v>26</v>
       </c>
       <c r="R94" t="s">
         <v>26</v>
       </c>
       <c r="S94" t="s">
         <v>26</v>
       </c>
       <c r="T94" t="s">
         <v>26</v>
       </c>
       <c r="U94">
-        <v>109.48</v>
+        <v>182.21</v>
       </c>
     </row>
     <row r="95" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>222</v>
       </c>
       <c r="C95" t="s">
         <v>223</v>
       </c>
+      <c r="D95">
+        <v>2476</v>
+      </c>
       <c r="E95" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="F95" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G95" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H95">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="I95" t="b">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>26</v>
       </c>
       <c r="K95">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L95" t="s">
+        <v>26</v>
+      </c>
+      <c r="M95">
+        <v>87.42</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
         <v>26</v>
       </c>
       <c r="P95" t="s">
         <v>26</v>
       </c>
-      <c r="Q95" t="s">
-        <v>26</v>
+      <c r="Q95">
+        <v>93.4</v>
       </c>
       <c r="R95" t="s">
         <v>26</v>
       </c>
       <c r="S95" t="s">
         <v>26</v>
       </c>
       <c r="T95" t="s">
         <v>26</v>
       </c>
       <c r="U95">
-        <v>108.64</v>
+        <v>180.82</v>
       </c>
     </row>
     <row r="96" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>224</v>
       </c>
       <c r="C96" t="s">
-        <v>225</v>
+        <v>80</v>
       </c>
       <c r="E96" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="F96" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="G96" t="s">
         <v>25</v>
       </c>
       <c r="H96">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="I96" t="b">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>26</v>
       </c>
       <c r="K96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
-      <c r="M96">
-        <v>108.19</v>
+      <c r="M96" t="s">
+        <v>26</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
       <c r="O96" t="s">
         <v>26</v>
       </c>
-      <c r="P96" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P96">
+        <v>84.87</v>
+      </c>
+      <c r="Q96">
+        <v>85.75</v>
       </c>
       <c r="R96" t="s">
         <v>26</v>
       </c>
       <c r="S96" t="s">
         <v>26</v>
       </c>
       <c r="T96" t="s">
         <v>26</v>
       </c>
       <c r="U96">
-        <v>108.19</v>
+        <v>170.62</v>
       </c>
     </row>
     <row r="97" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>225</v>
+      </c>
+      <c r="C97" t="s">
         <v>226</v>
       </c>
-      <c r="C97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="F97" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G97" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H97">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="I97" t="b">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>26</v>
       </c>
       <c r="K97">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L97" t="s">
+        <v>26</v>
+      </c>
+      <c r="M97">
+        <v>80.9</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
       <c r="O97" t="s">
         <v>26</v>
       </c>
-      <c r="P97" t="s">
-        <v>26</v>
+      <c r="P97">
+        <v>86.74</v>
       </c>
       <c r="Q97" t="s">
         <v>26</v>
       </c>
       <c r="R97" t="s">
         <v>26</v>
       </c>
       <c r="S97" t="s">
         <v>26</v>
       </c>
       <c r="T97" t="s">
         <v>26</v>
       </c>
       <c r="U97">
-        <v>108.06</v>
+        <v>167.64</v>
       </c>
     </row>
     <row r="98" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>227</v>
       </c>
       <c r="C98" t="s">
-        <v>65</v>
+        <v>228</v>
       </c>
       <c r="E98" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="F98" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="G98" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H98">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I98" t="b">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>26</v>
       </c>
       <c r="K98">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L98">
+        <v>82.39</v>
       </c>
       <c r="M98" t="s">
         <v>26</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
       <c r="O98">
-        <v>107.77</v>
+        <v>83.64</v>
       </c>
       <c r="P98" t="s">
         <v>26</v>
       </c>
       <c r="Q98" t="s">
         <v>26</v>
       </c>
       <c r="R98" t="s">
         <v>26</v>
       </c>
       <c r="S98" t="s">
         <v>26</v>
       </c>
       <c r="T98" t="s">
         <v>26</v>
       </c>
       <c r="U98">
-        <v>107.77</v>
+        <v>166.03</v>
       </c>
     </row>
     <row r="99" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>135</v>
+        <v>229</v>
       </c>
       <c r="C99" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D99">
-        <v>1131</v>
+        <v>2406</v>
       </c>
       <c r="E99" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="F99" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="G99" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H99">
         <v>8</v>
       </c>
       <c r="I99" t="b">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>26</v>
       </c>
       <c r="K99">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L99">
+        <v>70.76</v>
       </c>
       <c r="M99" t="s">
         <v>26</v>
       </c>
-      <c r="N99">
-        <v>106.81</v>
+      <c r="N99" t="s">
+        <v>26</v>
       </c>
       <c r="O99" t="s">
         <v>26</v>
       </c>
-      <c r="P99" t="s">
-        <v>26</v>
+      <c r="P99">
+        <v>90.99</v>
       </c>
       <c r="Q99" t="s">
         <v>26</v>
       </c>
       <c r="R99" t="s">
         <v>26</v>
       </c>
       <c r="S99" t="s">
         <v>26</v>
       </c>
       <c r="T99" t="s">
         <v>26</v>
       </c>
       <c r="U99">
-        <v>106.81</v>
+        <v>161.75</v>
       </c>
     </row>
     <row r="100" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C100" t="s">
-        <v>230</v>
+        <v>129</v>
+      </c>
+      <c r="D100">
+        <v>1662</v>
       </c>
       <c r="E100" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F100" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G100" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H100">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="I100" t="b">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>26</v>
       </c>
       <c r="K100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100">
-        <v>106.29</v>
+        <v>84.54</v>
       </c>
       <c r="N100" t="s">
         <v>26</v>
       </c>
-      <c r="O100" t="s">
-        <v>26</v>
+      <c r="O100">
+        <v>75.91</v>
       </c>
       <c r="P100" t="s">
         <v>26</v>
       </c>
       <c r="Q100" t="s">
         <v>26</v>
       </c>
       <c r="R100" t="s">
         <v>26</v>
       </c>
       <c r="S100" t="s">
         <v>26</v>
       </c>
       <c r="T100" t="s">
         <v>26</v>
       </c>
       <c r="U100">
-        <v>106.29</v>
+        <v>160.45</v>
       </c>
     </row>
     <row r="101" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>231</v>
+        <v>32</v>
       </c>
       <c r="C101" t="s">
         <v>232</v>
       </c>
       <c r="E101" t="s">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="F101" t="s">
         <v>24</v>
       </c>
       <c r="G101" t="s">
         <v>25</v>
       </c>
       <c r="H101">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="I101" t="b">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>26</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
         <v>26</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
       <c r="O101">
-        <v>106.19</v>
+        <v>151.48</v>
       </c>
       <c r="P101" t="s">
         <v>26</v>
       </c>
       <c r="Q101" t="s">
         <v>26</v>
       </c>
       <c r="R101" t="s">
         <v>26</v>
       </c>
       <c r="S101" t="s">
         <v>26</v>
       </c>
       <c r="T101" t="s">
         <v>26</v>
       </c>
       <c r="U101">
-        <v>106.19</v>
+        <v>151.48</v>
       </c>
     </row>
     <row r="102" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C102" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E102" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F102" t="s">
         <v>24</v>
       </c>
       <c r="G102" t="s">
         <v>25</v>
       </c>
       <c r="H102">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="I102" t="b">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>26</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
         <v>26</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
-      <c r="O102">
-        <v>106.04</v>
+      <c r="O102" t="s">
+        <v>26</v>
       </c>
       <c r="P102" t="s">
         <v>26</v>
       </c>
-      <c r="Q102" t="s">
-        <v>26</v>
+      <c r="Q102">
+        <v>151.04</v>
       </c>
       <c r="R102" t="s">
         <v>26</v>
       </c>
       <c r="S102" t="s">
         <v>26</v>
       </c>
       <c r="T102" t="s">
         <v>26</v>
       </c>
       <c r="U102">
-        <v>106.04</v>
+        <v>151.04</v>
       </c>
     </row>
     <row r="103" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>236</v>
+        <v>140</v>
       </c>
       <c r="C103" t="s">
         <v>237</v>
       </c>
+      <c r="D103">
+        <v>1397</v>
+      </c>
       <c r="E103" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F103" t="s">
         <v>24</v>
       </c>
       <c r="G103" t="s">
         <v>25</v>
       </c>
       <c r="H103">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="I103" t="b">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>26</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>26</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
-      <c r="O103">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O103" t="s">
+        <v>26</v>
+      </c>
+      <c r="P103">
+        <v>147.61</v>
       </c>
       <c r="Q103" t="s">
         <v>26</v>
       </c>
       <c r="R103" t="s">
         <v>26</v>
       </c>
       <c r="S103" t="s">
         <v>26</v>
       </c>
       <c r="T103" t="s">
         <v>26</v>
       </c>
       <c r="U103">
-        <v>105.9</v>
+        <v>147.61</v>
       </c>
     </row>
     <row r="104" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>106</v>
+        <v>238</v>
       </c>
       <c r="C104" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E104" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F104" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G104" t="s">
         <v>25</v>
       </c>
       <c r="H104">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I104" t="b">
         <v>1</v>
       </c>
       <c r="J104" t="s">
         <v>26</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>26</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
-      <c r="O104">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O104" t="s">
+        <v>26</v>
+      </c>
+      <c r="P104">
+        <v>142.28</v>
       </c>
       <c r="Q104" t="s">
         <v>26</v>
       </c>
       <c r="R104" t="s">
         <v>26</v>
       </c>
       <c r="S104" t="s">
         <v>26</v>
       </c>
       <c r="T104" t="s">
         <v>26</v>
       </c>
       <c r="U104">
-        <v>105.86</v>
+        <v>142.28</v>
       </c>
     </row>
     <row r="105" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C105" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E105" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F105" t="s">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="G105" t="s">
         <v>25</v>
       </c>
       <c r="H105">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="I105" t="b">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>26</v>
       </c>
       <c r="K105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>26</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
-      <c r="O105">
-        <v>105.2</v>
+      <c r="O105" t="s">
+        <v>26</v>
       </c>
       <c r="P105" t="s">
         <v>26</v>
       </c>
-      <c r="Q105" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q105">
+        <v>83.45</v>
+      </c>
+      <c r="R105">
+        <v>56.74</v>
       </c>
       <c r="S105" t="s">
         <v>26</v>
       </c>
       <c r="T105" t="s">
         <v>26</v>
       </c>
       <c r="U105">
-        <v>105.2</v>
+        <v>140.19</v>
       </c>
     </row>
     <row r="106" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C106" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D106">
-        <v>1643</v>
+        <v>2066</v>
       </c>
       <c r="E106" t="s">
-        <v>26</v>
+        <v>245</v>
       </c>
       <c r="F106" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="G106" t="s">
         <v>25</v>
       </c>
       <c r="H106">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="I106" t="b">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>26</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
-      <c r="L106" t="s">
-        <v>26</v>
+      <c r="L106">
+        <v>138.12</v>
       </c>
       <c r="M106" t="s">
         <v>26</v>
       </c>
-      <c r="N106">
-        <v>104.63</v>
+      <c r="N106" t="s">
+        <v>26</v>
       </c>
       <c r="O106" t="s">
         <v>26</v>
       </c>
       <c r="P106" t="s">
         <v>26</v>
       </c>
       <c r="Q106" t="s">
         <v>26</v>
       </c>
       <c r="R106" t="s">
         <v>26</v>
       </c>
       <c r="S106" t="s">
         <v>26</v>
       </c>
       <c r="T106" t="s">
         <v>26</v>
       </c>
       <c r="U106">
-        <v>104.63</v>
+        <v>138.12</v>
       </c>
     </row>
     <row r="107" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>106</v>
+        <v>137</v>
       </c>
       <c r="C107" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>2350</v>
+        <v>246</v>
       </c>
       <c r="E107" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="F107" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G107" t="s">
         <v>25</v>
       </c>
       <c r="H107">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I107" t="b">
         <v>1</v>
       </c>
       <c r="J107" t="s">
         <v>26</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
         <v>26</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
-      <c r="O107">
-        <v>104.22</v>
+      <c r="O107" t="s">
+        <v>26</v>
       </c>
       <c r="P107" t="s">
         <v>26</v>
       </c>
-      <c r="Q107" t="s">
-        <v>26</v>
+      <c r="Q107">
+        <v>137.9</v>
       </c>
       <c r="R107" t="s">
         <v>26</v>
       </c>
       <c r="S107" t="s">
         <v>26</v>
       </c>
       <c r="T107" t="s">
         <v>26</v>
       </c>
       <c r="U107">
-        <v>104.22</v>
+        <v>137.9</v>
       </c>
     </row>
     <row r="108" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>128</v>
+        <v>247</v>
       </c>
       <c r="C108" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="E108" t="s">
-        <v>132</v>
+        <v>180</v>
       </c>
       <c r="F108" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G108" t="s">
         <v>25</v>
       </c>
       <c r="H108">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I108" t="b">
         <v>1</v>
       </c>
       <c r="J108" t="s">
         <v>26</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>26</v>
       </c>
       <c r="N108" t="s">
         <v>26</v>
       </c>
-      <c r="O108">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O108" t="s">
+        <v>26</v>
+      </c>
+      <c r="P108">
+        <v>136.22</v>
       </c>
       <c r="Q108" t="s">
         <v>26</v>
       </c>
       <c r="R108" t="s">
         <v>26</v>
       </c>
       <c r="S108" t="s">
         <v>26</v>
       </c>
       <c r="T108" t="s">
         <v>26</v>
       </c>
       <c r="U108">
-        <v>103.41</v>
+        <v>136.22</v>
       </c>
     </row>
     <row r="109" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C109" t="s">
-        <v>196</v>
+        <v>250</v>
       </c>
       <c r="E109" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F109" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G109" t="s">
         <v>25</v>
       </c>
       <c r="H109">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="I109" t="b">
         <v>1</v>
       </c>
       <c r="J109" t="s">
         <v>26</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>26</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
-      <c r="O109">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O109" t="s">
+        <v>26</v>
+      </c>
+      <c r="P109">
+        <v>135.22</v>
       </c>
       <c r="Q109" t="s">
         <v>26</v>
       </c>
       <c r="R109" t="s">
         <v>26</v>
       </c>
       <c r="S109" t="s">
         <v>26</v>
       </c>
       <c r="T109" t="s">
         <v>26</v>
       </c>
       <c r="U109">
-        <v>102.81</v>
+        <v>135.22</v>
       </c>
     </row>
     <row r="110" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="C110" t="s">
-        <v>248</v>
+        <v>252</v>
+      </c>
+      <c r="D110">
+        <v>2474</v>
       </c>
       <c r="E110" t="s">
-        <v>249</v>
+        <v>41</v>
       </c>
       <c r="F110" t="s">
         <v>24</v>
       </c>
       <c r="G110" t="s">
         <v>25</v>
       </c>
       <c r="H110">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="I110" t="b">
         <v>1</v>
       </c>
       <c r="J110" t="s">
         <v>26</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
-      <c r="M110">
-        <v>102.73</v>
+      <c r="M110" t="s">
+        <v>26</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
         <v>26</v>
       </c>
-      <c r="P110" t="s">
-        <v>26</v>
+      <c r="P110">
+        <v>134.99</v>
       </c>
       <c r="Q110" t="s">
         <v>26</v>
       </c>
       <c r="R110" t="s">
         <v>26</v>
       </c>
       <c r="S110" t="s">
         <v>26</v>
       </c>
       <c r="T110" t="s">
         <v>26</v>
       </c>
       <c r="U110">
-        <v>102.73</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="111" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>124</v>
+        <v>234</v>
       </c>
       <c r="C111" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E111" t="s">
         <v>26</v>
       </c>
       <c r="F111" t="s">
         <v>24</v>
       </c>
       <c r="G111" t="s">
         <v>25</v>
       </c>
       <c r="H111">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="I111" t="b">
         <v>1</v>
       </c>
       <c r="J111" t="s">
         <v>26</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
       <c r="O111">
-        <v>102.29</v>
+        <v>133.62</v>
       </c>
       <c r="P111" t="s">
         <v>26</v>
       </c>
       <c r="Q111" t="s">
         <v>26</v>
       </c>
       <c r="R111" t="s">
         <v>26</v>
       </c>
       <c r="S111" t="s">
         <v>26</v>
       </c>
       <c r="T111" t="s">
         <v>26</v>
       </c>
       <c r="U111">
-        <v>102.29</v>
+        <v>133.62</v>
       </c>
     </row>
     <row r="112" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>30</v>
+        <v>254</v>
       </c>
       <c r="C112" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E112" t="s">
-        <v>70</v>
+        <v>256</v>
       </c>
       <c r="F112" t="s">
         <v>24</v>
       </c>
       <c r="G112" t="s">
         <v>25</v>
       </c>
       <c r="H112">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="I112" t="b">
         <v>1</v>
       </c>
       <c r="J112" t="s">
         <v>26</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
-      <c r="L112">
-        <v>102.04</v>
+      <c r="L112" t="s">
+        <v>26</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
       <c r="O112" t="s">
         <v>26</v>
       </c>
       <c r="P112" t="s">
         <v>26</v>
       </c>
-      <c r="Q112" t="s">
-        <v>26</v>
+      <c r="Q112">
+        <v>133.09</v>
       </c>
       <c r="R112" t="s">
         <v>26</v>
       </c>
       <c r="S112" t="s">
         <v>26</v>
       </c>
       <c r="T112" t="s">
         <v>26</v>
       </c>
       <c r="U112">
-        <v>102.04</v>
+        <v>133.09</v>
       </c>
     </row>
     <row r="113" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>252</v>
+        <v>55</v>
       </c>
       <c r="C113" t="s">
-        <v>253</v>
+        <v>160</v>
       </c>
       <c r="E113" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="F113" t="s">
         <v>24</v>
       </c>
       <c r="G113" t="s">
         <v>25</v>
       </c>
       <c r="H113">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="I113" t="b">
         <v>1</v>
       </c>
       <c r="J113" t="s">
         <v>26</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
-      <c r="O113">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O113" t="s">
+        <v>26</v>
+      </c>
+      <c r="P113">
+        <v>132.68</v>
       </c>
       <c r="Q113" t="s">
         <v>26</v>
       </c>
       <c r="R113" t="s">
         <v>26</v>
       </c>
       <c r="S113" t="s">
         <v>26</v>
       </c>
       <c r="T113" t="s">
         <v>26</v>
       </c>
       <c r="U113">
-        <v>101.92</v>
+        <v>132.68</v>
       </c>
     </row>
     <row r="114" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>254</v>
+        <v>191</v>
       </c>
       <c r="C114" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>257</v>
       </c>
       <c r="E114" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="F114" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G114" t="s">
         <v>25</v>
       </c>
       <c r="H114">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I114" t="b">
         <v>1</v>
       </c>
       <c r="J114" t="s">
         <v>26</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
-      <c r="O114">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O114" t="s">
+        <v>26</v>
+      </c>
+      <c r="P114">
+        <v>131.95</v>
       </c>
       <c r="Q114" t="s">
         <v>26</v>
       </c>
       <c r="R114" t="s">
         <v>26</v>
       </c>
       <c r="S114" t="s">
         <v>26</v>
       </c>
       <c r="T114" t="s">
         <v>26</v>
       </c>
       <c r="U114">
-        <v>100.97</v>
+        <v>131.95</v>
       </c>
     </row>
     <row r="115" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>61</v>
+        <v>111</v>
       </c>
       <c r="C115" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E115" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F115" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G115" t="s">
         <v>25</v>
       </c>
       <c r="H115">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="I115" t="b">
         <v>1</v>
       </c>
       <c r="J115" t="s">
         <v>26</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
-      <c r="L115">
-        <v>100.83</v>
+      <c r="L115" t="s">
+        <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
         <v>26</v>
       </c>
       <c r="P115" t="s">
         <v>26</v>
       </c>
-      <c r="Q115" t="s">
-        <v>26</v>
+      <c r="Q115">
+        <v>131.58</v>
       </c>
       <c r="R115" t="s">
         <v>26</v>
       </c>
       <c r="S115" t="s">
         <v>26</v>
       </c>
       <c r="T115" t="s">
         <v>26</v>
       </c>
       <c r="U115">
-        <v>100.83</v>
+        <v>131.58</v>
       </c>
     </row>
     <row r="116" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>258</v>
+        <v>140</v>
       </c>
       <c r="C116" t="s">
-        <v>259</v>
+        <v>260</v>
+      </c>
+      <c r="D116">
+        <v>1650</v>
       </c>
       <c r="E116" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="F116" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="G116" t="s">
         <v>25</v>
       </c>
       <c r="H116">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="I116" t="b">
         <v>1</v>
       </c>
       <c r="J116" t="s">
         <v>26</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>26</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
-      <c r="O116">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O116" t="s">
+        <v>26</v>
+      </c>
+      <c r="P116">
+        <v>130.94</v>
       </c>
       <c r="Q116" t="s">
         <v>26</v>
       </c>
       <c r="R116" t="s">
         <v>26</v>
       </c>
       <c r="S116" t="s">
         <v>26</v>
       </c>
       <c r="T116" t="s">
         <v>26</v>
       </c>
       <c r="U116">
-        <v>99.9</v>
+        <v>130.94</v>
       </c>
     </row>
     <row r="117" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C117" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E117" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="F117" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G117" t="s">
         <v>25</v>
       </c>
       <c r="H117">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="I117" t="b">
         <v>1</v>
       </c>
       <c r="J117" t="s">
         <v>26</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>26</v>
       </c>
       <c r="N117" t="s">
         <v>26</v>
       </c>
       <c r="O117">
-        <v>99.58</v>
+        <v>130.91</v>
       </c>
       <c r="P117" t="s">
         <v>26</v>
       </c>
       <c r="Q117" t="s">
         <v>26</v>
       </c>
       <c r="R117" t="s">
         <v>26</v>
       </c>
       <c r="S117" t="s">
         <v>26</v>
       </c>
       <c r="T117" t="s">
         <v>26</v>
       </c>
       <c r="U117">
-        <v>99.58</v>
+        <v>130.91</v>
       </c>
     </row>
     <row r="118" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C118" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D118">
-        <v>1020</v>
+        <v>1678</v>
       </c>
       <c r="E118" t="s">
-        <v>23</v>
+        <v>265</v>
       </c>
       <c r="F118" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G118" t="s">
         <v>25</v>
       </c>
       <c r="H118">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="I118" t="b">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>26</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>26</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
-      <c r="O118">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O118" t="s">
+        <v>26</v>
+      </c>
+      <c r="P118">
+        <v>130.66</v>
       </c>
       <c r="Q118" t="s">
         <v>26</v>
       </c>
       <c r="R118" t="s">
         <v>26</v>
       </c>
       <c r="S118" t="s">
         <v>26</v>
       </c>
       <c r="T118" t="s">
         <v>26</v>
       </c>
       <c r="U118">
-        <v>98.51</v>
+        <v>130.66</v>
       </c>
     </row>
     <row r="119" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>264</v>
+        <v>104</v>
       </c>
       <c r="C119" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E119" t="s">
-        <v>26</v>
+        <v>267</v>
       </c>
       <c r="F119" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G119" t="s">
         <v>25</v>
       </c>
       <c r="H119">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="I119" t="b">
         <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>26</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>26</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
-      <c r="O119">
-        <v>97.94</v>
+      <c r="O119" t="s">
+        <v>26</v>
       </c>
       <c r="P119" t="s">
         <v>26</v>
       </c>
-      <c r="Q119" t="s">
-        <v>26</v>
+      <c r="Q119">
+        <v>129.29</v>
       </c>
       <c r="R119" t="s">
         <v>26</v>
       </c>
       <c r="S119" t="s">
         <v>26</v>
       </c>
       <c r="T119" t="s">
         <v>26</v>
       </c>
       <c r="U119">
-        <v>97.94</v>
+        <v>129.29</v>
       </c>
     </row>
     <row r="120" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="C120" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E120" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="F120" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G120" t="s">
         <v>25</v>
       </c>
       <c r="H120">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I120" t="b">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>26</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>26</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
-      <c r="O120">
-        <v>97.72</v>
+      <c r="O120" t="s">
+        <v>26</v>
       </c>
       <c r="P120" t="s">
         <v>26</v>
       </c>
-      <c r="Q120" t="s">
-        <v>26</v>
+      <c r="Q120">
+        <v>128.72</v>
       </c>
       <c r="R120" t="s">
         <v>26</v>
       </c>
       <c r="S120" t="s">
         <v>26</v>
       </c>
       <c r="T120" t="s">
         <v>26</v>
       </c>
       <c r="U120">
-        <v>97.72</v>
+        <v>128.72</v>
       </c>
     </row>
     <row r="121" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C121" t="s">
-        <v>269</v>
+        <v>140</v>
       </c>
       <c r="D121">
-        <v>881</v>
+        <v>1894</v>
       </c>
       <c r="E121" t="s">
-        <v>59</v>
+        <v>195</v>
       </c>
       <c r="F121" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G121" t="s">
         <v>25</v>
       </c>
       <c r="H121">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="I121" t="b">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>26</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
-      <c r="O121">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O121" t="s">
+        <v>26</v>
+      </c>
+      <c r="P121">
+        <v>126.79</v>
       </c>
       <c r="Q121" t="s">
         <v>26</v>
       </c>
       <c r="R121" t="s">
         <v>26</v>
       </c>
       <c r="S121" t="s">
         <v>26</v>
       </c>
       <c r="T121" t="s">
         <v>26</v>
       </c>
       <c r="U121">
-        <v>97.5</v>
+        <v>126.79</v>
       </c>
     </row>
     <row r="122" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>45</v>
+        <v>206</v>
       </c>
       <c r="C122" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>271</v>
       </c>
       <c r="E122" t="s">
-        <v>26</v>
+        <v>272</v>
       </c>
       <c r="F122" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G122" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H122">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="I122" t="b">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>26</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
-      <c r="M122">
-        <v>96.52</v>
+      <c r="M122" t="s">
+        <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>26</v>
       </c>
-      <c r="P122" t="s">
-        <v>26</v>
+      <c r="P122">
+        <v>126.59</v>
       </c>
       <c r="Q122" t="s">
         <v>26</v>
       </c>
       <c r="R122" t="s">
         <v>26</v>
       </c>
       <c r="S122" t="s">
         <v>26</v>
       </c>
       <c r="T122" t="s">
         <v>26</v>
       </c>
       <c r="U122">
-        <v>96.52</v>
+        <v>126.59</v>
       </c>
     </row>
     <row r="123" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>271</v>
+        <v>84</v>
       </c>
       <c r="C123" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>273</v>
       </c>
       <c r="E123" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F123" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G123" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H123">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="I123" t="b">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>26</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
-      <c r="L123">
-        <v>94.9</v>
+      <c r="L123" t="s">
+        <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
-      <c r="O123" t="s">
-        <v>26</v>
+      <c r="O123">
+        <v>126.23</v>
       </c>
       <c r="P123" t="s">
         <v>26</v>
       </c>
       <c r="Q123" t="s">
         <v>26</v>
       </c>
       <c r="R123" t="s">
         <v>26</v>
       </c>
       <c r="S123" t="s">
         <v>26</v>
       </c>
       <c r="T123" t="s">
         <v>26</v>
       </c>
       <c r="U123">
-        <v>94.9</v>
+        <v>126.23</v>
       </c>
     </row>
     <row r="124" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>273</v>
+        <v>55</v>
       </c>
       <c r="C124" t="s">
         <v>274</v>
       </c>
+      <c r="D124">
+        <v>2332</v>
+      </c>
       <c r="E124" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="F124" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G124" t="s">
         <v>25</v>
       </c>
       <c r="H124">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="I124" t="b">
         <v>1</v>
       </c>
       <c r="J124" t="s">
         <v>26</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>26</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
-      <c r="O124">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O124" t="s">
+        <v>26</v>
+      </c>
+      <c r="P124">
+        <v>125.8</v>
       </c>
       <c r="Q124" t="s">
         <v>26</v>
       </c>
       <c r="R124" t="s">
         <v>26</v>
       </c>
       <c r="S124" t="s">
         <v>26</v>
       </c>
       <c r="T124" t="s">
         <v>26</v>
       </c>
       <c r="U124">
-        <v>94.17</v>
+        <v>125.8</v>
       </c>
     </row>
     <row r="125" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>55</v>
+      </c>
+      <c r="C125" t="s">
         <v>275</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" t="s">
-        <v>206</v>
+        <v>26</v>
       </c>
       <c r="F125" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G125" t="s">
         <v>25</v>
       </c>
       <c r="H125">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I125" t="b">
         <v>1</v>
       </c>
       <c r="J125" t="s">
         <v>26</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
-      <c r="L125">
-        <v>93.47</v>
+      <c r="L125" t="s">
+        <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>26</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
         <v>26</v>
       </c>
       <c r="P125" t="s">
         <v>26</v>
       </c>
-      <c r="Q125" t="s">
-        <v>26</v>
+      <c r="Q125">
+        <v>125.76</v>
       </c>
       <c r="R125" t="s">
         <v>26</v>
       </c>
       <c r="S125" t="s">
         <v>26</v>
       </c>
       <c r="T125" t="s">
         <v>26</v>
       </c>
       <c r="U125">
-        <v>93.47</v>
+        <v>125.76</v>
       </c>
     </row>
     <row r="126" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>268</v>
+        <v>126</v>
       </c>
       <c r="C126" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D126">
-        <v>1900</v>
+        <v>1410</v>
       </c>
       <c r="E126" t="s">
-        <v>278</v>
+        <v>26</v>
       </c>
       <c r="F126" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="G126" t="s">
         <v>25</v>
       </c>
       <c r="H126">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="I126" t="b">
         <v>1</v>
       </c>
       <c r="J126" t="s">
         <v>26</v>
       </c>
       <c r="K126">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
-      <c r="M126">
-        <v>93.39</v>
+      <c r="M126" t="s">
+        <v>26</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
         <v>26</v>
       </c>
-      <c r="P126" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P126">
+        <v>61.35</v>
+      </c>
+      <c r="Q126">
+        <v>63.84</v>
       </c>
       <c r="R126" t="s">
         <v>26</v>
       </c>
       <c r="S126" t="s">
         <v>26</v>
       </c>
       <c r="T126" t="s">
         <v>26</v>
       </c>
       <c r="U126">
-        <v>93.39</v>
+        <v>125.19</v>
       </c>
     </row>
     <row r="127" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>32</v>
+        <v>73</v>
       </c>
       <c r="C127" t="s">
-        <v>144</v>
+        <v>277</v>
+      </c>
+      <c r="D127">
+        <v>963</v>
       </c>
       <c r="E127" t="s">
-        <v>26</v>
+        <v>210</v>
       </c>
       <c r="F127" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G127" t="s">
         <v>25</v>
       </c>
       <c r="H127">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="I127" t="b">
         <v>1</v>
       </c>
       <c r="J127" t="s">
         <v>26</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>26</v>
       </c>
-      <c r="N127">
-        <v>92.13</v>
+      <c r="N127" t="s">
+        <v>26</v>
       </c>
       <c r="O127" t="s">
         <v>26</v>
       </c>
-      <c r="P127" t="s">
-        <v>26</v>
+      <c r="P127">
+        <v>124.62</v>
       </c>
       <c r="Q127" t="s">
         <v>26</v>
       </c>
       <c r="R127" t="s">
         <v>26</v>
       </c>
       <c r="S127" t="s">
         <v>26</v>
       </c>
       <c r="T127" t="s">
         <v>26</v>
       </c>
       <c r="U127">
-        <v>92.13</v>
+        <v>124.62</v>
       </c>
     </row>
     <row r="128" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>278</v>
+      </c>
+      <c r="C128" t="s">
         <v>279</v>
       </c>
-      <c r="C128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128">
-        <v>1558</v>
+        <v>2149</v>
       </c>
       <c r="E128" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="F128" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="G128" t="s">
         <v>25</v>
       </c>
       <c r="H128">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I128" t="b">
         <v>1</v>
       </c>
       <c r="J128" t="s">
         <v>26</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>26</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
-      <c r="O128">
-        <v>91.48</v>
+      <c r="O128" t="s">
+        <v>26</v>
       </c>
       <c r="P128" t="s">
         <v>26</v>
       </c>
-      <c r="Q128" t="s">
-        <v>26</v>
+      <c r="Q128">
+        <v>124.36</v>
       </c>
       <c r="R128" t="s">
         <v>26</v>
       </c>
       <c r="S128" t="s">
         <v>26</v>
       </c>
       <c r="T128" t="s">
         <v>26</v>
       </c>
       <c r="U128">
-        <v>91.48</v>
+        <v>124.36</v>
       </c>
     </row>
     <row r="129" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>254</v>
+        <v>84</v>
       </c>
       <c r="C129" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>768</v>
+        <v>173</v>
       </c>
       <c r="E129" t="s">
-        <v>59</v>
+        <v>280</v>
       </c>
       <c r="F129" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G129" t="s">
         <v>25</v>
       </c>
       <c r="H129">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="I129" t="b">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>26</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
-      <c r="L129">
-        <v>91.35</v>
+      <c r="L129" t="s">
+        <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>26</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
-      <c r="O129" t="s">
-        <v>26</v>
+      <c r="O129">
+        <v>124.17</v>
       </c>
       <c r="P129" t="s">
         <v>26</v>
       </c>
       <c r="Q129" t="s">
         <v>26</v>
       </c>
       <c r="R129" t="s">
         <v>26</v>
       </c>
       <c r="S129" t="s">
         <v>26</v>
       </c>
       <c r="T129" t="s">
         <v>26</v>
       </c>
       <c r="U129">
-        <v>91.35</v>
+        <v>124.17</v>
       </c>
     </row>
     <row r="130" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
+        <v>281</v>
+      </c>
+      <c r="C130" t="s">
         <v>282</v>
       </c>
-      <c r="C130" t="s">
+      <c r="E130" t="s">
         <v>283</v>
       </c>
-      <c r="E130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F130" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="G130" t="s">
         <v>25</v>
       </c>
       <c r="H130">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I130" t="b">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>26</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>26</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
       <c r="O130">
-        <v>91.07</v>
+        <v>124.12</v>
       </c>
       <c r="P130" t="s">
         <v>26</v>
       </c>
       <c r="Q130" t="s">
         <v>26</v>
       </c>
       <c r="R130" t="s">
         <v>26</v>
       </c>
       <c r="S130" t="s">
         <v>26</v>
       </c>
       <c r="T130" t="s">
         <v>26</v>
       </c>
       <c r="U130">
-        <v>91.07</v>
+        <v>124.12</v>
       </c>
     </row>
     <row r="131" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>285</v>
+        <v>188</v>
       </c>
       <c r="C131" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>1700</v>
+        <v>284</v>
       </c>
       <c r="E131" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F131" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G131" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H131">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="I131" t="b">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>26</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
-      <c r="M131">
-        <v>90.65</v>
+      <c r="M131" t="s">
+        <v>26</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
         <v>26</v>
       </c>
-      <c r="P131" t="s">
-        <v>26</v>
+      <c r="P131">
+        <v>123.98</v>
       </c>
       <c r="Q131" t="s">
         <v>26</v>
       </c>
       <c r="R131" t="s">
         <v>26</v>
       </c>
       <c r="S131" t="s">
         <v>26</v>
       </c>
       <c r="T131" t="s">
         <v>26</v>
       </c>
       <c r="U131">
-        <v>90.65</v>
+        <v>123.98</v>
       </c>
     </row>
     <row r="132" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="C132" t="s">
-        <v>181</v>
+        <v>286</v>
+      </c>
+      <c r="D132">
+        <v>2339</v>
       </c>
       <c r="E132" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F132" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="G132" t="s">
         <v>25</v>
       </c>
       <c r="H132">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="I132" t="b">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>26</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>26</v>
       </c>
-      <c r="N132">
-        <v>90.42</v>
+      <c r="N132" t="s">
+        <v>26</v>
       </c>
       <c r="O132" t="s">
         <v>26</v>
       </c>
-      <c r="P132" t="s">
-        <v>26</v>
+      <c r="P132">
+        <v>123.66</v>
       </c>
       <c r="Q132" t="s">
         <v>26</v>
       </c>
       <c r="R132" t="s">
         <v>26</v>
       </c>
       <c r="S132" t="s">
         <v>26</v>
       </c>
       <c r="T132" t="s">
         <v>26</v>
       </c>
       <c r="U132">
-        <v>90.42</v>
+        <v>123.66</v>
       </c>
     </row>
     <row r="133" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>287</v>
       </c>
       <c r="C133" t="s">
         <v>288</v>
       </c>
-      <c r="D133">
-[...1 lines deleted...]
-      </c>
       <c r="E133" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F133" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G133" t="s">
         <v>25</v>
       </c>
       <c r="H133">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="I133" t="b">
         <v>1</v>
       </c>
       <c r="J133" t="s">
         <v>26</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
-      <c r="M133">
-        <v>89.65</v>
+      <c r="M133" t="s">
+        <v>26</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
-      <c r="O133" t="s">
-        <v>26</v>
+      <c r="O133">
+        <v>123.16</v>
       </c>
       <c r="P133" t="s">
         <v>26</v>
       </c>
       <c r="Q133" t="s">
         <v>26</v>
       </c>
       <c r="R133" t="s">
         <v>26</v>
       </c>
       <c r="S133" t="s">
         <v>26</v>
       </c>
       <c r="T133" t="s">
         <v>26</v>
       </c>
       <c r="U133">
-        <v>89.65</v>
+        <v>123.16</v>
       </c>
     </row>
     <row r="134" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
+        <v>289</v>
+      </c>
+      <c r="C134" t="s">
         <v>290</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F134" t="s">
         <v>24</v>
       </c>
       <c r="G134" t="s">
         <v>25</v>
       </c>
       <c r="H134">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="I134" t="b">
         <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>26</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>26</v>
       </c>
       <c r="N134" t="s">
         <v>26</v>
       </c>
-      <c r="O134">
-        <v>88.21</v>
+      <c r="O134" t="s">
+        <v>26</v>
       </c>
       <c r="P134" t="s">
         <v>26</v>
       </c>
-      <c r="Q134" t="s">
-        <v>26</v>
+      <c r="Q134">
+        <v>122.62</v>
       </c>
       <c r="R134" t="s">
         <v>26</v>
       </c>
       <c r="S134" t="s">
         <v>26</v>
       </c>
       <c r="T134" t="s">
         <v>26</v>
       </c>
       <c r="U134">
-        <v>88.21</v>
+        <v>122.62</v>
       </c>
     </row>
     <row r="135" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
+        <v>43</v>
+      </c>
+      <c r="C135" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E135" t="s">
         <v>26</v>
       </c>
       <c r="F135" t="s">
         <v>24</v>
       </c>
       <c r="G135" t="s">
         <v>25</v>
       </c>
       <c r="H135">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="I135" t="b">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>26</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>26</v>
       </c>
       <c r="N135" t="s">
         <v>26</v>
       </c>
-      <c r="O135">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O135" t="s">
+        <v>26</v>
+      </c>
+      <c r="P135">
+        <v>122.52</v>
       </c>
       <c r="Q135" t="s">
         <v>26</v>
       </c>
       <c r="R135" t="s">
         <v>26</v>
       </c>
       <c r="S135" t="s">
         <v>26</v>
       </c>
       <c r="T135" t="s">
         <v>26</v>
       </c>
       <c r="U135">
-        <v>87.98</v>
+        <v>122.52</v>
       </c>
     </row>
     <row r="136" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>293</v>
+        <v>90</v>
       </c>
       <c r="C136" t="s">
-        <v>294</v>
+        <v>148</v>
       </c>
       <c r="D136">
-        <v>2476</v>
+        <v>1721</v>
       </c>
       <c r="E136" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="F136" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G136" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H136">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="I136" t="b">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>26</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
-      <c r="L136" t="s">
-[...3 lines deleted...]
-        <v>87.42</v>
+      <c r="L136">
+        <v>121.94</v>
+      </c>
+      <c r="M136" t="s">
+        <v>26</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
         <v>26</v>
       </c>
       <c r="P136" t="s">
         <v>26</v>
       </c>
       <c r="Q136" t="s">
         <v>26</v>
       </c>
       <c r="R136" t="s">
         <v>26</v>
       </c>
       <c r="S136" t="s">
         <v>26</v>
       </c>
       <c r="T136" t="s">
         <v>26</v>
       </c>
       <c r="U136">
-        <v>87.42</v>
+        <v>121.94</v>
       </c>
     </row>
     <row r="137" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>66</v>
+        <v>293</v>
       </c>
       <c r="C137" t="s">
-        <v>295</v>
+        <v>228</v>
       </c>
       <c r="E137" t="s">
-        <v>26</v>
+        <v>195</v>
       </c>
       <c r="F137" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G137" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H137">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I137" t="b">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>26</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>26</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
-      <c r="O137">
-        <v>86.26</v>
+      <c r="O137" t="s">
+        <v>26</v>
       </c>
       <c r="P137" t="s">
         <v>26</v>
       </c>
-      <c r="Q137" t="s">
-        <v>26</v>
+      <c r="Q137">
+        <v>121.65</v>
       </c>
       <c r="R137" t="s">
         <v>26</v>
       </c>
       <c r="S137" t="s">
         <v>26</v>
       </c>
       <c r="T137" t="s">
         <v>26</v>
       </c>
       <c r="U137">
-        <v>86.26</v>
+        <v>121.65</v>
       </c>
     </row>
     <row r="138" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
+        <v>294</v>
+      </c>
+      <c r="C138" t="s">
+        <v>295</v>
+      </c>
+      <c r="D138">
+        <v>2373</v>
+      </c>
+      <c r="E138" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F138" t="s">
         <v>24</v>
       </c>
       <c r="G138" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H138">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="I138" t="b">
         <v>1</v>
       </c>
       <c r="J138" t="s">
         <v>26</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
-      <c r="L138" t="s">
-        <v>26</v>
+      <c r="L138">
+        <v>121.39</v>
       </c>
       <c r="M138" t="s">
         <v>26</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
-      <c r="O138">
-        <v>84.65</v>
+      <c r="O138" t="s">
+        <v>26</v>
       </c>
       <c r="P138" t="s">
         <v>26</v>
       </c>
       <c r="Q138" t="s">
         <v>26</v>
       </c>
       <c r="R138" t="s">
         <v>26</v>
       </c>
       <c r="S138" t="s">
         <v>26</v>
       </c>
       <c r="T138" t="s">
         <v>26</v>
       </c>
       <c r="U138">
-        <v>84.65</v>
+        <v>121.39</v>
       </c>
     </row>
     <row r="139" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>66</v>
+        <v>268</v>
       </c>
       <c r="C139" t="s">
         <v>297</v>
       </c>
-      <c r="D139">
-[...1 lines deleted...]
-      </c>
       <c r="E139" t="s">
-        <v>298</v>
+        <v>47</v>
       </c>
       <c r="F139" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G139" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H139">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="I139" t="b">
         <v>1</v>
       </c>
       <c r="J139" t="s">
         <v>26</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>26</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
-      <c r="O139">
-        <v>84.18</v>
+      <c r="O139" t="s">
+        <v>26</v>
       </c>
       <c r="P139" t="s">
         <v>26</v>
       </c>
       <c r="Q139" t="s">
         <v>26</v>
       </c>
-      <c r="R139" t="s">
-        <v>26</v>
+      <c r="R139">
+        <v>120.97</v>
       </c>
       <c r="S139" t="s">
         <v>26</v>
       </c>
       <c r="T139" t="s">
         <v>26</v>
       </c>
       <c r="U139">
-        <v>84.18</v>
+        <v>120.97</v>
       </c>
     </row>
     <row r="140" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C140" t="s">
-        <v>300</v>
+        <v>70</v>
       </c>
       <c r="E140" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F140" t="s">
         <v>24</v>
       </c>
       <c r="G140" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H140">
         <v>10</v>
       </c>
       <c r="I140" t="b">
         <v>1</v>
       </c>
       <c r="J140" t="s">
         <v>26</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>26</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
-      <c r="O140">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O140" t="s">
+        <v>26</v>
+      </c>
+      <c r="P140">
+        <v>119.59</v>
       </c>
       <c r="Q140" t="s">
         <v>26</v>
       </c>
       <c r="R140" t="s">
         <v>26</v>
       </c>
       <c r="S140" t="s">
         <v>26</v>
       </c>
       <c r="T140" t="s">
         <v>26</v>
       </c>
       <c r="U140">
-        <v>83.67</v>
+        <v>119.59</v>
       </c>
     </row>
     <row r="141" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>299</v>
+      </c>
+      <c r="C141" t="s">
+        <v>300</v>
+      </c>
+      <c r="E141" t="s">
         <v>301</v>
       </c>
-      <c r="C141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G141" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H141">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="I141" t="b">
         <v>1</v>
       </c>
       <c r="J141" t="s">
         <v>26</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
-      <c r="L141" t="s">
-        <v>26</v>
+      <c r="L141">
+        <v>119.5</v>
       </c>
       <c r="M141" t="s">
         <v>26</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
-      <c r="O141">
-        <v>83.62</v>
+      <c r="O141" t="s">
+        <v>26</v>
       </c>
       <c r="P141" t="s">
         <v>26</v>
       </c>
       <c r="Q141" t="s">
         <v>26</v>
       </c>
       <c r="R141" t="s">
         <v>26</v>
       </c>
       <c r="S141" t="s">
         <v>26</v>
       </c>
       <c r="T141" t="s">
         <v>26</v>
       </c>
       <c r="U141">
-        <v>83.62</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="142" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>302</v>
       </c>
       <c r="C142" t="s">
         <v>303</v>
       </c>
-      <c r="D142">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>23</v>
+        <v>256</v>
       </c>
       <c r="F142" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G142" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H142">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="I142" t="b">
         <v>1</v>
       </c>
       <c r="J142" t="s">
         <v>26</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
-      <c r="L142">
-        <v>82.18</v>
+      <c r="L142" t="s">
+        <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>26</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
         <v>26</v>
       </c>
       <c r="P142" t="s">
         <v>26</v>
       </c>
-      <c r="Q142" t="s">
-        <v>26</v>
+      <c r="Q142">
+        <v>118.85</v>
       </c>
       <c r="R142" t="s">
         <v>26</v>
       </c>
       <c r="S142" t="s">
         <v>26</v>
       </c>
       <c r="T142" t="s">
         <v>26</v>
       </c>
       <c r="U142">
-        <v>82.18</v>
+        <v>118.85</v>
       </c>
     </row>
     <row r="143" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>304</v>
       </c>
       <c r="C143" t="s">
         <v>305</v>
       </c>
       <c r="E143" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F143" t="s">
         <v>24</v>
       </c>
       <c r="G143" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H143">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="I143" t="b">
         <v>1</v>
       </c>
       <c r="J143" t="s">
         <v>26</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>26</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
       <c r="O143">
-        <v>81.93</v>
+        <v>118.68</v>
       </c>
       <c r="P143" t="s">
         <v>26</v>
       </c>
       <c r="Q143" t="s">
         <v>26</v>
       </c>
       <c r="R143" t="s">
         <v>26</v>
       </c>
       <c r="S143" t="s">
         <v>26</v>
       </c>
       <c r="T143" t="s">
         <v>26</v>
       </c>
       <c r="U143">
-        <v>81.93</v>
+        <v>118.68</v>
       </c>
     </row>
     <row r="144" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>306</v>
       </c>
       <c r="C144" t="s">
         <v>307</v>
       </c>
       <c r="E144" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="F144" t="s">
         <v>24</v>
       </c>
       <c r="G144" t="s">
         <v>25</v>
       </c>
       <c r="H144">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="I144" t="b">
         <v>1</v>
       </c>
       <c r="J144" t="s">
         <v>26</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>26</v>
       </c>
       <c r="N144" t="s">
         <v>26</v>
       </c>
       <c r="O144">
-        <v>81.36</v>
+        <v>118.08</v>
       </c>
       <c r="P144" t="s">
         <v>26</v>
       </c>
       <c r="Q144" t="s">
         <v>26</v>
       </c>
       <c r="R144" t="s">
         <v>26</v>
       </c>
       <c r="S144" t="s">
         <v>26</v>
       </c>
       <c r="T144" t="s">
         <v>26</v>
       </c>
       <c r="U144">
-        <v>81.36</v>
+        <v>118.08</v>
       </c>
     </row>
     <row r="145" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>21</v>
+      </c>
+      <c r="C145" t="s">
         <v>308</v>
       </c>
-      <c r="C145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145" t="s">
-        <v>108</v>
+        <v>26</v>
       </c>
       <c r="F145" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G145" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H145">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="I145" t="b">
         <v>1</v>
       </c>
       <c r="J145" t="s">
         <v>26</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
-      <c r="M145">
-        <v>80.9</v>
+      <c r="M145" t="s">
+        <v>26</v>
       </c>
       <c r="N145" t="s">
         <v>26</v>
       </c>
       <c r="O145" t="s">
         <v>26</v>
       </c>
-      <c r="P145" t="s">
-        <v>26</v>
+      <c r="P145">
+        <v>116.68</v>
       </c>
       <c r="Q145" t="s">
         <v>26</v>
       </c>
       <c r="R145" t="s">
         <v>26</v>
       </c>
       <c r="S145" t="s">
         <v>26</v>
       </c>
       <c r="T145" t="s">
         <v>26</v>
       </c>
       <c r="U145">
-        <v>80.9</v>
+        <v>116.68</v>
       </c>
     </row>
     <row r="146" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>30</v>
+        <v>163</v>
       </c>
       <c r="C146" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="E146" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F146" t="s">
         <v>24</v>
       </c>
       <c r="G146" t="s">
         <v>25</v>
       </c>
       <c r="H146">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="I146" t="b">
         <v>1</v>
       </c>
       <c r="J146" t="s">
         <v>26</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
-      <c r="M146">
-        <v>80.85</v>
+      <c r="M146" t="s">
+        <v>26</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
       <c r="O146" t="s">
         <v>26</v>
       </c>
-      <c r="P146" t="s">
-        <v>26</v>
+      <c r="P146">
+        <v>116.63</v>
       </c>
       <c r="Q146" t="s">
         <v>26</v>
       </c>
       <c r="R146" t="s">
         <v>26</v>
       </c>
       <c r="S146" t="s">
         <v>26</v>
       </c>
       <c r="T146" t="s">
         <v>26</v>
       </c>
       <c r="U146">
-        <v>80.85</v>
+        <v>116.63</v>
       </c>
     </row>
     <row r="147" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
+        <v>310</v>
+      </c>
+      <c r="C147" t="s">
         <v>311</v>
       </c>
-      <c r="C147" t="s">
+      <c r="E147" t="s">
+        <v>29</v>
+      </c>
+      <c r="F147" t="s">
         <v>312</v>
       </c>
-      <c r="D147">
-[...7 lines deleted...]
-      </c>
       <c r="G147" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H147">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I147" t="b">
         <v>1</v>
       </c>
       <c r="J147" t="s">
         <v>26</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>26</v>
       </c>
-      <c r="N147">
-        <v>80.68</v>
+      <c r="N147" t="s">
+        <v>26</v>
       </c>
       <c r="O147" t="s">
         <v>26</v>
       </c>
-      <c r="P147" t="s">
-        <v>26</v>
+      <c r="P147">
+        <v>116.63</v>
       </c>
       <c r="Q147" t="s">
         <v>26</v>
       </c>
       <c r="R147" t="s">
         <v>26</v>
       </c>
       <c r="S147" t="s">
         <v>26</v>
       </c>
       <c r="T147" t="s">
         <v>26</v>
       </c>
       <c r="U147">
-        <v>80.68</v>
+        <v>116.63</v>
       </c>
     </row>
     <row r="148" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>106</v>
+        <v>313</v>
       </c>
       <c r="C148" t="s">
-        <v>291</v>
+        <v>314</v>
       </c>
       <c r="E148" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="F148" t="s">
         <v>24</v>
       </c>
       <c r="G148" t="s">
         <v>25</v>
       </c>
       <c r="H148">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="I148" t="b">
         <v>1</v>
       </c>
       <c r="J148" t="s">
         <v>26</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
-      <c r="M148" t="s">
-        <v>26</v>
+      <c r="M148">
+        <v>116.09</v>
       </c>
       <c r="N148" t="s">
         <v>26</v>
       </c>
-      <c r="O148">
-        <v>80.37</v>
+      <c r="O148" t="s">
+        <v>26</v>
       </c>
       <c r="P148" t="s">
         <v>26</v>
       </c>
       <c r="Q148" t="s">
         <v>26</v>
       </c>
       <c r="R148" t="s">
         <v>26</v>
       </c>
       <c r="S148" t="s">
         <v>26</v>
       </c>
       <c r="T148" t="s">
         <v>26</v>
       </c>
       <c r="U148">
-        <v>80.37</v>
+        <v>116.09</v>
       </c>
     </row>
     <row r="149" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>47</v>
+        <v>188</v>
       </c>
       <c r="C149" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E149" t="s">
-        <v>314</v>
+        <v>26</v>
       </c>
       <c r="F149" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G149" t="s">
         <v>25</v>
       </c>
       <c r="H149">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="I149" t="b">
         <v>1</v>
       </c>
       <c r="J149" t="s">
         <v>26</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
-      <c r="M149" t="s">
-        <v>26</v>
+      <c r="M149">
+        <v>115.86</v>
       </c>
       <c r="N149" t="s">
         <v>26</v>
       </c>
-      <c r="O149">
-        <v>79.61</v>
+      <c r="O149" t="s">
+        <v>26</v>
       </c>
       <c r="P149" t="s">
         <v>26</v>
       </c>
       <c r="Q149" t="s">
         <v>26</v>
       </c>
       <c r="R149" t="s">
         <v>26</v>
       </c>
       <c r="S149" t="s">
         <v>26</v>
       </c>
       <c r="T149" t="s">
         <v>26</v>
       </c>
       <c r="U149">
-        <v>79.61</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="150" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C150" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E150" t="s">
-        <v>142</v>
+        <v>180</v>
       </c>
       <c r="F150" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G150" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H150">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="I150" t="b">
         <v>1</v>
       </c>
       <c r="J150" t="s">
         <v>26</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>26</v>
       </c>
       <c r="N150" t="s">
         <v>26</v>
       </c>
-      <c r="O150">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O150" t="s">
+        <v>26</v>
+      </c>
+      <c r="P150">
+        <v>115.34</v>
       </c>
       <c r="Q150" t="s">
         <v>26</v>
       </c>
       <c r="R150" t="s">
         <v>26</v>
       </c>
       <c r="S150" t="s">
         <v>26</v>
       </c>
       <c r="T150" t="s">
         <v>26</v>
       </c>
       <c r="U150">
-        <v>76.83</v>
+        <v>115.34</v>
       </c>
     </row>
     <row r="151" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C151" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E151" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F151" t="s">
         <v>24</v>
       </c>
       <c r="G151" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H151">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="I151" t="b">
         <v>1</v>
       </c>
       <c r="J151" t="s">
         <v>26</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
-      <c r="L151" t="s">
-[...3 lines deleted...]
-        <v>75.37</v>
+      <c r="L151">
+        <v>114.17</v>
+      </c>
+      <c r="M151" t="s">
+        <v>26</v>
       </c>
       <c r="N151" t="s">
         <v>26</v>
       </c>
       <c r="O151" t="s">
         <v>26</v>
       </c>
       <c r="P151" t="s">
         <v>26</v>
       </c>
       <c r="Q151" t="s">
         <v>26</v>
       </c>
       <c r="R151" t="s">
         <v>26</v>
       </c>
       <c r="S151" t="s">
         <v>26</v>
       </c>
       <c r="T151" t="s">
         <v>26</v>
       </c>
       <c r="U151">
-        <v>75.37</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="152" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C152" t="s">
-        <v>321</v>
+        <v>228</v>
       </c>
       <c r="E152" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="F152" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="G152" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H152">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="I152" t="b">
         <v>1</v>
       </c>
       <c r="J152" t="s">
         <v>26</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>26</v>
       </c>
       <c r="N152" t="s">
         <v>26</v>
       </c>
       <c r="O152">
-        <v>73.81</v>
+        <v>112.95</v>
       </c>
       <c r="P152" t="s">
         <v>26</v>
       </c>
       <c r="Q152" t="s">
         <v>26</v>
       </c>
       <c r="R152" t="s">
         <v>26</v>
       </c>
       <c r="S152" t="s">
         <v>26</v>
       </c>
       <c r="T152" t="s">
         <v>26</v>
       </c>
       <c r="U152">
-        <v>73.81</v>
+        <v>112.95</v>
       </c>
     </row>
     <row r="153" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
         <v>322</v>
       </c>
       <c r="C153" t="s">
         <v>323</v>
       </c>
       <c r="E153" t="s">
         <v>26</v>
       </c>
       <c r="F153" t="s">
         <v>24</v>
       </c>
       <c r="G153" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H153">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="I153" t="b">
         <v>1</v>
       </c>
       <c r="J153" t="s">
         <v>26</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
-      <c r="M153" t="s">
-        <v>26</v>
+      <c r="M153">
+        <v>112.7</v>
       </c>
       <c r="N153" t="s">
         <v>26</v>
       </c>
-      <c r="O153">
-        <v>72.62</v>
+      <c r="O153" t="s">
+        <v>26</v>
       </c>
       <c r="P153" t="s">
         <v>26</v>
       </c>
       <c r="Q153" t="s">
         <v>26</v>
       </c>
       <c r="R153" t="s">
         <v>26</v>
       </c>
       <c r="S153" t="s">
         <v>26</v>
       </c>
       <c r="T153" t="s">
         <v>26</v>
       </c>
       <c r="U153">
-        <v>72.62</v>
+        <v>112.7</v>
       </c>
     </row>
     <row r="154" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>324</v>
       </c>
       <c r="C154" t="s">
         <v>325</v>
       </c>
       <c r="E154" t="s">
-        <v>108</v>
+        <v>57</v>
       </c>
       <c r="F154" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G154" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="H154">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I154" t="b">
         <v>1</v>
       </c>
       <c r="J154" t="s">
         <v>26</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>26</v>
       </c>
       <c r="N154" t="s">
         <v>26</v>
       </c>
-      <c r="O154">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O154" t="s">
+        <v>26</v>
+      </c>
+      <c r="P154">
+        <v>112.11</v>
       </c>
       <c r="Q154" t="s">
         <v>26</v>
       </c>
       <c r="R154" t="s">
         <v>26</v>
       </c>
       <c r="S154" t="s">
         <v>26</v>
       </c>
       <c r="T154" t="s">
         <v>26</v>
       </c>
       <c r="U154">
-        <v>71.92</v>
+        <v>112.11</v>
       </c>
     </row>
     <row r="155" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
+        <v>63</v>
+      </c>
+      <c r="C155" t="s">
         <v>326</v>
       </c>
-      <c r="C155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" t="s">
         <v>26</v>
       </c>
       <c r="F155" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G155" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H155">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="I155" t="b">
         <v>1</v>
       </c>
       <c r="J155" t="s">
         <v>26</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>26</v>
       </c>
-      <c r="N155" t="s">
-[...3 lines deleted...]
-        <v>71.92</v>
+      <c r="N155">
+        <v>111.35</v>
+      </c>
+      <c r="O155" t="s">
+        <v>26</v>
       </c>
       <c r="P155" t="s">
         <v>26</v>
       </c>
       <c r="Q155" t="s">
         <v>26</v>
       </c>
       <c r="R155" t="s">
         <v>26</v>
       </c>
       <c r="S155" t="s">
         <v>26</v>
       </c>
       <c r="T155" t="s">
         <v>26</v>
       </c>
       <c r="U155">
-        <v>71.92</v>
+        <v>111.35</v>
       </c>
     </row>
     <row r="156" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>327</v>
+      </c>
+      <c r="C156" t="s">
         <v>328</v>
       </c>
-      <c r="C156" t="s">
+      <c r="E156" t="s">
         <v>329</v>
       </c>
-      <c r="D156">
-[...4 lines deleted...]
-      </c>
       <c r="F156" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="G156" t="s">
-        <v>25</v>
+        <v>48</v>
       </c>
       <c r="H156">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I156" t="b">
         <v>1</v>
       </c>
       <c r="J156" t="s">
         <v>26</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
-      <c r="L156">
-        <v>70.76</v>
+      <c r="L156" t="s">
+        <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>26</v>
       </c>
       <c r="N156" t="s">
         <v>26</v>
       </c>
       <c r="O156" t="s">
         <v>26</v>
       </c>
       <c r="P156" t="s">
         <v>26</v>
       </c>
-      <c r="Q156" t="s">
-        <v>26</v>
+      <c r="Q156">
+        <v>111.11</v>
       </c>
       <c r="R156" t="s">
         <v>26</v>
       </c>
       <c r="S156" t="s">
         <v>26</v>
       </c>
       <c r="T156" t="s">
         <v>26</v>
       </c>
       <c r="U156">
-        <v>70.76</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="157" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
+        <v>55</v>
+      </c>
+      <c r="C157" t="s">
         <v>330</v>
       </c>
-      <c r="C157" t="s">
+      <c r="E157" t="s">
         <v>331</v>
       </c>
-      <c r="E157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F157" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G157" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H157">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="I157" t="b">
         <v>1</v>
       </c>
       <c r="J157" t="s">
         <v>26</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>26</v>
       </c>
       <c r="N157" t="s">
         <v>26</v>
       </c>
       <c r="O157">
-        <v>70.11</v>
+        <v>110.84</v>
       </c>
       <c r="P157" t="s">
         <v>26</v>
       </c>
       <c r="Q157" t="s">
         <v>26</v>
       </c>
       <c r="R157" t="s">
         <v>26</v>
       </c>
       <c r="S157" t="s">
         <v>26</v>
       </c>
       <c r="T157" t="s">
         <v>26</v>
       </c>
       <c r="U157">
-        <v>70.11</v>
+        <v>110.84</v>
       </c>
     </row>
     <row r="158" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>254</v>
+        <v>234</v>
       </c>
       <c r="C158" t="s">
         <v>332</v>
       </c>
-      <c r="D158">
-[...1 lines deleted...]
-      </c>
       <c r="E158" t="s">
-        <v>298</v>
+        <v>29</v>
       </c>
       <c r="F158" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="G158" t="s">
         <v>25</v>
       </c>
       <c r="H158">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="I158" t="b">
         <v>1</v>
       </c>
       <c r="J158" t="s">
         <v>26</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>26</v>
       </c>
-      <c r="N158">
-        <v>57.53</v>
+      <c r="N158" t="s">
+        <v>26</v>
       </c>
       <c r="O158" t="s">
         <v>26</v>
       </c>
-      <c r="P158" t="s">
-        <v>26</v>
+      <c r="P158">
+        <v>110.71</v>
       </c>
       <c r="Q158" t="s">
         <v>26</v>
       </c>
       <c r="R158" t="s">
         <v>26</v>
       </c>
       <c r="S158" t="s">
         <v>26</v>
       </c>
       <c r="T158" t="s">
         <v>26</v>
       </c>
       <c r="U158">
-        <v>57.53</v>
+        <v>110.71</v>
       </c>
     </row>
     <row r="159" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
+        <v>76</v>
+      </c>
+      <c r="C159" t="s">
         <v>333</v>
       </c>
-      <c r="C159" t="s">
-        <v>334</v>
+      <c r="D159">
+        <v>2457</v>
       </c>
       <c r="E159" t="s">
-        <v>298</v>
+        <v>47</v>
       </c>
       <c r="F159" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="G159" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="H159">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I159" t="b">
         <v>1</v>
       </c>
       <c r="J159" t="s">
         <v>26</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
-      <c r="L159" t="s">
-        <v>26</v>
+      <c r="L159">
+        <v>110.12</v>
       </c>
       <c r="M159" t="s">
         <v>26</v>
       </c>
-      <c r="N159">
-        <v>57.5</v>
+      <c r="N159" t="s">
+        <v>26</v>
       </c>
       <c r="O159" t="s">
         <v>26</v>
       </c>
       <c r="P159" t="s">
         <v>26</v>
       </c>
       <c r="Q159" t="s">
         <v>26</v>
       </c>
       <c r="R159" t="s">
         <v>26</v>
       </c>
       <c r="S159" t="s">
         <v>26</v>
       </c>
       <c r="T159" t="s">
         <v>26</v>
       </c>
       <c r="U159">
-        <v>57.5</v>
+        <v>110.12</v>
       </c>
     </row>
     <row r="160" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
+        <v>334</v>
+      </c>
+      <c r="C160" t="s">
         <v>335</v>
       </c>
-      <c r="C160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="F160" t="s">
         <v>24</v>
       </c>
       <c r="G160" t="s">
+        <v>25</v>
+      </c>
+      <c r="H160">
+        <v>47</v>
+      </c>
+      <c r="I160" t="b">
+        <v>1</v>
+      </c>
+      <c r="J160" t="s">
+        <v>26</v>
+      </c>
+      <c r="K160">
+        <v>1</v>
+      </c>
+      <c r="L160" t="s">
+        <v>26</v>
+      </c>
+      <c r="M160" t="s">
+        <v>26</v>
+      </c>
+      <c r="N160" t="s">
+        <v>26</v>
+      </c>
+      <c r="O160">
+        <v>109.48</v>
+      </c>
+      <c r="P160" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>26</v>
+      </c>
+      <c r="R160" t="s">
+        <v>26</v>
+      </c>
+      <c r="S160" t="s">
+        <v>26</v>
+      </c>
+      <c r="T160" t="s">
+        <v>26</v>
+      </c>
+      <c r="U160">
+        <v>109.48</v>
+      </c>
+    </row>
+    <row r="161" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161" t="s">
+        <v>336</v>
+      </c>
+      <c r="C161" t="s">
+        <v>337</v>
+      </c>
+      <c r="E161" t="s">
+        <v>29</v>
+      </c>
+      <c r="F161" t="s">
+        <v>42</v>
+      </c>
+      <c r="G161" t="s">
+        <v>25</v>
+      </c>
+      <c r="H161">
+        <v>26</v>
+      </c>
+      <c r="I161" t="b">
+        <v>1</v>
+      </c>
+      <c r="J161" t="s">
+        <v>26</v>
+      </c>
+      <c r="K161">
+        <v>1</v>
+      </c>
+      <c r="L161" t="s">
+        <v>26</v>
+      </c>
+      <c r="M161" t="s">
+        <v>26</v>
+      </c>
+      <c r="N161" t="s">
+        <v>26</v>
+      </c>
+      <c r="O161" t="s">
+        <v>26</v>
+      </c>
+      <c r="P161">
+        <v>109.3</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>26</v>
+      </c>
+      <c r="R161" t="s">
+        <v>26</v>
+      </c>
+      <c r="S161" t="s">
+        <v>26</v>
+      </c>
+      <c r="T161" t="s">
+        <v>26</v>
+      </c>
+      <c r="U161">
+        <v>109.3</v>
+      </c>
+    </row>
+    <row r="162" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>338</v>
+      </c>
+      <c r="C162" t="s">
+        <v>339</v>
+      </c>
+      <c r="E162" t="s">
+        <v>57</v>
+      </c>
+      <c r="F162" t="s">
+        <v>42</v>
+      </c>
+      <c r="G162" t="s">
+        <v>48</v>
+      </c>
+      <c r="H162">
+        <v>10</v>
+      </c>
+      <c r="I162" t="b">
+        <v>1</v>
+      </c>
+      <c r="J162" t="s">
+        <v>26</v>
+      </c>
+      <c r="K162">
+        <v>1</v>
+      </c>
+      <c r="L162" t="s">
+        <v>26</v>
+      </c>
+      <c r="M162" t="s">
+        <v>26</v>
+      </c>
+      <c r="N162" t="s">
+        <v>26</v>
+      </c>
+      <c r="O162" t="s">
+        <v>26</v>
+      </c>
+      <c r="P162">
+        <v>109.2</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>26</v>
+      </c>
+      <c r="R162" t="s">
+        <v>26</v>
+      </c>
+      <c r="S162" t="s">
+        <v>26</v>
+      </c>
+      <c r="T162" t="s">
+        <v>26</v>
+      </c>
+      <c r="U162">
+        <v>109.2</v>
+      </c>
+    </row>
+    <row r="163" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>340</v>
+      </c>
+      <c r="C163" t="s">
+        <v>341</v>
+      </c>
+      <c r="E163" t="s">
+        <v>47</v>
+      </c>
+      <c r="F163" t="s">
+        <v>24</v>
+      </c>
+      <c r="G163" t="s">
+        <v>25</v>
+      </c>
+      <c r="H163">
+        <v>48</v>
+      </c>
+      <c r="I163" t="b">
+        <v>1</v>
+      </c>
+      <c r="J163" t="s">
+        <v>26</v>
+      </c>
+      <c r="K163">
+        <v>1</v>
+      </c>
+      <c r="L163" t="s">
+        <v>26</v>
+      </c>
+      <c r="M163">
+        <v>108.19</v>
+      </c>
+      <c r="N163" t="s">
+        <v>26</v>
+      </c>
+      <c r="O163" t="s">
+        <v>26</v>
+      </c>
+      <c r="P163" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>26</v>
+      </c>
+      <c r="R163" t="s">
+        <v>26</v>
+      </c>
+      <c r="S163" t="s">
+        <v>26</v>
+      </c>
+      <c r="T163" t="s">
+        <v>26</v>
+      </c>
+      <c r="U163">
+        <v>108.19</v>
+      </c>
+    </row>
+    <row r="164" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A164">
+        <v>163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>342</v>
+      </c>
+      <c r="C164" t="s">
+        <v>343</v>
+      </c>
+      <c r="E164" t="s">
+        <v>267</v>
+      </c>
+      <c r="F164" t="s">
+        <v>24</v>
+      </c>
+      <c r="G164" t="s">
+        <v>48</v>
+      </c>
+      <c r="H164">
+        <v>15</v>
+      </c>
+      <c r="I164" t="b">
+        <v>1</v>
+      </c>
+      <c r="J164" t="s">
+        <v>26</v>
+      </c>
+      <c r="K164">
+        <v>1</v>
+      </c>
+      <c r="L164" t="s">
+        <v>26</v>
+      </c>
+      <c r="M164" t="s">
+        <v>26</v>
+      </c>
+      <c r="N164" t="s">
+        <v>26</v>
+      </c>
+      <c r="O164" t="s">
+        <v>26</v>
+      </c>
+      <c r="P164" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q164">
+        <v>108.13</v>
+      </c>
+      <c r="R164" t="s">
+        <v>26</v>
+      </c>
+      <c r="S164" t="s">
+        <v>26</v>
+      </c>
+      <c r="T164" t="s">
+        <v>26</v>
+      </c>
+      <c r="U164">
+        <v>108.13</v>
+      </c>
+    </row>
+    <row r="165" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A165">
+        <v>164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>344</v>
+      </c>
+      <c r="C165" t="s">
+        <v>51</v>
+      </c>
+      <c r="E165" t="s">
+        <v>29</v>
+      </c>
+      <c r="F165" t="s">
+        <v>36</v>
+      </c>
+      <c r="G165" t="s">
+        <v>25</v>
+      </c>
+      <c r="H165">
+        <v>29</v>
+      </c>
+      <c r="I165" t="b">
+        <v>1</v>
+      </c>
+      <c r="J165" t="s">
+        <v>26</v>
+      </c>
+      <c r="K165">
+        <v>1</v>
+      </c>
+      <c r="L165">
+        <v>108.06</v>
+      </c>
+      <c r="M165" t="s">
+        <v>26</v>
+      </c>
+      <c r="N165" t="s">
+        <v>26</v>
+      </c>
+      <c r="O165" t="s">
+        <v>26</v>
+      </c>
+      <c r="P165" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>26</v>
+      </c>
+      <c r="R165" t="s">
+        <v>26</v>
+      </c>
+      <c r="S165" t="s">
+        <v>26</v>
+      </c>
+      <c r="T165" t="s">
+        <v>26</v>
+      </c>
+      <c r="U165">
+        <v>108.06</v>
+      </c>
+    </row>
+    <row r="166" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A166">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>345</v>
+      </c>
+      <c r="C166" t="s">
+        <v>346</v>
+      </c>
+      <c r="E166" t="s">
+        <v>347</v>
+      </c>
+      <c r="F166" t="s">
+        <v>36</v>
+      </c>
+      <c r="G166" t="s">
+        <v>25</v>
+      </c>
+      <c r="H166">
+        <v>30</v>
+      </c>
+      <c r="I166" t="b">
+        <v>1</v>
+      </c>
+      <c r="J166" t="s">
+        <v>26</v>
+      </c>
+      <c r="K166">
+        <v>1</v>
+      </c>
+      <c r="L166" t="s">
+        <v>26</v>
+      </c>
+      <c r="M166" t="s">
+        <v>26</v>
+      </c>
+      <c r="N166" t="s">
+        <v>26</v>
+      </c>
+      <c r="O166" t="s">
+        <v>26</v>
+      </c>
+      <c r="P166" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q166">
+        <v>107.89</v>
+      </c>
+      <c r="R166" t="s">
+        <v>26</v>
+      </c>
+      <c r="S166" t="s">
+        <v>26</v>
+      </c>
+      <c r="T166" t="s">
+        <v>26</v>
+      </c>
+      <c r="U166">
+        <v>107.89</v>
+      </c>
+    </row>
+    <row r="167" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A167">
+        <v>166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>348</v>
+      </c>
+      <c r="C167" t="s">
+        <v>349</v>
+      </c>
+      <c r="E167" t="s">
+        <v>26</v>
+      </c>
+      <c r="F167" t="s">
+        <v>42</v>
+      </c>
+      <c r="G167" t="s">
+        <v>25</v>
+      </c>
+      <c r="H167">
+        <v>27</v>
+      </c>
+      <c r="I167" t="b">
+        <v>1</v>
+      </c>
+      <c r="J167" t="s">
+        <v>26</v>
+      </c>
+      <c r="K167">
+        <v>1</v>
+      </c>
+      <c r="L167" t="s">
+        <v>26</v>
+      </c>
+      <c r="M167" t="s">
+        <v>26</v>
+      </c>
+      <c r="N167" t="s">
+        <v>26</v>
+      </c>
+      <c r="O167" t="s">
+        <v>26</v>
+      </c>
+      <c r="P167" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q167">
+        <v>107.29</v>
+      </c>
+      <c r="R167" t="s">
+        <v>26</v>
+      </c>
+      <c r="S167" t="s">
+        <v>26</v>
+      </c>
+      <c r="T167" t="s">
+        <v>26</v>
+      </c>
+      <c r="U167">
+        <v>107.29</v>
+      </c>
+    </row>
+    <row r="168" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A168">
+        <v>167</v>
+      </c>
+      <c r="B168" t="s">
+        <v>89</v>
+      </c>
+      <c r="C168" t="s">
+        <v>350</v>
+      </c>
+      <c r="E168" t="s">
+        <v>26</v>
+      </c>
+      <c r="F168" t="s">
+        <v>24</v>
+      </c>
+      <c r="G168" t="s">
+        <v>25</v>
+      </c>
+      <c r="H168">
+        <v>49</v>
+      </c>
+      <c r="I168" t="b">
+        <v>1</v>
+      </c>
+      <c r="J168" t="s">
+        <v>26</v>
+      </c>
+      <c r="K168">
+        <v>1</v>
+      </c>
+      <c r="L168" t="s">
+        <v>26</v>
+      </c>
+      <c r="M168" t="s">
+        <v>26</v>
+      </c>
+      <c r="N168" t="s">
+        <v>26</v>
+      </c>
+      <c r="O168" t="s">
+        <v>26</v>
+      </c>
+      <c r="P168">
+        <v>107.25</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>26</v>
+      </c>
+      <c r="R168" t="s">
+        <v>26</v>
+      </c>
+      <c r="S168" t="s">
+        <v>26</v>
+      </c>
+      <c r="T168" t="s">
+        <v>26</v>
+      </c>
+      <c r="U168">
+        <v>107.25</v>
+      </c>
+    </row>
+    <row r="169" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A169">
+        <v>168</v>
+      </c>
+      <c r="B169" t="s">
+        <v>351</v>
+      </c>
+      <c r="C169" t="s">
+        <v>352</v>
+      </c>
+      <c r="E169" t="s">
+        <v>97</v>
+      </c>
+      <c r="F169" t="s">
+        <v>42</v>
+      </c>
+      <c r="G169" t="s">
+        <v>25</v>
+      </c>
+      <c r="H169">
+        <v>28</v>
+      </c>
+      <c r="I169" t="b">
+        <v>1</v>
+      </c>
+      <c r="J169" t="s">
+        <v>26</v>
+      </c>
+      <c r="K169">
+        <v>1</v>
+      </c>
+      <c r="L169" t="s">
+        <v>26</v>
+      </c>
+      <c r="M169" t="s">
+        <v>26</v>
+      </c>
+      <c r="N169" t="s">
+        <v>26</v>
+      </c>
+      <c r="O169" t="s">
+        <v>26</v>
+      </c>
+      <c r="P169">
+        <v>106.96</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>26</v>
+      </c>
+      <c r="R169" t="s">
+        <v>26</v>
+      </c>
+      <c r="S169" t="s">
+        <v>26</v>
+      </c>
+      <c r="T169" t="s">
+        <v>26</v>
+      </c>
+      <c r="U169">
+        <v>106.96</v>
+      </c>
+    </row>
+    <row r="170" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A170">
+        <v>169</v>
+      </c>
+      <c r="B170" t="s">
+        <v>126</v>
+      </c>
+      <c r="C170" t="s">
+        <v>353</v>
+      </c>
+      <c r="E170" t="s">
+        <v>54</v>
+      </c>
+      <c r="F170" t="s">
+        <v>24</v>
+      </c>
+      <c r="G170" t="s">
+        <v>25</v>
+      </c>
+      <c r="H170">
+        <v>50</v>
+      </c>
+      <c r="I170" t="b">
+        <v>1</v>
+      </c>
+      <c r="J170" t="s">
+        <v>26</v>
+      </c>
+      <c r="K170">
+        <v>1</v>
+      </c>
+      <c r="L170" t="s">
+        <v>26</v>
+      </c>
+      <c r="M170" t="s">
+        <v>26</v>
+      </c>
+      <c r="N170" t="s">
+        <v>26</v>
+      </c>
+      <c r="O170" t="s">
+        <v>26</v>
+      </c>
+      <c r="P170">
+        <v>106.91</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>26</v>
+      </c>
+      <c r="R170" t="s">
+        <v>26</v>
+      </c>
+      <c r="S170" t="s">
+        <v>26</v>
+      </c>
+      <c r="T170" t="s">
+        <v>26</v>
+      </c>
+      <c r="U170">
+        <v>106.91</v>
+      </c>
+    </row>
+    <row r="171" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171" t="s">
+        <v>84</v>
+      </c>
+      <c r="C171" t="s">
+        <v>354</v>
+      </c>
+      <c r="D171">
+        <v>2351</v>
+      </c>
+      <c r="E171" t="s">
+        <v>71</v>
+      </c>
+      <c r="F171" t="s">
+        <v>36</v>
+      </c>
+      <c r="G171" t="s">
+        <v>25</v>
+      </c>
+      <c r="H171">
+        <v>31</v>
+      </c>
+      <c r="I171" t="b">
+        <v>1</v>
+      </c>
+      <c r="J171" t="s">
+        <v>26</v>
+      </c>
+      <c r="K171">
+        <v>1</v>
+      </c>
+      <c r="L171" t="s">
+        <v>26</v>
+      </c>
+      <c r="M171" t="s">
+        <v>26</v>
+      </c>
+      <c r="N171" t="s">
+        <v>26</v>
+      </c>
+      <c r="O171" t="s">
+        <v>26</v>
+      </c>
+      <c r="P171">
+        <v>106.53</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>26</v>
+      </c>
+      <c r="R171" t="s">
+        <v>26</v>
+      </c>
+      <c r="S171" t="s">
+        <v>26</v>
+      </c>
+      <c r="T171" t="s">
+        <v>26</v>
+      </c>
+      <c r="U171">
+        <v>106.53</v>
+      </c>
+    </row>
+    <row r="172" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172" t="s">
+        <v>355</v>
+      </c>
+      <c r="C172" t="s">
+        <v>356</v>
+      </c>
+      <c r="E172" t="s">
+        <v>26</v>
+      </c>
+      <c r="F172" t="s">
+        <v>42</v>
+      </c>
+      <c r="G172" t="s">
+        <v>25</v>
+      </c>
+      <c r="H172">
+        <v>29</v>
+      </c>
+      <c r="I172" t="b">
+        <v>1</v>
+      </c>
+      <c r="J172" t="s">
+        <v>26</v>
+      </c>
+      <c r="K172">
+        <v>1</v>
+      </c>
+      <c r="L172" t="s">
+        <v>26</v>
+      </c>
+      <c r="M172">
+        <v>106.29</v>
+      </c>
+      <c r="N172" t="s">
+        <v>26</v>
+      </c>
+      <c r="O172" t="s">
+        <v>26</v>
+      </c>
+      <c r="P172" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>26</v>
+      </c>
+      <c r="R172" t="s">
+        <v>26</v>
+      </c>
+      <c r="S172" t="s">
+        <v>26</v>
+      </c>
+      <c r="T172" t="s">
+        <v>26</v>
+      </c>
+      <c r="U172">
+        <v>106.29</v>
+      </c>
+    </row>
+    <row r="173" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>357</v>
+      </c>
+      <c r="C173" t="s">
+        <v>358</v>
+      </c>
+      <c r="E173" t="s">
+        <v>233</v>
+      </c>
+      <c r="F173" t="s">
+        <v>24</v>
+      </c>
+      <c r="G173" t="s">
+        <v>25</v>
+      </c>
+      <c r="H173">
+        <v>51</v>
+      </c>
+      <c r="I173" t="b">
+        <v>1</v>
+      </c>
+      <c r="J173" t="s">
+        <v>26</v>
+      </c>
+      <c r="K173">
+        <v>1</v>
+      </c>
+      <c r="L173" t="s">
+        <v>26</v>
+      </c>
+      <c r="M173" t="s">
+        <v>26</v>
+      </c>
+      <c r="N173" t="s">
+        <v>26</v>
+      </c>
+      <c r="O173">
+        <v>106.19</v>
+      </c>
+      <c r="P173" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>26</v>
+      </c>
+      <c r="R173" t="s">
+        <v>26</v>
+      </c>
+      <c r="S173" t="s">
+        <v>26</v>
+      </c>
+      <c r="T173" t="s">
+        <v>26</v>
+      </c>
+      <c r="U173">
+        <v>106.19</v>
+      </c>
+    </row>
+    <row r="174" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174" t="s">
+        <v>359</v>
+      </c>
+      <c r="C174" t="s">
+        <v>360</v>
+      </c>
+      <c r="E174" t="s">
+        <v>361</v>
+      </c>
+      <c r="F174" t="s">
+        <v>24</v>
+      </c>
+      <c r="G174" t="s">
+        <v>25</v>
+      </c>
+      <c r="H174">
+        <v>52</v>
+      </c>
+      <c r="I174" t="b">
+        <v>1</v>
+      </c>
+      <c r="J174" t="s">
+        <v>26</v>
+      </c>
+      <c r="K174">
+        <v>1</v>
+      </c>
+      <c r="L174" t="s">
+        <v>26</v>
+      </c>
+      <c r="M174" t="s">
+        <v>26</v>
+      </c>
+      <c r="N174" t="s">
+        <v>26</v>
+      </c>
+      <c r="O174">
+        <v>106.04</v>
+      </c>
+      <c r="P174" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>26</v>
+      </c>
+      <c r="R174" t="s">
+        <v>26</v>
+      </c>
+      <c r="S174" t="s">
+        <v>26</v>
+      </c>
+      <c r="T174" t="s">
+        <v>26</v>
+      </c>
+      <c r="U174">
+        <v>106.04</v>
+      </c>
+    </row>
+    <row r="175" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A175">
+        <v>174</v>
+      </c>
+      <c r="B175" t="s">
+        <v>362</v>
+      </c>
+      <c r="C175" t="s">
+        <v>363</v>
+      </c>
+      <c r="E175" t="s">
+        <v>26</v>
+      </c>
+      <c r="F175" t="s">
+        <v>24</v>
+      </c>
+      <c r="G175" t="s">
+        <v>25</v>
+      </c>
+      <c r="H175">
+        <v>53</v>
+      </c>
+      <c r="I175" t="b">
+        <v>1</v>
+      </c>
+      <c r="J175" t="s">
+        <v>26</v>
+      </c>
+      <c r="K175">
+        <v>1</v>
+      </c>
+      <c r="L175" t="s">
+        <v>26</v>
+      </c>
+      <c r="M175" t="s">
+        <v>26</v>
+      </c>
+      <c r="N175" t="s">
+        <v>26</v>
+      </c>
+      <c r="O175">
+        <v>105.9</v>
+      </c>
+      <c r="P175" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>26</v>
+      </c>
+      <c r="R175" t="s">
+        <v>26</v>
+      </c>
+      <c r="S175" t="s">
+        <v>26</v>
+      </c>
+      <c r="T175" t="s">
+        <v>26</v>
+      </c>
+      <c r="U175">
+        <v>105.9</v>
+      </c>
+    </row>
+    <row r="176" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A176">
+        <v>175</v>
+      </c>
+      <c r="B176" t="s">
+        <v>55</v>
+      </c>
+      <c r="C176" t="s">
+        <v>364</v>
+      </c>
+      <c r="E176" t="s">
+        <v>26</v>
+      </c>
+      <c r="F176" t="s">
+        <v>36</v>
+      </c>
+      <c r="G176" t="s">
+        <v>25</v>
+      </c>
+      <c r="H176">
+        <v>32</v>
+      </c>
+      <c r="I176" t="b">
+        <v>1</v>
+      </c>
+      <c r="J176" t="s">
+        <v>26</v>
+      </c>
+      <c r="K176">
+        <v>1</v>
+      </c>
+      <c r="L176" t="s">
+        <v>26</v>
+      </c>
+      <c r="M176" t="s">
+        <v>26</v>
+      </c>
+      <c r="N176" t="s">
+        <v>26</v>
+      </c>
+      <c r="O176">
+        <v>105.86</v>
+      </c>
+      <c r="P176" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>26</v>
+      </c>
+      <c r="R176" t="s">
+        <v>26</v>
+      </c>
+      <c r="S176" t="s">
+        <v>26</v>
+      </c>
+      <c r="T176" t="s">
+        <v>26</v>
+      </c>
+      <c r="U176">
+        <v>105.86</v>
+      </c>
+    </row>
+    <row r="177" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A177">
+        <v>176</v>
+      </c>
+      <c r="B177" t="s">
+        <v>365</v>
+      </c>
+      <c r="C177" t="s">
+        <v>366</v>
+      </c>
+      <c r="E177" t="s">
+        <v>367</v>
+      </c>
+      <c r="F177" t="s">
+        <v>36</v>
+      </c>
+      <c r="G177" t="s">
+        <v>25</v>
+      </c>
+      <c r="H177">
+        <v>33</v>
+      </c>
+      <c r="I177" t="b">
+        <v>1</v>
+      </c>
+      <c r="J177" t="s">
+        <v>26</v>
+      </c>
+      <c r="K177">
+        <v>1</v>
+      </c>
+      <c r="L177" t="s">
+        <v>26</v>
+      </c>
+      <c r="M177" t="s">
+        <v>26</v>
+      </c>
+      <c r="N177" t="s">
+        <v>26</v>
+      </c>
+      <c r="O177">
+        <v>105.2</v>
+      </c>
+      <c r="P177" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>26</v>
+      </c>
+      <c r="R177" t="s">
+        <v>26</v>
+      </c>
+      <c r="S177" t="s">
+        <v>26</v>
+      </c>
+      <c r="T177" t="s">
+        <v>26</v>
+      </c>
+      <c r="U177">
+        <v>105.2</v>
+      </c>
+    </row>
+    <row r="178" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A178">
+        <v>177</v>
+      </c>
+      <c r="B178" t="s">
+        <v>368</v>
+      </c>
+      <c r="C178" t="s">
+        <v>369</v>
+      </c>
+      <c r="E178" t="s">
+        <v>57</v>
+      </c>
+      <c r="F178" t="s">
+        <v>24</v>
+      </c>
+      <c r="G178" t="s">
+        <v>48</v>
+      </c>
+      <c r="H178">
+        <v>16</v>
+      </c>
+      <c r="I178" t="b">
+        <v>1</v>
+      </c>
+      <c r="J178" t="s">
+        <v>26</v>
+      </c>
+      <c r="K178">
+        <v>1</v>
+      </c>
+      <c r="L178" t="s">
+        <v>26</v>
+      </c>
+      <c r="M178" t="s">
+        <v>26</v>
+      </c>
+      <c r="N178" t="s">
+        <v>26</v>
+      </c>
+      <c r="O178" t="s">
+        <v>26</v>
+      </c>
+      <c r="P178">
+        <v>105.13</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>26</v>
+      </c>
+      <c r="R178" t="s">
+        <v>26</v>
+      </c>
+      <c r="S178" t="s">
+        <v>26</v>
+      </c>
+      <c r="T178" t="s">
+        <v>26</v>
+      </c>
+      <c r="U178">
+        <v>105.13</v>
+      </c>
+    </row>
+    <row r="179" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A179">
+        <v>178</v>
+      </c>
+      <c r="B179" t="s">
+        <v>155</v>
+      </c>
+      <c r="C179" t="s">
+        <v>370</v>
+      </c>
+      <c r="E179" t="s">
+        <v>29</v>
+      </c>
+      <c r="F179" t="s">
+        <v>42</v>
+      </c>
+      <c r="G179" t="s">
+        <v>48</v>
+      </c>
+      <c r="H179">
+        <v>11</v>
+      </c>
+      <c r="I179" t="b">
+        <v>1</v>
+      </c>
+      <c r="J179" t="s">
+        <v>26</v>
+      </c>
+      <c r="K179">
+        <v>1</v>
+      </c>
+      <c r="L179" t="s">
+        <v>26</v>
+      </c>
+      <c r="M179" t="s">
+        <v>26</v>
+      </c>
+      <c r="N179" t="s">
+        <v>26</v>
+      </c>
+      <c r="O179" t="s">
+        <v>26</v>
+      </c>
+      <c r="P179" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q179">
+        <v>104.66</v>
+      </c>
+      <c r="R179" t="s">
+        <v>26</v>
+      </c>
+      <c r="S179" t="s">
+        <v>26</v>
+      </c>
+      <c r="T179" t="s">
+        <v>26</v>
+      </c>
+      <c r="U179">
+        <v>104.66</v>
+      </c>
+    </row>
+    <row r="180" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A180">
+        <v>179</v>
+      </c>
+      <c r="B180" t="s">
+        <v>371</v>
+      </c>
+      <c r="C180" t="s">
+        <v>372</v>
+      </c>
+      <c r="E180" t="s">
+        <v>57</v>
+      </c>
+      <c r="F180" t="s">
         <v>60</v>
       </c>
-      <c r="H160">
+      <c r="G180" t="s">
+        <v>25</v>
+      </c>
+      <c r="H180">
+        <v>10</v>
+      </c>
+      <c r="I180" t="b">
+        <v>1</v>
+      </c>
+      <c r="J180" t="s">
+        <v>26</v>
+      </c>
+      <c r="K180">
+        <v>1</v>
+      </c>
+      <c r="L180" t="s">
+        <v>26</v>
+      </c>
+      <c r="M180" t="s">
+        <v>26</v>
+      </c>
+      <c r="N180" t="s">
+        <v>26</v>
+      </c>
+      <c r="O180" t="s">
+        <v>26</v>
+      </c>
+      <c r="P180">
+        <v>104.63</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>26</v>
+      </c>
+      <c r="R180" t="s">
+        <v>26</v>
+      </c>
+      <c r="S180" t="s">
+        <v>26</v>
+      </c>
+      <c r="T180" t="s">
+        <v>26</v>
+      </c>
+      <c r="U180">
+        <v>104.63</v>
+      </c>
+    </row>
+    <row r="181" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A181">
+        <v>180</v>
+      </c>
+      <c r="B181" t="s">
+        <v>373</v>
+      </c>
+      <c r="C181" t="s">
+        <v>374</v>
+      </c>
+      <c r="E181" t="s">
+        <v>375</v>
+      </c>
+      <c r="F181" t="s">
+        <v>24</v>
+      </c>
+      <c r="G181" t="s">
+        <v>25</v>
+      </c>
+      <c r="H181">
+        <v>54</v>
+      </c>
+      <c r="I181" t="b">
+        <v>1</v>
+      </c>
+      <c r="J181" t="s">
+        <v>26</v>
+      </c>
+      <c r="K181">
+        <v>1</v>
+      </c>
+      <c r="L181" t="s">
+        <v>26</v>
+      </c>
+      <c r="M181" t="s">
+        <v>26</v>
+      </c>
+      <c r="N181" t="s">
+        <v>26</v>
+      </c>
+      <c r="O181" t="s">
+        <v>26</v>
+      </c>
+      <c r="P181" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q181">
+        <v>104.09</v>
+      </c>
+      <c r="R181" t="s">
+        <v>26</v>
+      </c>
+      <c r="S181" t="s">
+        <v>26</v>
+      </c>
+      <c r="T181" t="s">
+        <v>26</v>
+      </c>
+      <c r="U181">
+        <v>104.09</v>
+      </c>
+    </row>
+    <row r="182" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A182">
+        <v>181</v>
+      </c>
+      <c r="B182" t="s">
+        <v>376</v>
+      </c>
+      <c r="C182" t="s">
+        <v>377</v>
+      </c>
+      <c r="D182">
+        <v>1303</v>
+      </c>
+      <c r="E182" t="s">
+        <v>29</v>
+      </c>
+      <c r="F182" t="s">
+        <v>42</v>
+      </c>
+      <c r="G182" t="s">
+        <v>25</v>
+      </c>
+      <c r="H182">
+        <v>30</v>
+      </c>
+      <c r="I182" t="b">
+        <v>1</v>
+      </c>
+      <c r="J182" t="s">
+        <v>26</v>
+      </c>
+      <c r="K182">
+        <v>1</v>
+      </c>
+      <c r="L182" t="s">
+        <v>26</v>
+      </c>
+      <c r="M182" t="s">
+        <v>26</v>
+      </c>
+      <c r="N182" t="s">
+        <v>26</v>
+      </c>
+      <c r="O182" t="s">
+        <v>26</v>
+      </c>
+      <c r="P182">
+        <v>103.46</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>26</v>
+      </c>
+      <c r="R182" t="s">
+        <v>26</v>
+      </c>
+      <c r="S182" t="s">
+        <v>26</v>
+      </c>
+      <c r="T182" t="s">
+        <v>26</v>
+      </c>
+      <c r="U182">
+        <v>103.46</v>
+      </c>
+    </row>
+    <row r="183" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A183">
+        <v>182</v>
+      </c>
+      <c r="B183" t="s">
+        <v>107</v>
+      </c>
+      <c r="C183" t="s">
+        <v>378</v>
+      </c>
+      <c r="E183" t="s">
+        <v>180</v>
+      </c>
+      <c r="F183" t="s">
+        <v>42</v>
+      </c>
+      <c r="G183" t="s">
+        <v>25</v>
+      </c>
+      <c r="H183">
+        <v>31</v>
+      </c>
+      <c r="I183" t="b">
+        <v>1</v>
+      </c>
+      <c r="J183" t="s">
+        <v>26</v>
+      </c>
+      <c r="K183">
+        <v>1</v>
+      </c>
+      <c r="L183" t="s">
+        <v>26</v>
+      </c>
+      <c r="M183" t="s">
+        <v>26</v>
+      </c>
+      <c r="N183" t="s">
+        <v>26</v>
+      </c>
+      <c r="O183">
+        <v>103.41</v>
+      </c>
+      <c r="P183" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>26</v>
+      </c>
+      <c r="R183" t="s">
+        <v>26</v>
+      </c>
+      <c r="S183" t="s">
+        <v>26</v>
+      </c>
+      <c r="T183" t="s">
+        <v>26</v>
+      </c>
+      <c r="U183">
+        <v>103.41</v>
+      </c>
+    </row>
+    <row r="184" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A184">
+        <v>183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>379</v>
+      </c>
+      <c r="C184" t="s">
+        <v>307</v>
+      </c>
+      <c r="E184" t="s">
+        <v>26</v>
+      </c>
+      <c r="F184" t="s">
+        <v>24</v>
+      </c>
+      <c r="G184" t="s">
+        <v>25</v>
+      </c>
+      <c r="H184">
+        <v>55</v>
+      </c>
+      <c r="I184" t="b">
+        <v>1</v>
+      </c>
+      <c r="J184" t="s">
+        <v>26</v>
+      </c>
+      <c r="K184">
+        <v>1</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>26</v>
+      </c>
+      <c r="N184" t="s">
+        <v>26</v>
+      </c>
+      <c r="O184">
+        <v>102.81</v>
+      </c>
+      <c r="P184" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>26</v>
+      </c>
+      <c r="R184" t="s">
+        <v>26</v>
+      </c>
+      <c r="S184" t="s">
+        <v>26</v>
+      </c>
+      <c r="T184" t="s">
+        <v>26</v>
+      </c>
+      <c r="U184">
+        <v>102.81</v>
+      </c>
+    </row>
+    <row r="185" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A185">
+        <v>184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>380</v>
+      </c>
+      <c r="C185" t="s">
+        <v>381</v>
+      </c>
+      <c r="E185" t="s">
+        <v>382</v>
+      </c>
+      <c r="F185" t="s">
+        <v>24</v>
+      </c>
+      <c r="G185" t="s">
+        <v>25</v>
+      </c>
+      <c r="H185">
+        <v>56</v>
+      </c>
+      <c r="I185" t="b">
+        <v>1</v>
+      </c>
+      <c r="J185" t="s">
+        <v>26</v>
+      </c>
+      <c r="K185">
+        <v>1</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185">
+        <v>102.73</v>
+      </c>
+      <c r="N185" t="s">
+        <v>26</v>
+      </c>
+      <c r="O185" t="s">
+        <v>26</v>
+      </c>
+      <c r="P185" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>26</v>
+      </c>
+      <c r="R185" t="s">
+        <v>26</v>
+      </c>
+      <c r="S185" t="s">
+        <v>26</v>
+      </c>
+      <c r="T185" t="s">
+        <v>26</v>
+      </c>
+      <c r="U185">
+        <v>102.73</v>
+      </c>
+    </row>
+    <row r="186" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A186">
+        <v>185</v>
+      </c>
+      <c r="B186" t="s">
+        <v>383</v>
+      </c>
+      <c r="C186" t="s">
+        <v>384</v>
+      </c>
+      <c r="E186" t="s">
+        <v>26</v>
+      </c>
+      <c r="F186" t="s">
+        <v>24</v>
+      </c>
+      <c r="G186" t="s">
+        <v>25</v>
+      </c>
+      <c r="H186">
+        <v>57</v>
+      </c>
+      <c r="I186" t="b">
+        <v>1</v>
+      </c>
+      <c r="J186" t="s">
+        <v>26</v>
+      </c>
+      <c r="K186">
+        <v>1</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>26</v>
+      </c>
+      <c r="N186" t="s">
+        <v>26</v>
+      </c>
+      <c r="O186" t="s">
+        <v>26</v>
+      </c>
+      <c r="P186" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q186">
+        <v>102.69</v>
+      </c>
+      <c r="R186" t="s">
+        <v>26</v>
+      </c>
+      <c r="S186" t="s">
+        <v>26</v>
+      </c>
+      <c r="T186" t="s">
+        <v>26</v>
+      </c>
+      <c r="U186">
+        <v>102.69</v>
+      </c>
+    </row>
+    <row r="187" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A187">
+        <v>186</v>
+      </c>
+      <c r="B187" t="s">
+        <v>385</v>
+      </c>
+      <c r="C187" t="s">
+        <v>386</v>
+      </c>
+      <c r="E187" t="s">
+        <v>387</v>
+      </c>
+      <c r="F187" t="s">
+        <v>24</v>
+      </c>
+      <c r="G187" t="s">
+        <v>48</v>
+      </c>
+      <c r="H187">
+        <v>17</v>
+      </c>
+      <c r="I187" t="b">
+        <v>1</v>
+      </c>
+      <c r="J187" t="s">
+        <v>26</v>
+      </c>
+      <c r="K187">
+        <v>1</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>26</v>
+      </c>
+      <c r="N187" t="s">
+        <v>26</v>
+      </c>
+      <c r="O187" t="s">
+        <v>26</v>
+      </c>
+      <c r="P187">
+        <v>102.31</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>26</v>
+      </c>
+      <c r="R187" t="s">
+        <v>26</v>
+      </c>
+      <c r="S187" t="s">
+        <v>26</v>
+      </c>
+      <c r="T187" t="s">
+        <v>26</v>
+      </c>
+      <c r="U187">
+        <v>102.31</v>
+      </c>
+    </row>
+    <row r="188" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188" t="s">
+        <v>114</v>
+      </c>
+      <c r="C188" t="s">
+        <v>388</v>
+      </c>
+      <c r="E188" t="s">
+        <v>26</v>
+      </c>
+      <c r="F188" t="s">
+        <v>24</v>
+      </c>
+      <c r="G188" t="s">
+        <v>25</v>
+      </c>
+      <c r="H188">
+        <v>58</v>
+      </c>
+      <c r="I188" t="b">
+        <v>1</v>
+      </c>
+      <c r="J188" t="s">
+        <v>26</v>
+      </c>
+      <c r="K188">
+        <v>1</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>26</v>
+      </c>
+      <c r="N188" t="s">
+        <v>26</v>
+      </c>
+      <c r="O188">
+        <v>102.29</v>
+      </c>
+      <c r="P188" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>26</v>
+      </c>
+      <c r="R188" t="s">
+        <v>26</v>
+      </c>
+      <c r="S188" t="s">
+        <v>26</v>
+      </c>
+      <c r="T188" t="s">
+        <v>26</v>
+      </c>
+      <c r="U188">
+        <v>102.29</v>
+      </c>
+    </row>
+    <row r="189" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A189">
+        <v>188</v>
+      </c>
+      <c r="B189" t="s">
+        <v>32</v>
+      </c>
+      <c r="C189" t="s">
+        <v>389</v>
+      </c>
+      <c r="E189" t="s">
+        <v>54</v>
+      </c>
+      <c r="F189" t="s">
+        <v>24</v>
+      </c>
+      <c r="G189" t="s">
+        <v>25</v>
+      </c>
+      <c r="H189">
+        <v>59</v>
+      </c>
+      <c r="I189" t="b">
+        <v>1</v>
+      </c>
+      <c r="J189" t="s">
+        <v>26</v>
+      </c>
+      <c r="K189">
+        <v>1</v>
+      </c>
+      <c r="L189">
+        <v>102.04</v>
+      </c>
+      <c r="M189" t="s">
+        <v>26</v>
+      </c>
+      <c r="N189" t="s">
+        <v>26</v>
+      </c>
+      <c r="O189" t="s">
+        <v>26</v>
+      </c>
+      <c r="P189" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>26</v>
+      </c>
+      <c r="R189" t="s">
+        <v>26</v>
+      </c>
+      <c r="S189" t="s">
+        <v>26</v>
+      </c>
+      <c r="T189" t="s">
+        <v>26</v>
+      </c>
+      <c r="U189">
+        <v>102.04</v>
+      </c>
+    </row>
+    <row r="190" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A190">
+        <v>189</v>
+      </c>
+      <c r="B190" t="s">
+        <v>390</v>
+      </c>
+      <c r="C190" t="s">
+        <v>391</v>
+      </c>
+      <c r="E190" t="s">
+        <v>26</v>
+      </c>
+      <c r="F190" t="s">
+        <v>24</v>
+      </c>
+      <c r="G190" t="s">
+        <v>25</v>
+      </c>
+      <c r="H190">
+        <v>60</v>
+      </c>
+      <c r="I190" t="b">
+        <v>1</v>
+      </c>
+      <c r="J190" t="s">
+        <v>26</v>
+      </c>
+      <c r="K190">
+        <v>1</v>
+      </c>
+      <c r="L190" t="s">
+        <v>26</v>
+      </c>
+      <c r="M190" t="s">
+        <v>26</v>
+      </c>
+      <c r="N190" t="s">
+        <v>26</v>
+      </c>
+      <c r="O190">
+        <v>101.92</v>
+      </c>
+      <c r="P190" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>26</v>
+      </c>
+      <c r="R190" t="s">
+        <v>26</v>
+      </c>
+      <c r="S190" t="s">
+        <v>26</v>
+      </c>
+      <c r="T190" t="s">
+        <v>26</v>
+      </c>
+      <c r="U190">
+        <v>101.92</v>
+      </c>
+    </row>
+    <row r="191" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A191">
+        <v>190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>392</v>
+      </c>
+      <c r="C191" t="s">
+        <v>393</v>
+      </c>
+      <c r="D191">
+        <v>2078</v>
+      </c>
+      <c r="E191" t="s">
+        <v>47</v>
+      </c>
+      <c r="F191" t="s">
+        <v>24</v>
+      </c>
+      <c r="G191" t="s">
+        <v>48</v>
+      </c>
+      <c r="H191">
+        <v>18</v>
+      </c>
+      <c r="I191" t="b">
+        <v>1</v>
+      </c>
+      <c r="J191" t="s">
+        <v>26</v>
+      </c>
+      <c r="K191">
+        <v>1</v>
+      </c>
+      <c r="L191" t="s">
+        <v>26</v>
+      </c>
+      <c r="M191" t="s">
+        <v>26</v>
+      </c>
+      <c r="N191" t="s">
+        <v>26</v>
+      </c>
+      <c r="O191" t="s">
+        <v>26</v>
+      </c>
+      <c r="P191">
+        <v>101.75</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>26</v>
+      </c>
+      <c r="R191" t="s">
+        <v>26</v>
+      </c>
+      <c r="S191" t="s">
+        <v>26</v>
+      </c>
+      <c r="T191" t="s">
+        <v>26</v>
+      </c>
+      <c r="U191">
+        <v>101.75</v>
+      </c>
+    </row>
+    <row r="192" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A192">
+        <v>191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>102</v>
+      </c>
+      <c r="C192" t="s">
+        <v>394</v>
+      </c>
+      <c r="D192">
+        <v>1593</v>
+      </c>
+      <c r="E192" t="s">
+        <v>29</v>
+      </c>
+      <c r="F192" t="s">
+        <v>36</v>
+      </c>
+      <c r="G192" t="s">
+        <v>48</v>
+      </c>
+      <c r="H192">
+        <v>9</v>
+      </c>
+      <c r="I192" t="b">
+        <v>1</v>
+      </c>
+      <c r="J192" t="s">
+        <v>26</v>
+      </c>
+      <c r="K192">
+        <v>1</v>
+      </c>
+      <c r="L192" t="s">
+        <v>26</v>
+      </c>
+      <c r="M192" t="s">
+        <v>26</v>
+      </c>
+      <c r="N192" t="s">
+        <v>26</v>
+      </c>
+      <c r="O192" t="s">
+        <v>26</v>
+      </c>
+      <c r="P192">
+        <v>101.4</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>26</v>
+      </c>
+      <c r="R192" t="s">
+        <v>26</v>
+      </c>
+      <c r="S192" t="s">
+        <v>26</v>
+      </c>
+      <c r="T192" t="s">
+        <v>26</v>
+      </c>
+      <c r="U192">
+        <v>101.4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A193">
+        <v>192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>395</v>
+      </c>
+      <c r="C193" t="s">
+        <v>396</v>
+      </c>
+      <c r="E193" t="s">
+        <v>26</v>
+      </c>
+      <c r="F193" t="s">
+        <v>24</v>
+      </c>
+      <c r="G193" t="s">
+        <v>48</v>
+      </c>
+      <c r="H193">
+        <v>19</v>
+      </c>
+      <c r="I193" t="b">
+        <v>1</v>
+      </c>
+      <c r="J193" t="s">
+        <v>26</v>
+      </c>
+      <c r="K193">
+        <v>1</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>26</v>
+      </c>
+      <c r="N193" t="s">
+        <v>26</v>
+      </c>
+      <c r="O193" t="s">
+        <v>26</v>
+      </c>
+      <c r="P193" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q193">
+        <v>100.98</v>
+      </c>
+      <c r="R193" t="s">
+        <v>26</v>
+      </c>
+      <c r="S193" t="s">
+        <v>26</v>
+      </c>
+      <c r="T193" t="s">
+        <v>26</v>
+      </c>
+      <c r="U193">
+        <v>100.98</v>
+      </c>
+    </row>
+    <row r="194" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A194">
+        <v>193</v>
+      </c>
+      <c r="B194" t="s">
+        <v>137</v>
+      </c>
+      <c r="C194" t="s">
+        <v>397</v>
+      </c>
+      <c r="D194">
+        <v>692</v>
+      </c>
+      <c r="E194" t="s">
+        <v>57</v>
+      </c>
+      <c r="F194" t="s">
+        <v>60</v>
+      </c>
+      <c r="G194" t="s">
+        <v>25</v>
+      </c>
+      <c r="H194">
+        <v>11</v>
+      </c>
+      <c r="I194" t="b">
+        <v>1</v>
+      </c>
+      <c r="J194" t="s">
+        <v>26</v>
+      </c>
+      <c r="K194">
+        <v>1</v>
+      </c>
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
+        <v>26</v>
+      </c>
+      <c r="N194" t="s">
+        <v>26</v>
+      </c>
+      <c r="O194">
+        <v>100.97</v>
+      </c>
+      <c r="P194" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>26</v>
+      </c>
+      <c r="R194" t="s">
+        <v>26</v>
+      </c>
+      <c r="S194" t="s">
+        <v>26</v>
+      </c>
+      <c r="T194" t="s">
+        <v>26</v>
+      </c>
+      <c r="U194">
+        <v>100.97</v>
+      </c>
+    </row>
+    <row r="195" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A195">
+        <v>194</v>
+      </c>
+      <c r="B195" t="s">
+        <v>84</v>
+      </c>
+      <c r="C195" t="s">
+        <v>398</v>
+      </c>
+      <c r="E195" t="s">
+        <v>399</v>
+      </c>
+      <c r="F195" t="s">
+        <v>36</v>
+      </c>
+      <c r="G195" t="s">
+        <v>25</v>
+      </c>
+      <c r="H195">
+        <v>34</v>
+      </c>
+      <c r="I195" t="b">
+        <v>1</v>
+      </c>
+      <c r="J195" t="s">
+        <v>26</v>
+      </c>
+      <c r="K195">
+        <v>1</v>
+      </c>
+      <c r="L195">
+        <v>100.83</v>
+      </c>
+      <c r="M195" t="s">
+        <v>26</v>
+      </c>
+      <c r="N195" t="s">
+        <v>26</v>
+      </c>
+      <c r="O195" t="s">
+        <v>26</v>
+      </c>
+      <c r="P195" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>26</v>
+      </c>
+      <c r="R195" t="s">
+        <v>26</v>
+      </c>
+      <c r="S195" t="s">
+        <v>26</v>
+      </c>
+      <c r="T195" t="s">
+        <v>26</v>
+      </c>
+      <c r="U195">
+        <v>100.83</v>
+      </c>
+    </row>
+    <row r="196" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A196">
+        <v>195</v>
+      </c>
+      <c r="B196" t="s">
+        <v>400</v>
+      </c>
+      <c r="C196" t="s">
+        <v>401</v>
+      </c>
+      <c r="E196" t="s">
+        <v>402</v>
+      </c>
+      <c r="F196" t="s">
+        <v>24</v>
+      </c>
+      <c r="G196" t="s">
+        <v>48</v>
+      </c>
+      <c r="H196">
+        <v>20</v>
+      </c>
+      <c r="I196" t="b">
+        <v>1</v>
+      </c>
+      <c r="J196" t="s">
+        <v>26</v>
+      </c>
+      <c r="K196">
+        <v>1</v>
+      </c>
+      <c r="L196" t="s">
+        <v>26</v>
+      </c>
+      <c r="M196" t="s">
+        <v>26</v>
+      </c>
+      <c r="N196" t="s">
+        <v>26</v>
+      </c>
+      <c r="O196" t="s">
+        <v>26</v>
+      </c>
+      <c r="P196" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q196">
+        <v>99.9</v>
+      </c>
+      <c r="R196" t="s">
+        <v>26</v>
+      </c>
+      <c r="S196" t="s">
+        <v>26</v>
+      </c>
+      <c r="T196" t="s">
+        <v>26</v>
+      </c>
+      <c r="U196">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A197">
+        <v>196</v>
+      </c>
+      <c r="B197" t="s">
+        <v>403</v>
+      </c>
+      <c r="C197" t="s">
+        <v>404</v>
+      </c>
+      <c r="E197" t="s">
+        <v>180</v>
+      </c>
+      <c r="F197" t="s">
+        <v>24</v>
+      </c>
+      <c r="G197" t="s">
+        <v>25</v>
+      </c>
+      <c r="H197">
+        <v>61</v>
+      </c>
+      <c r="I197" t="b">
+        <v>1</v>
+      </c>
+      <c r="J197" t="s">
+        <v>26</v>
+      </c>
+      <c r="K197">
+        <v>1</v>
+      </c>
+      <c r="L197" t="s">
+        <v>26</v>
+      </c>
+      <c r="M197" t="s">
+        <v>26</v>
+      </c>
+      <c r="N197" t="s">
+        <v>26</v>
+      </c>
+      <c r="O197">
+        <v>99.9</v>
+      </c>
+      <c r="P197" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>26</v>
+      </c>
+      <c r="R197" t="s">
+        <v>26</v>
+      </c>
+      <c r="S197" t="s">
+        <v>26</v>
+      </c>
+      <c r="T197" t="s">
+        <v>26</v>
+      </c>
+      <c r="U197">
+        <v>99.9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198" t="s">
+        <v>405</v>
+      </c>
+      <c r="C198" t="s">
+        <v>406</v>
+      </c>
+      <c r="E198" t="s">
+        <v>367</v>
+      </c>
+      <c r="F198" t="s">
+        <v>42</v>
+      </c>
+      <c r="G198" t="s">
+        <v>25</v>
+      </c>
+      <c r="H198">
+        <v>32</v>
+      </c>
+      <c r="I198" t="b">
+        <v>1</v>
+      </c>
+      <c r="J198" t="s">
+        <v>26</v>
+      </c>
+      <c r="K198">
+        <v>1</v>
+      </c>
+      <c r="L198" t="s">
+        <v>26</v>
+      </c>
+      <c r="M198" t="s">
+        <v>26</v>
+      </c>
+      <c r="N198" t="s">
+        <v>26</v>
+      </c>
+      <c r="O198">
+        <v>99.58</v>
+      </c>
+      <c r="P198" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>26</v>
+      </c>
+      <c r="R198" t="s">
+        <v>26</v>
+      </c>
+      <c r="S198" t="s">
+        <v>26</v>
+      </c>
+      <c r="T198" t="s">
+        <v>26</v>
+      </c>
+      <c r="U198">
+        <v>99.58</v>
+      </c>
+    </row>
+    <row r="199" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A199">
+        <v>198</v>
+      </c>
+      <c r="B199" t="s">
+        <v>407</v>
+      </c>
+      <c r="C199" t="s">
+        <v>408</v>
+      </c>
+      <c r="E199" t="s">
+        <v>375</v>
+      </c>
+      <c r="F199" t="s">
+        <v>60</v>
+      </c>
+      <c r="G199" t="s">
+        <v>48</v>
+      </c>
+      <c r="H199">
+        <v>7</v>
+      </c>
+      <c r="I199" t="b">
+        <v>1</v>
+      </c>
+      <c r="J199" t="s">
+        <v>26</v>
+      </c>
+      <c r="K199">
+        <v>1</v>
+      </c>
+      <c r="L199" t="s">
+        <v>26</v>
+      </c>
+      <c r="M199" t="s">
+        <v>26</v>
+      </c>
+      <c r="N199" t="s">
+        <v>26</v>
+      </c>
+      <c r="O199" t="s">
+        <v>26</v>
+      </c>
+      <c r="P199" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q199">
+        <v>99.11</v>
+      </c>
+      <c r="R199" t="s">
+        <v>26</v>
+      </c>
+      <c r="S199" t="s">
+        <v>26</v>
+      </c>
+      <c r="T199" t="s">
+        <v>26</v>
+      </c>
+      <c r="U199">
+        <v>99.11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A200">
+        <v>199</v>
+      </c>
+      <c r="B200" t="s">
+        <v>409</v>
+      </c>
+      <c r="C200" t="s">
+        <v>328</v>
+      </c>
+      <c r="D200">
+        <v>1020</v>
+      </c>
+      <c r="E200" t="s">
+        <v>29</v>
+      </c>
+      <c r="F200" t="s">
+        <v>36</v>
+      </c>
+      <c r="G200" t="s">
+        <v>25</v>
+      </c>
+      <c r="H200">
+        <v>35</v>
+      </c>
+      <c r="I200" t="b">
+        <v>1</v>
+      </c>
+      <c r="J200" t="s">
+        <v>26</v>
+      </c>
+      <c r="K200">
+        <v>1</v>
+      </c>
+      <c r="L200" t="s">
+        <v>26</v>
+      </c>
+      <c r="M200" t="s">
+        <v>26</v>
+      </c>
+      <c r="N200" t="s">
+        <v>26</v>
+      </c>
+      <c r="O200">
+        <v>98.51</v>
+      </c>
+      <c r="P200" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>26</v>
+      </c>
+      <c r="R200" t="s">
+        <v>26</v>
+      </c>
+      <c r="S200" t="s">
+        <v>26</v>
+      </c>
+      <c r="T200" t="s">
+        <v>26</v>
+      </c>
+      <c r="U200">
+        <v>98.51</v>
+      </c>
+    </row>
+    <row r="201" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A201">
+        <v>200</v>
+      </c>
+      <c r="B201" t="s">
+        <v>410</v>
+      </c>
+      <c r="C201" t="s">
+        <v>411</v>
+      </c>
+      <c r="E201" t="s">
+        <v>26</v>
+      </c>
+      <c r="F201" t="s">
+        <v>60</v>
+      </c>
+      <c r="G201" t="s">
+        <v>25</v>
+      </c>
+      <c r="H201">
+        <v>12</v>
+      </c>
+      <c r="I201" t="b">
+        <v>1</v>
+      </c>
+      <c r="J201" t="s">
+        <v>26</v>
+      </c>
+      <c r="K201">
+        <v>1</v>
+      </c>
+      <c r="L201" t="s">
+        <v>26</v>
+      </c>
+      <c r="M201" t="s">
+        <v>26</v>
+      </c>
+      <c r="N201" t="s">
+        <v>26</v>
+      </c>
+      <c r="O201">
+        <v>97.94</v>
+      </c>
+      <c r="P201" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>26</v>
+      </c>
+      <c r="R201" t="s">
+        <v>26</v>
+      </c>
+      <c r="S201" t="s">
+        <v>26</v>
+      </c>
+      <c r="T201" t="s">
+        <v>26</v>
+      </c>
+      <c r="U201">
+        <v>97.94</v>
+      </c>
+    </row>
+    <row r="202" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A202">
+        <v>201</v>
+      </c>
+      <c r="B202" t="s">
+        <v>412</v>
+      </c>
+      <c r="C202" t="s">
+        <v>406</v>
+      </c>
+      <c r="E202" t="s">
+        <v>413</v>
+      </c>
+      <c r="F202" t="s">
+        <v>42</v>
+      </c>
+      <c r="G202" t="s">
+        <v>25</v>
+      </c>
+      <c r="H202">
+        <v>33</v>
+      </c>
+      <c r="I202" t="b">
+        <v>1</v>
+      </c>
+      <c r="J202" t="s">
+        <v>26</v>
+      </c>
+      <c r="K202">
+        <v>1</v>
+      </c>
+      <c r="L202" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" t="s">
+        <v>26</v>
+      </c>
+      <c r="N202" t="s">
+        <v>26</v>
+      </c>
+      <c r="O202">
+        <v>97.72</v>
+      </c>
+      <c r="P202" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>26</v>
+      </c>
+      <c r="R202" t="s">
+        <v>26</v>
+      </c>
+      <c r="S202" t="s">
+        <v>26</v>
+      </c>
+      <c r="T202" t="s">
+        <v>26</v>
+      </c>
+      <c r="U202">
+        <v>97.72</v>
+      </c>
+    </row>
+    <row r="203" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A203">
+        <v>202</v>
+      </c>
+      <c r="B203" t="s">
+        <v>407</v>
+      </c>
+      <c r="C203" t="s">
+        <v>414</v>
+      </c>
+      <c r="E203" t="s">
+        <v>29</v>
+      </c>
+      <c r="F203" t="s">
+        <v>36</v>
+      </c>
+      <c r="G203" t="s">
+        <v>48</v>
+      </c>
+      <c r="H203">
+        <v>10</v>
+      </c>
+      <c r="I203" t="b">
+        <v>1</v>
+      </c>
+      <c r="J203" t="s">
+        <v>26</v>
+      </c>
+      <c r="K203">
+        <v>1</v>
+      </c>
+      <c r="L203" t="s">
+        <v>26</v>
+      </c>
+      <c r="M203" t="s">
+        <v>26</v>
+      </c>
+      <c r="N203" t="s">
+        <v>26</v>
+      </c>
+      <c r="O203" t="s">
+        <v>26</v>
+      </c>
+      <c r="P203">
+        <v>97.49</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>26</v>
+      </c>
+      <c r="R203" t="s">
+        <v>26</v>
+      </c>
+      <c r="S203" t="s">
+        <v>26</v>
+      </c>
+      <c r="T203" t="s">
+        <v>26</v>
+      </c>
+      <c r="U203">
+        <v>97.49</v>
+      </c>
+    </row>
+    <row r="204" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A204">
+        <v>203</v>
+      </c>
+      <c r="B204" t="s">
+        <v>249</v>
+      </c>
+      <c r="C204" t="s">
+        <v>415</v>
+      </c>
+      <c r="D204">
+        <v>888</v>
+      </c>
+      <c r="E204" t="s">
+        <v>29</v>
+      </c>
+      <c r="F204" t="s">
+        <v>42</v>
+      </c>
+      <c r="G204" t="s">
+        <v>25</v>
+      </c>
+      <c r="H204">
+        <v>34</v>
+      </c>
+      <c r="I204" t="b">
+        <v>1</v>
+      </c>
+      <c r="J204" t="s">
+        <v>26</v>
+      </c>
+      <c r="K204">
+        <v>1</v>
+      </c>
+      <c r="L204" t="s">
+        <v>26</v>
+      </c>
+      <c r="M204" t="s">
+        <v>26</v>
+      </c>
+      <c r="N204" t="s">
+        <v>26</v>
+      </c>
+      <c r="O204" t="s">
+        <v>26</v>
+      </c>
+      <c r="P204">
+        <v>96.59</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>26</v>
+      </c>
+      <c r="R204" t="s">
+        <v>26</v>
+      </c>
+      <c r="S204" t="s">
+        <v>26</v>
+      </c>
+      <c r="T204" t="s">
+        <v>26</v>
+      </c>
+      <c r="U204">
+        <v>96.59</v>
+      </c>
+    </row>
+    <row r="205" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A205">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>416</v>
+      </c>
+      <c r="C205" t="s">
+        <v>417</v>
+      </c>
+      <c r="E205" t="s">
+        <v>418</v>
+      </c>
+      <c r="F205" t="s">
+        <v>42</v>
+      </c>
+      <c r="G205" t="s">
+        <v>25</v>
+      </c>
+      <c r="H205">
+        <v>35</v>
+      </c>
+      <c r="I205" t="b">
+        <v>1</v>
+      </c>
+      <c r="J205" t="s">
+        <v>26</v>
+      </c>
+      <c r="K205">
+        <v>1</v>
+      </c>
+      <c r="L205" t="s">
+        <v>26</v>
+      </c>
+      <c r="M205" t="s">
+        <v>26</v>
+      </c>
+      <c r="N205" t="s">
+        <v>26</v>
+      </c>
+      <c r="O205" t="s">
+        <v>26</v>
+      </c>
+      <c r="P205">
+        <v>96.59</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>26</v>
+      </c>
+      <c r="R205" t="s">
+        <v>26</v>
+      </c>
+      <c r="S205" t="s">
+        <v>26</v>
+      </c>
+      <c r="T205" t="s">
+        <v>26</v>
+      </c>
+      <c r="U205">
+        <v>96.59</v>
+      </c>
+    </row>
+    <row r="206" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A206">
+        <v>205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>122</v>
+      </c>
+      <c r="C206" t="s">
+        <v>419</v>
+      </c>
+      <c r="D206">
+        <v>2322</v>
+      </c>
+      <c r="E206" t="s">
+        <v>26</v>
+      </c>
+      <c r="F206" t="s">
+        <v>36</v>
+      </c>
+      <c r="G206" t="s">
+        <v>25</v>
+      </c>
+      <c r="H206">
+        <v>36</v>
+      </c>
+      <c r="I206" t="b">
+        <v>1</v>
+      </c>
+      <c r="J206" t="s">
+        <v>26</v>
+      </c>
+      <c r="K206">
+        <v>1</v>
+      </c>
+      <c r="L206" t="s">
+        <v>26</v>
+      </c>
+      <c r="M206">
+        <v>96.52</v>
+      </c>
+      <c r="N206" t="s">
+        <v>26</v>
+      </c>
+      <c r="O206" t="s">
+        <v>26</v>
+      </c>
+      <c r="P206" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>26</v>
+      </c>
+      <c r="R206" t="s">
+        <v>26</v>
+      </c>
+      <c r="S206" t="s">
+        <v>26</v>
+      </c>
+      <c r="T206" t="s">
+        <v>26</v>
+      </c>
+      <c r="U206">
+        <v>96.52</v>
+      </c>
+    </row>
+    <row r="207" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A207">
+        <v>206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>76</v>
+      </c>
+      <c r="C207" t="s">
+        <v>420</v>
+      </c>
+      <c r="E207" t="s">
+        <v>421</v>
+      </c>
+      <c r="F207" t="s">
+        <v>42</v>
+      </c>
+      <c r="G207" t="s">
+        <v>25</v>
+      </c>
+      <c r="H207">
+        <v>36</v>
+      </c>
+      <c r="I207" t="b">
+        <v>1</v>
+      </c>
+      <c r="J207" t="s">
+        <v>26</v>
+      </c>
+      <c r="K207">
+        <v>1</v>
+      </c>
+      <c r="L207" t="s">
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>26</v>
+      </c>
+      <c r="N207" t="s">
+        <v>26</v>
+      </c>
+      <c r="O207" t="s">
+        <v>26</v>
+      </c>
+      <c r="P207" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>26</v>
+      </c>
+      <c r="R207">
+        <v>96.29</v>
+      </c>
+      <c r="S207" t="s">
+        <v>26</v>
+      </c>
+      <c r="T207" t="s">
+        <v>26</v>
+      </c>
+      <c r="U207">
+        <v>96.29</v>
+      </c>
+    </row>
+    <row r="208" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A208">
+        <v>207</v>
+      </c>
+      <c r="B208" t="s">
+        <v>39</v>
+      </c>
+      <c r="C208" t="s">
+        <v>325</v>
+      </c>
+      <c r="E208" t="s">
+        <v>422</v>
+      </c>
+      <c r="F208" t="s">
+        <v>312</v>
+      </c>
+      <c r="G208" t="s">
+        <v>25</v>
+      </c>
+      <c r="H208">
+        <v>2</v>
+      </c>
+      <c r="I208" t="b">
+        <v>1</v>
+      </c>
+      <c r="J208" t="s">
+        <v>26</v>
+      </c>
+      <c r="K208">
+        <v>1</v>
+      </c>
+      <c r="L208" t="s">
+        <v>26</v>
+      </c>
+      <c r="M208" t="s">
+        <v>26</v>
+      </c>
+      <c r="N208" t="s">
+        <v>26</v>
+      </c>
+      <c r="O208" t="s">
+        <v>26</v>
+      </c>
+      <c r="P208" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>26</v>
+      </c>
+      <c r="R208">
+        <v>96.27</v>
+      </c>
+      <c r="S208" t="s">
+        <v>26</v>
+      </c>
+      <c r="T208" t="s">
+        <v>26</v>
+      </c>
+      <c r="U208">
+        <v>96.27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A209">
+        <v>208</v>
+      </c>
+      <c r="B209" t="s">
+        <v>423</v>
+      </c>
+      <c r="C209" t="s">
+        <v>411</v>
+      </c>
+      <c r="E209" t="s">
+        <v>424</v>
+      </c>
+      <c r="F209" t="s">
+        <v>217</v>
+      </c>
+      <c r="G209" t="s">
+        <v>25</v>
+      </c>
+      <c r="H209">
+        <v>3</v>
+      </c>
+      <c r="I209" t="b">
+        <v>1</v>
+      </c>
+      <c r="J209" t="s">
+        <v>26</v>
+      </c>
+      <c r="K209">
+        <v>1</v>
+      </c>
+      <c r="L209" t="s">
+        <v>26</v>
+      </c>
+      <c r="M209" t="s">
+        <v>26</v>
+      </c>
+      <c r="N209" t="s">
+        <v>26</v>
+      </c>
+      <c r="O209" t="s">
+        <v>26</v>
+      </c>
+      <c r="P209">
+        <v>96.24</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>26</v>
+      </c>
+      <c r="R209" t="s">
+        <v>26</v>
+      </c>
+      <c r="S209" t="s">
+        <v>26</v>
+      </c>
+      <c r="T209" t="s">
+        <v>26</v>
+      </c>
+      <c r="U209">
+        <v>96.24</v>
+      </c>
+    </row>
+    <row r="210" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A210">
+        <v>209</v>
+      </c>
+      <c r="B210" t="s">
+        <v>142</v>
+      </c>
+      <c r="C210" t="s">
+        <v>425</v>
+      </c>
+      <c r="E210" t="s">
+        <v>426</v>
+      </c>
+      <c r="F210" t="s">
+        <v>42</v>
+      </c>
+      <c r="G210" t="s">
+        <v>25</v>
+      </c>
+      <c r="H210">
+        <v>37</v>
+      </c>
+      <c r="I210" t="b">
+        <v>1</v>
+      </c>
+      <c r="J210" t="s">
+        <v>26</v>
+      </c>
+      <c r="K210">
+        <v>1</v>
+      </c>
+      <c r="L210" t="s">
+        <v>26</v>
+      </c>
+      <c r="M210" t="s">
+        <v>26</v>
+      </c>
+      <c r="N210" t="s">
+        <v>26</v>
+      </c>
+      <c r="O210" t="s">
+        <v>26</v>
+      </c>
+      <c r="P210" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q210">
+        <v>96.15</v>
+      </c>
+      <c r="R210" t="s">
+        <v>26</v>
+      </c>
+      <c r="S210" t="s">
+        <v>26</v>
+      </c>
+      <c r="T210" t="s">
+        <v>26</v>
+      </c>
+      <c r="U210">
+        <v>96.15</v>
+      </c>
+    </row>
+    <row r="211" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A211">
+        <v>210</v>
+      </c>
+      <c r="B211" t="s">
+        <v>61</v>
+      </c>
+      <c r="C211" t="s">
+        <v>427</v>
+      </c>
+      <c r="D211">
+        <v>2484</v>
+      </c>
+      <c r="E211" t="s">
+        <v>428</v>
+      </c>
+      <c r="F211" t="s">
+        <v>42</v>
+      </c>
+      <c r="G211" t="s">
+        <v>25</v>
+      </c>
+      <c r="H211">
+        <v>38</v>
+      </c>
+      <c r="I211" t="b">
+        <v>1</v>
+      </c>
+      <c r="J211" t="s">
+        <v>26</v>
+      </c>
+      <c r="K211">
+        <v>1</v>
+      </c>
+      <c r="L211" t="s">
+        <v>26</v>
+      </c>
+      <c r="M211" t="s">
+        <v>26</v>
+      </c>
+      <c r="N211" t="s">
+        <v>26</v>
+      </c>
+      <c r="O211" t="s">
+        <v>26</v>
+      </c>
+      <c r="P211" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>26</v>
+      </c>
+      <c r="R211">
+        <v>95.21</v>
+      </c>
+      <c r="S211" t="s">
+        <v>26</v>
+      </c>
+      <c r="T211" t="s">
+        <v>26</v>
+      </c>
+      <c r="U211">
+        <v>95.21</v>
+      </c>
+    </row>
+    <row r="212" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A212">
+        <v>211</v>
+      </c>
+      <c r="B212" t="s">
+        <v>429</v>
+      </c>
+      <c r="C212" t="s">
+        <v>430</v>
+      </c>
+      <c r="E212" t="s">
+        <v>402</v>
+      </c>
+      <c r="F212" t="s">
+        <v>42</v>
+      </c>
+      <c r="G212" t="s">
+        <v>25</v>
+      </c>
+      <c r="H212">
+        <v>39</v>
+      </c>
+      <c r="I212" t="b">
+        <v>1</v>
+      </c>
+      <c r="J212" t="s">
+        <v>26</v>
+      </c>
+      <c r="K212">
+        <v>1</v>
+      </c>
+      <c r="L212" t="s">
+        <v>26</v>
+      </c>
+      <c r="M212" t="s">
+        <v>26</v>
+      </c>
+      <c r="N212" t="s">
+        <v>26</v>
+      </c>
+      <c r="O212" t="s">
+        <v>26</v>
+      </c>
+      <c r="P212" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q212">
+        <v>95.05</v>
+      </c>
+      <c r="R212" t="s">
+        <v>26</v>
+      </c>
+      <c r="S212" t="s">
+        <v>26</v>
+      </c>
+      <c r="T212" t="s">
+        <v>26</v>
+      </c>
+      <c r="U212">
+        <v>95.05</v>
+      </c>
+    </row>
+    <row r="213" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A213">
+        <v>212</v>
+      </c>
+      <c r="B213" t="s">
+        <v>431</v>
+      </c>
+      <c r="C213" t="s">
+        <v>317</v>
+      </c>
+      <c r="E213" t="s">
+        <v>26</v>
+      </c>
+      <c r="F213" t="s">
+        <v>60</v>
+      </c>
+      <c r="G213" t="s">
+        <v>25</v>
+      </c>
+      <c r="H213">
+        <v>13</v>
+      </c>
+      <c r="I213" t="b">
+        <v>1</v>
+      </c>
+      <c r="J213" t="s">
+        <v>26</v>
+      </c>
+      <c r="K213">
+        <v>1</v>
+      </c>
+      <c r="L213" t="s">
+        <v>26</v>
+      </c>
+      <c r="M213" t="s">
+        <v>26</v>
+      </c>
+      <c r="N213" t="s">
+        <v>26</v>
+      </c>
+      <c r="O213">
+        <v>94.17</v>
+      </c>
+      <c r="P213" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>26</v>
+      </c>
+      <c r="R213" t="s">
+        <v>26</v>
+      </c>
+      <c r="S213" t="s">
+        <v>26</v>
+      </c>
+      <c r="T213" t="s">
+        <v>26</v>
+      </c>
+      <c r="U213">
+        <v>94.17</v>
+      </c>
+    </row>
+    <row r="214" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A214">
+        <v>213</v>
+      </c>
+      <c r="B214" t="s">
+        <v>432</v>
+      </c>
+      <c r="C214" t="s">
+        <v>433</v>
+      </c>
+      <c r="E214" t="s">
+        <v>29</v>
+      </c>
+      <c r="F214" t="s">
+        <v>36</v>
+      </c>
+      <c r="G214" t="s">
+        <v>48</v>
+      </c>
+      <c r="H214">
+        <v>11</v>
+      </c>
+      <c r="I214" t="b">
+        <v>1</v>
+      </c>
+      <c r="J214" t="s">
+        <v>26</v>
+      </c>
+      <c r="K214">
+        <v>1</v>
+      </c>
+      <c r="L214" t="s">
+        <v>26</v>
+      </c>
+      <c r="M214" t="s">
+        <v>26</v>
+      </c>
+      <c r="N214" t="s">
+        <v>26</v>
+      </c>
+      <c r="O214" t="s">
+        <v>26</v>
+      </c>
+      <c r="P214">
+        <v>94.01</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>26</v>
+      </c>
+      <c r="R214" t="s">
+        <v>26</v>
+      </c>
+      <c r="S214" t="s">
+        <v>26</v>
+      </c>
+      <c r="T214" t="s">
+        <v>26</v>
+      </c>
+      <c r="U214">
+        <v>94.01</v>
+      </c>
+    </row>
+    <row r="215" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A215">
+        <v>214</v>
+      </c>
+      <c r="B215" t="s">
+        <v>102</v>
+      </c>
+      <c r="C215" t="s">
+        <v>434</v>
+      </c>
+      <c r="E215" t="s">
+        <v>435</v>
+      </c>
+      <c r="F215" t="s">
+        <v>42</v>
+      </c>
+      <c r="G215" t="s">
+        <v>48</v>
+      </c>
+      <c r="H215">
+        <v>12</v>
+      </c>
+      <c r="I215" t="b">
+        <v>1</v>
+      </c>
+      <c r="J215" t="s">
+        <v>26</v>
+      </c>
+      <c r="K215">
+        <v>1</v>
+      </c>
+      <c r="L215" t="s">
+        <v>26</v>
+      </c>
+      <c r="M215" t="s">
+        <v>26</v>
+      </c>
+      <c r="N215" t="s">
+        <v>26</v>
+      </c>
+      <c r="O215" t="s">
+        <v>26</v>
+      </c>
+      <c r="P215" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q215">
+        <v>93.88</v>
+      </c>
+      <c r="R215" t="s">
+        <v>26</v>
+      </c>
+      <c r="S215" t="s">
+        <v>26</v>
+      </c>
+      <c r="T215" t="s">
+        <v>26</v>
+      </c>
+      <c r="U215">
+        <v>93.88</v>
+      </c>
+    </row>
+    <row r="216" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A216">
+        <v>215</v>
+      </c>
+      <c r="B216" t="s">
+        <v>436</v>
+      </c>
+      <c r="C216" t="s">
+        <v>437</v>
+      </c>
+      <c r="D216">
+        <v>2202</v>
+      </c>
+      <c r="E216" t="s">
+        <v>57</v>
+      </c>
+      <c r="F216" t="s">
+        <v>42</v>
+      </c>
+      <c r="G216" t="s">
+        <v>48</v>
+      </c>
+      <c r="H216">
+        <v>13</v>
+      </c>
+      <c r="I216" t="b">
+        <v>1</v>
+      </c>
+      <c r="J216" t="s">
+        <v>26</v>
+      </c>
+      <c r="K216">
+        <v>1</v>
+      </c>
+      <c r="L216" t="s">
+        <v>26</v>
+      </c>
+      <c r="M216" t="s">
+        <v>26</v>
+      </c>
+      <c r="N216" t="s">
+        <v>26</v>
+      </c>
+      <c r="O216" t="s">
+        <v>26</v>
+      </c>
+      <c r="P216">
+        <v>93.79</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>26</v>
+      </c>
+      <c r="R216" t="s">
+        <v>26</v>
+      </c>
+      <c r="S216" t="s">
+        <v>26</v>
+      </c>
+      <c r="T216" t="s">
+        <v>26</v>
+      </c>
+      <c r="U216">
+        <v>93.79</v>
+      </c>
+    </row>
+    <row r="217" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A217">
+        <v>216</v>
+      </c>
+      <c r="B217" t="s">
+        <v>84</v>
+      </c>
+      <c r="C217" t="s">
+        <v>352</v>
+      </c>
+      <c r="E217" t="s">
+        <v>26</v>
+      </c>
+      <c r="F217" t="s">
+        <v>36</v>
+      </c>
+      <c r="G217" t="s">
+        <v>25</v>
+      </c>
+      <c r="H217">
+        <v>37</v>
+      </c>
+      <c r="I217" t="b">
+        <v>1</v>
+      </c>
+      <c r="J217" t="s">
+        <v>26</v>
+      </c>
+      <c r="K217">
+        <v>1</v>
+      </c>
+      <c r="L217" t="s">
+        <v>26</v>
+      </c>
+      <c r="M217" t="s">
+        <v>26</v>
+      </c>
+      <c r="N217" t="s">
+        <v>26</v>
+      </c>
+      <c r="O217" t="s">
+        <v>26</v>
+      </c>
+      <c r="P217" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q217">
+        <v>93.67</v>
+      </c>
+      <c r="R217" t="s">
+        <v>26</v>
+      </c>
+      <c r="S217" t="s">
+        <v>26</v>
+      </c>
+      <c r="T217" t="s">
+        <v>26</v>
+      </c>
+      <c r="U217">
+        <v>93.67</v>
+      </c>
+    </row>
+    <row r="218" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A218">
+        <v>217</v>
+      </c>
+      <c r="B218" t="s">
+        <v>438</v>
+      </c>
+      <c r="C218" t="s">
+        <v>56</v>
+      </c>
+      <c r="D218">
+        <v>575</v>
+      </c>
+      <c r="E218" t="s">
+        <v>57</v>
+      </c>
+      <c r="F218" t="s">
+        <v>42</v>
+      </c>
+      <c r="G218" t="s">
+        <v>48</v>
+      </c>
+      <c r="H218">
+        <v>14</v>
+      </c>
+      <c r="I218" t="b">
+        <v>1</v>
+      </c>
+      <c r="J218" t="s">
+        <v>26</v>
+      </c>
+      <c r="K218">
+        <v>1</v>
+      </c>
+      <c r="L218" t="s">
+        <v>26</v>
+      </c>
+      <c r="M218" t="s">
+        <v>26</v>
+      </c>
+      <c r="N218" t="s">
+        <v>26</v>
+      </c>
+      <c r="O218" t="s">
+        <v>26</v>
+      </c>
+      <c r="P218" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q218">
+        <v>93.58</v>
+      </c>
+      <c r="R218" t="s">
+        <v>26</v>
+      </c>
+      <c r="S218" t="s">
+        <v>26</v>
+      </c>
+      <c r="T218" t="s">
+        <v>26</v>
+      </c>
+      <c r="U218">
+        <v>93.58</v>
+      </c>
+    </row>
+    <row r="219" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A219">
+        <v>218</v>
+      </c>
+      <c r="B219" t="s">
+        <v>178</v>
+      </c>
+      <c r="C219" t="s">
+        <v>439</v>
+      </c>
+      <c r="E219" t="s">
+        <v>259</v>
+      </c>
+      <c r="F219" t="s">
+        <v>42</v>
+      </c>
+      <c r="G219" t="s">
+        <v>48</v>
+      </c>
+      <c r="H219">
+        <v>15</v>
+      </c>
+      <c r="I219" t="b">
+        <v>1</v>
+      </c>
+      <c r="J219" t="s">
+        <v>26</v>
+      </c>
+      <c r="K219">
+        <v>1</v>
+      </c>
+      <c r="L219" t="s">
+        <v>26</v>
+      </c>
+      <c r="M219" t="s">
+        <v>26</v>
+      </c>
+      <c r="N219" t="s">
+        <v>26</v>
+      </c>
+      <c r="O219" t="s">
+        <v>26</v>
+      </c>
+      <c r="P219" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q219">
+        <v>93.58</v>
+      </c>
+      <c r="R219" t="s">
+        <v>26</v>
+      </c>
+      <c r="S219" t="s">
+        <v>26</v>
+      </c>
+      <c r="T219" t="s">
+        <v>26</v>
+      </c>
+      <c r="U219">
+        <v>93.58</v>
+      </c>
+    </row>
+    <row r="220" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A220">
+        <v>219</v>
+      </c>
+      <c r="B220" t="s">
+        <v>440</v>
+      </c>
+      <c r="C220" t="s">
+        <v>441</v>
+      </c>
+      <c r="E220" t="s">
+        <v>320</v>
+      </c>
+      <c r="F220" t="s">
+        <v>42</v>
+      </c>
+      <c r="G220" t="s">
+        <v>25</v>
+      </c>
+      <c r="H220">
+        <v>40</v>
+      </c>
+      <c r="I220" t="b">
+        <v>1</v>
+      </c>
+      <c r="J220" t="s">
+        <v>26</v>
+      </c>
+      <c r="K220">
+        <v>1</v>
+      </c>
+      <c r="L220">
+        <v>93.47</v>
+      </c>
+      <c r="M220" t="s">
+        <v>26</v>
+      </c>
+      <c r="N220" t="s">
+        <v>26</v>
+      </c>
+      <c r="O220" t="s">
+        <v>26</v>
+      </c>
+      <c r="P220" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>26</v>
+      </c>
+      <c r="R220" t="s">
+        <v>26</v>
+      </c>
+      <c r="S220" t="s">
+        <v>26</v>
+      </c>
+      <c r="T220" t="s">
+        <v>26</v>
+      </c>
+      <c r="U220">
+        <v>93.47</v>
+      </c>
+    </row>
+    <row r="221" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A221">
+        <v>220</v>
+      </c>
+      <c r="B221" t="s">
+        <v>116</v>
+      </c>
+      <c r="C221" t="s">
+        <v>442</v>
+      </c>
+      <c r="D221">
+        <v>1900</v>
+      </c>
+      <c r="E221" t="s">
+        <v>443</v>
+      </c>
+      <c r="F221" t="s">
+        <v>60</v>
+      </c>
+      <c r="G221" t="s">
+        <v>25</v>
+      </c>
+      <c r="H221">
+        <v>14</v>
+      </c>
+      <c r="I221" t="b">
+        <v>1</v>
+      </c>
+      <c r="J221" t="s">
+        <v>26</v>
+      </c>
+      <c r="K221">
+        <v>1</v>
+      </c>
+      <c r="L221" t="s">
+        <v>26</v>
+      </c>
+      <c r="M221">
+        <v>93.39</v>
+      </c>
+      <c r="N221" t="s">
+        <v>26</v>
+      </c>
+      <c r="O221" t="s">
+        <v>26</v>
+      </c>
+      <c r="P221" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>26</v>
+      </c>
+      <c r="R221" t="s">
+        <v>26</v>
+      </c>
+      <c r="S221" t="s">
+        <v>26</v>
+      </c>
+      <c r="T221" t="s">
+        <v>26</v>
+      </c>
+      <c r="U221">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="222" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A222">
+        <v>221</v>
+      </c>
+      <c r="B222" t="s">
+        <v>95</v>
+      </c>
+      <c r="C222" t="s">
+        <v>444</v>
+      </c>
+      <c r="E222" t="s">
+        <v>26</v>
+      </c>
+      <c r="F222" t="s">
+        <v>24</v>
+      </c>
+      <c r="G222" t="s">
+        <v>25</v>
+      </c>
+      <c r="H222">
+        <v>62</v>
+      </c>
+      <c r="I222" t="b">
+        <v>1</v>
+      </c>
+      <c r="J222" t="s">
+        <v>26</v>
+      </c>
+      <c r="K222">
+        <v>1</v>
+      </c>
+      <c r="L222" t="s">
+        <v>26</v>
+      </c>
+      <c r="M222" t="s">
+        <v>26</v>
+      </c>
+      <c r="N222" t="s">
+        <v>26</v>
+      </c>
+      <c r="O222" t="s">
+        <v>26</v>
+      </c>
+      <c r="P222">
+        <v>93.39</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>26</v>
+      </c>
+      <c r="R222" t="s">
+        <v>26</v>
+      </c>
+      <c r="S222" t="s">
+        <v>26</v>
+      </c>
+      <c r="T222" t="s">
+        <v>26</v>
+      </c>
+      <c r="U222">
+        <v>93.39</v>
+      </c>
+    </row>
+    <row r="223" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A223">
+        <v>222</v>
+      </c>
+      <c r="B223" t="s">
+        <v>431</v>
+      </c>
+      <c r="C223" t="s">
+        <v>445</v>
+      </c>
+      <c r="E223" t="s">
+        <v>402</v>
+      </c>
+      <c r="F223" t="s">
+        <v>42</v>
+      </c>
+      <c r="G223" t="s">
+        <v>25</v>
+      </c>
+      <c r="H223">
+        <v>41</v>
+      </c>
+      <c r="I223" t="b">
+        <v>1</v>
+      </c>
+      <c r="J223" t="s">
+        <v>26</v>
+      </c>
+      <c r="K223">
+        <v>1</v>
+      </c>
+      <c r="L223" t="s">
+        <v>26</v>
+      </c>
+      <c r="M223" t="s">
+        <v>26</v>
+      </c>
+      <c r="N223" t="s">
+        <v>26</v>
+      </c>
+      <c r="O223" t="s">
+        <v>26</v>
+      </c>
+      <c r="P223" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q223">
+        <v>92.68</v>
+      </c>
+      <c r="R223" t="s">
+        <v>26</v>
+      </c>
+      <c r="S223" t="s">
+        <v>26</v>
+      </c>
+      <c r="T223" t="s">
+        <v>26</v>
+      </c>
+      <c r="U223">
+        <v>92.68</v>
+      </c>
+    </row>
+    <row r="224" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A224">
+        <v>223</v>
+      </c>
+      <c r="B224" t="s">
+        <v>348</v>
+      </c>
+      <c r="C224" t="s">
+        <v>446</v>
+      </c>
+      <c r="E224" t="s">
+        <v>57</v>
+      </c>
+      <c r="F224" t="s">
+        <v>24</v>
+      </c>
+      <c r="G224" t="s">
+        <v>25</v>
+      </c>
+      <c r="H224">
+        <v>63</v>
+      </c>
+      <c r="I224" t="b">
+        <v>1</v>
+      </c>
+      <c r="J224" t="s">
+        <v>26</v>
+      </c>
+      <c r="K224">
+        <v>1</v>
+      </c>
+      <c r="L224" t="s">
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>26</v>
+      </c>
+      <c r="N224" t="s">
+        <v>26</v>
+      </c>
+      <c r="O224" t="s">
+        <v>26</v>
+      </c>
+      <c r="P224">
+        <v>92.64</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>26</v>
+      </c>
+      <c r="R224" t="s">
+        <v>26</v>
+      </c>
+      <c r="S224" t="s">
+        <v>26</v>
+      </c>
+      <c r="T224" t="s">
+        <v>26</v>
+      </c>
+      <c r="U224">
+        <v>92.64</v>
+      </c>
+    </row>
+    <row r="225" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225" t="s">
+        <v>190</v>
+      </c>
+      <c r="C225" t="s">
+        <v>447</v>
+      </c>
+      <c r="E225" t="s">
+        <v>97</v>
+      </c>
+      <c r="F225" t="s">
+        <v>60</v>
+      </c>
+      <c r="G225" t="s">
+        <v>25</v>
+      </c>
+      <c r="H225">
+        <v>15</v>
+      </c>
+      <c r="I225" t="b">
+        <v>1</v>
+      </c>
+      <c r="J225" t="s">
+        <v>26</v>
+      </c>
+      <c r="K225">
+        <v>1</v>
+      </c>
+      <c r="L225" t="s">
+        <v>26</v>
+      </c>
+      <c r="M225" t="s">
+        <v>26</v>
+      </c>
+      <c r="N225" t="s">
+        <v>26</v>
+      </c>
+      <c r="O225" t="s">
+        <v>26</v>
+      </c>
+      <c r="P225">
+        <v>92.17</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>26</v>
+      </c>
+      <c r="R225" t="s">
+        <v>26</v>
+      </c>
+      <c r="S225" t="s">
+        <v>26</v>
+      </c>
+      <c r="T225" t="s">
+        <v>26</v>
+      </c>
+      <c r="U225">
+        <v>92.17</v>
+      </c>
+    </row>
+    <row r="226" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226" t="s">
+        <v>39</v>
+      </c>
+      <c r="C226" t="s">
+        <v>228</v>
+      </c>
+      <c r="E226" t="s">
+        <v>26</v>
+      </c>
+      <c r="F226" t="s">
+        <v>24</v>
+      </c>
+      <c r="G226" t="s">
+        <v>25</v>
+      </c>
+      <c r="H226">
+        <v>64</v>
+      </c>
+      <c r="I226" t="b">
+        <v>1</v>
+      </c>
+      <c r="J226" t="s">
+        <v>26</v>
+      </c>
+      <c r="K226">
+        <v>1</v>
+      </c>
+      <c r="L226" t="s">
+        <v>26</v>
+      </c>
+      <c r="M226" t="s">
+        <v>26</v>
+      </c>
+      <c r="N226">
+        <v>92.13</v>
+      </c>
+      <c r="O226" t="s">
+        <v>26</v>
+      </c>
+      <c r="P226" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>26</v>
+      </c>
+      <c r="R226" t="s">
+        <v>26</v>
+      </c>
+      <c r="S226" t="s">
+        <v>26</v>
+      </c>
+      <c r="T226" t="s">
+        <v>26</v>
+      </c>
+      <c r="U226">
+        <v>92.13</v>
+      </c>
+    </row>
+    <row r="227" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A227">
+        <v>226</v>
+      </c>
+      <c r="B227" t="s">
+        <v>448</v>
+      </c>
+      <c r="C227" t="s">
+        <v>449</v>
+      </c>
+      <c r="E227" t="s">
+        <v>291</v>
+      </c>
+      <c r="F227" t="s">
+        <v>60</v>
+      </c>
+      <c r="G227" t="s">
+        <v>48</v>
+      </c>
+      <c r="H227">
+        <v>8</v>
+      </c>
+      <c r="I227" t="b">
+        <v>1</v>
+      </c>
+      <c r="J227" t="s">
+        <v>26</v>
+      </c>
+      <c r="K227">
+        <v>1</v>
+      </c>
+      <c r="L227" t="s">
+        <v>26</v>
+      </c>
+      <c r="M227" t="s">
+        <v>26</v>
+      </c>
+      <c r="N227" t="s">
+        <v>26</v>
+      </c>
+      <c r="O227" t="s">
+        <v>26</v>
+      </c>
+      <c r="P227" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q227">
+        <v>91.77</v>
+      </c>
+      <c r="R227" t="s">
+        <v>26</v>
+      </c>
+      <c r="S227" t="s">
+        <v>26</v>
+      </c>
+      <c r="T227" t="s">
+        <v>26</v>
+      </c>
+      <c r="U227">
+        <v>91.77</v>
+      </c>
+    </row>
+    <row r="228" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A228">
+        <v>227</v>
+      </c>
+      <c r="B228" t="s">
+        <v>348</v>
+      </c>
+      <c r="C228" t="s">
+        <v>450</v>
+      </c>
+      <c r="E228" t="s">
+        <v>451</v>
+      </c>
+      <c r="F228" t="s">
+        <v>36</v>
+      </c>
+      <c r="G228" t="s">
+        <v>25</v>
+      </c>
+      <c r="H228">
+        <v>38</v>
+      </c>
+      <c r="I228" t="b">
+        <v>1</v>
+      </c>
+      <c r="J228" t="s">
+        <v>26</v>
+      </c>
+      <c r="K228">
+        <v>1</v>
+      </c>
+      <c r="L228" t="s">
+        <v>26</v>
+      </c>
+      <c r="M228" t="s">
+        <v>26</v>
+      </c>
+      <c r="N228" t="s">
+        <v>26</v>
+      </c>
+      <c r="O228">
+        <v>91.07</v>
+      </c>
+      <c r="P228" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>26</v>
+      </c>
+      <c r="R228" t="s">
+        <v>26</v>
+      </c>
+      <c r="S228" t="s">
+        <v>26</v>
+      </c>
+      <c r="T228" t="s">
+        <v>26</v>
+      </c>
+      <c r="U228">
+        <v>91.07</v>
+      </c>
+    </row>
+    <row r="229" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A229">
+        <v>228</v>
+      </c>
+      <c r="B229" t="s">
+        <v>452</v>
+      </c>
+      <c r="C229" t="s">
+        <v>453</v>
+      </c>
+      <c r="E229" t="s">
+        <v>57</v>
+      </c>
+      <c r="F229" t="s">
+        <v>205</v>
+      </c>
+      <c r="G229" t="s">
+        <v>48</v>
+      </c>
+      <c r="H229">
+        <v>1</v>
+      </c>
+      <c r="I229" t="b">
+        <v>1</v>
+      </c>
+      <c r="J229" t="s">
+        <v>26</v>
+      </c>
+      <c r="K229">
+        <v>1</v>
+      </c>
+      <c r="L229" t="s">
+        <v>26</v>
+      </c>
+      <c r="M229" t="s">
+        <v>26</v>
+      </c>
+      <c r="N229" t="s">
+        <v>26</v>
+      </c>
+      <c r="O229" t="s">
+        <v>26</v>
+      </c>
+      <c r="P229">
+        <v>91.05</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>26</v>
+      </c>
+      <c r="R229" t="s">
+        <v>26</v>
+      </c>
+      <c r="S229" t="s">
+        <v>26</v>
+      </c>
+      <c r="T229" t="s">
+        <v>26</v>
+      </c>
+      <c r="U229">
+        <v>91.05</v>
+      </c>
+    </row>
+    <row r="230" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A230">
+        <v>229</v>
+      </c>
+      <c r="B230" t="s">
+        <v>116</v>
+      </c>
+      <c r="C230" t="s">
+        <v>454</v>
+      </c>
+      <c r="D230">
+        <v>2377</v>
+      </c>
+      <c r="E230" t="s">
+        <v>428</v>
+      </c>
+      <c r="F230" t="s">
+        <v>42</v>
+      </c>
+      <c r="G230" t="s">
+        <v>25</v>
+      </c>
+      <c r="H230">
+        <v>42</v>
+      </c>
+      <c r="I230" t="b">
+        <v>1</v>
+      </c>
+      <c r="J230" t="s">
+        <v>26</v>
+      </c>
+      <c r="K230">
+        <v>1</v>
+      </c>
+      <c r="L230" t="s">
+        <v>26</v>
+      </c>
+      <c r="M230" t="s">
+        <v>26</v>
+      </c>
+      <c r="N230" t="s">
+        <v>26</v>
+      </c>
+      <c r="O230" t="s">
+        <v>26</v>
+      </c>
+      <c r="P230" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q230">
+        <v>90.51</v>
+      </c>
+      <c r="R230" t="s">
+        <v>26</v>
+      </c>
+      <c r="S230" t="s">
+        <v>26</v>
+      </c>
+      <c r="T230" t="s">
+        <v>26</v>
+      </c>
+      <c r="U230">
+        <v>90.51</v>
+      </c>
+    </row>
+    <row r="231" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A231">
+        <v>230</v>
+      </c>
+      <c r="B231" t="s">
+        <v>86</v>
+      </c>
+      <c r="C231" t="s">
+        <v>80</v>
+      </c>
+      <c r="D231">
+        <v>2271</v>
+      </c>
+      <c r="E231" t="s">
+        <v>26</v>
+      </c>
+      <c r="F231" t="s">
+        <v>24</v>
+      </c>
+      <c r="G231" t="s">
+        <v>25</v>
+      </c>
+      <c r="H231">
+        <v>65</v>
+      </c>
+      <c r="I231" t="b">
+        <v>1</v>
+      </c>
+      <c r="J231" t="s">
+        <v>26</v>
+      </c>
+      <c r="K231">
+        <v>1</v>
+      </c>
+      <c r="L231" t="s">
+        <v>26</v>
+      </c>
+      <c r="M231" t="s">
+        <v>26</v>
+      </c>
+      <c r="N231" t="s">
+        <v>26</v>
+      </c>
+      <c r="O231" t="s">
+        <v>26</v>
+      </c>
+      <c r="P231" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q231">
+        <v>90.48</v>
+      </c>
+      <c r="R231" t="s">
+        <v>26</v>
+      </c>
+      <c r="S231" t="s">
+        <v>26</v>
+      </c>
+      <c r="T231" t="s">
+        <v>26</v>
+      </c>
+      <c r="U231">
+        <v>90.48</v>
+      </c>
+    </row>
+    <row r="232" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A232">
+        <v>231</v>
+      </c>
+      <c r="B232" t="s">
+        <v>137</v>
+      </c>
+      <c r="C232" t="s">
+        <v>110</v>
+      </c>
+      <c r="E232" t="s">
+        <v>26</v>
+      </c>
+      <c r="F232" t="s">
+        <v>24</v>
+      </c>
+      <c r="G232" t="s">
+        <v>25</v>
+      </c>
+      <c r="H232">
+        <v>66</v>
+      </c>
+      <c r="I232" t="b">
+        <v>1</v>
+      </c>
+      <c r="J232" t="s">
+        <v>26</v>
+      </c>
+      <c r="K232">
+        <v>1</v>
+      </c>
+      <c r="L232" t="s">
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>26</v>
+      </c>
+      <c r="N232">
+        <v>90.42</v>
+      </c>
+      <c r="O232" t="s">
+        <v>26</v>
+      </c>
+      <c r="P232" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>26</v>
+      </c>
+      <c r="R232" t="s">
+        <v>26</v>
+      </c>
+      <c r="S232" t="s">
+        <v>26</v>
+      </c>
+      <c r="T232" t="s">
+        <v>26</v>
+      </c>
+      <c r="U232">
+        <v>90.42</v>
+      </c>
+    </row>
+    <row r="233" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A233">
+        <v>232</v>
+      </c>
+      <c r="B233" t="s">
+        <v>455</v>
+      </c>
+      <c r="C233" t="s">
+        <v>35</v>
+      </c>
+      <c r="E233" t="s">
+        <v>456</v>
+      </c>
+      <c r="F233" t="s">
+        <v>312</v>
+      </c>
+      <c r="G233" t="s">
+        <v>48</v>
+      </c>
+      <c r="H233">
+        <v>1</v>
+      </c>
+      <c r="I233" t="b">
+        <v>1</v>
+      </c>
+      <c r="J233" t="s">
+        <v>26</v>
+      </c>
+      <c r="K233">
+        <v>1</v>
+      </c>
+      <c r="L233" t="s">
+        <v>26</v>
+      </c>
+      <c r="M233" t="s">
+        <v>26</v>
+      </c>
+      <c r="N233" t="s">
+        <v>26</v>
+      </c>
+      <c r="O233" t="s">
+        <v>26</v>
+      </c>
+      <c r="P233">
+        <v>90.4</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>26</v>
+      </c>
+      <c r="R233" t="s">
+        <v>26</v>
+      </c>
+      <c r="S233" t="s">
+        <v>26</v>
+      </c>
+      <c r="T233" t="s">
+        <v>26</v>
+      </c>
+      <c r="U233">
+        <v>90.4</v>
+      </c>
+    </row>
+    <row r="234" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A234">
+        <v>233</v>
+      </c>
+      <c r="B234" t="s">
+        <v>58</v>
+      </c>
+      <c r="C234" t="s">
+        <v>457</v>
+      </c>
+      <c r="E234" t="s">
+        <v>458</v>
+      </c>
+      <c r="F234" t="s">
+        <v>60</v>
+      </c>
+      <c r="G234" t="s">
+        <v>25</v>
+      </c>
+      <c r="H234">
         <v>16</v>
       </c>
-      <c r="I160" t="b">
-[...8 lines deleted...]
-      <c r="L160">
+      <c r="I234" t="b">
+        <v>1</v>
+      </c>
+      <c r="J234" t="s">
+        <v>26</v>
+      </c>
+      <c r="K234">
+        <v>1</v>
+      </c>
+      <c r="L234" t="s">
+        <v>26</v>
+      </c>
+      <c r="M234" t="s">
+        <v>26</v>
+      </c>
+      <c r="N234" t="s">
+        <v>26</v>
+      </c>
+      <c r="O234" t="s">
+        <v>26</v>
+      </c>
+      <c r="P234" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q234">
+        <v>90.06</v>
+      </c>
+      <c r="R234" t="s">
+        <v>26</v>
+      </c>
+      <c r="S234" t="s">
+        <v>26</v>
+      </c>
+      <c r="T234" t="s">
+        <v>26</v>
+      </c>
+      <c r="U234">
+        <v>90.06</v>
+      </c>
+    </row>
+    <row r="235" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A235">
+        <v>234</v>
+      </c>
+      <c r="B235" t="s">
+        <v>102</v>
+      </c>
+      <c r="C235" t="s">
+        <v>459</v>
+      </c>
+      <c r="E235" t="s">
+        <v>26</v>
+      </c>
+      <c r="F235" t="s">
+        <v>36</v>
+      </c>
+      <c r="G235" t="s">
+        <v>48</v>
+      </c>
+      <c r="H235">
+        <v>12</v>
+      </c>
+      <c r="I235" t="b">
+        <v>1</v>
+      </c>
+      <c r="J235" t="s">
+        <v>26</v>
+      </c>
+      <c r="K235">
+        <v>1</v>
+      </c>
+      <c r="L235" t="s">
+        <v>26</v>
+      </c>
+      <c r="M235" t="s">
+        <v>26</v>
+      </c>
+      <c r="N235" t="s">
+        <v>26</v>
+      </c>
+      <c r="O235" t="s">
+        <v>26</v>
+      </c>
+      <c r="P235">
+        <v>89.96</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>26</v>
+      </c>
+      <c r="R235" t="s">
+        <v>26</v>
+      </c>
+      <c r="S235" t="s">
+        <v>26</v>
+      </c>
+      <c r="T235" t="s">
+        <v>26</v>
+      </c>
+      <c r="U235">
+        <v>89.96</v>
+      </c>
+    </row>
+    <row r="236" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A236">
+        <v>235</v>
+      </c>
+      <c r="B236" t="s">
+        <v>460</v>
+      </c>
+      <c r="C236" t="s">
+        <v>461</v>
+      </c>
+      <c r="D236">
+        <v>1171</v>
+      </c>
+      <c r="E236" t="s">
+        <v>462</v>
+      </c>
+      <c r="F236" t="s">
+        <v>60</v>
+      </c>
+      <c r="G236" t="s">
+        <v>25</v>
+      </c>
+      <c r="H236">
+        <v>17</v>
+      </c>
+      <c r="I236" t="b">
+        <v>1</v>
+      </c>
+      <c r="J236" t="s">
+        <v>26</v>
+      </c>
+      <c r="K236">
+        <v>1</v>
+      </c>
+      <c r="L236" t="s">
+        <v>26</v>
+      </c>
+      <c r="M236">
+        <v>89.65</v>
+      </c>
+      <c r="N236" t="s">
+        <v>26</v>
+      </c>
+      <c r="O236" t="s">
+        <v>26</v>
+      </c>
+      <c r="P236" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>26</v>
+      </c>
+      <c r="R236" t="s">
+        <v>26</v>
+      </c>
+      <c r="S236" t="s">
+        <v>26</v>
+      </c>
+      <c r="T236" t="s">
+        <v>26</v>
+      </c>
+      <c r="U236">
+        <v>89.65</v>
+      </c>
+    </row>
+    <row r="237" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A237">
+        <v>236</v>
+      </c>
+      <c r="B237" t="s">
+        <v>463</v>
+      </c>
+      <c r="C237" t="s">
+        <v>464</v>
+      </c>
+      <c r="E237" t="s">
+        <v>210</v>
+      </c>
+      <c r="F237" t="s">
+        <v>150</v>
+      </c>
+      <c r="G237" t="s">
+        <v>25</v>
+      </c>
+      <c r="H237">
+        <v>2</v>
+      </c>
+      <c r="I237" t="b">
+        <v>1</v>
+      </c>
+      <c r="J237" t="s">
+        <v>26</v>
+      </c>
+      <c r="K237">
+        <v>1</v>
+      </c>
+      <c r="L237" t="s">
+        <v>26</v>
+      </c>
+      <c r="M237" t="s">
+        <v>26</v>
+      </c>
+      <c r="N237" t="s">
+        <v>26</v>
+      </c>
+      <c r="O237" t="s">
+        <v>26</v>
+      </c>
+      <c r="P237" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q237">
+        <v>89.56</v>
+      </c>
+      <c r="R237" t="s">
+        <v>26</v>
+      </c>
+      <c r="S237" t="s">
+        <v>26</v>
+      </c>
+      <c r="T237" t="s">
+        <v>26</v>
+      </c>
+      <c r="U237">
+        <v>89.56</v>
+      </c>
+    </row>
+    <row r="238" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A238">
+        <v>237</v>
+      </c>
+      <c r="B238" t="s">
+        <v>32</v>
+      </c>
+      <c r="C238" t="s">
+        <v>465</v>
+      </c>
+      <c r="D238">
+        <v>1544</v>
+      </c>
+      <c r="E238" t="s">
+        <v>57</v>
+      </c>
+      <c r="F238" t="s">
+        <v>36</v>
+      </c>
+      <c r="G238" t="s">
+        <v>25</v>
+      </c>
+      <c r="H238">
+        <v>39</v>
+      </c>
+      <c r="I238" t="b">
+        <v>1</v>
+      </c>
+      <c r="J238" t="s">
+        <v>26</v>
+      </c>
+      <c r="K238">
+        <v>1</v>
+      </c>
+      <c r="L238" t="s">
+        <v>26</v>
+      </c>
+      <c r="M238" t="s">
+        <v>26</v>
+      </c>
+      <c r="N238" t="s">
+        <v>26</v>
+      </c>
+      <c r="O238" t="s">
+        <v>26</v>
+      </c>
+      <c r="P238">
+        <v>88.93</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>26</v>
+      </c>
+      <c r="R238" t="s">
+        <v>26</v>
+      </c>
+      <c r="S238" t="s">
+        <v>26</v>
+      </c>
+      <c r="T238" t="s">
+        <v>26</v>
+      </c>
+      <c r="U238">
+        <v>88.93</v>
+      </c>
+    </row>
+    <row r="239" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A239">
+        <v>238</v>
+      </c>
+      <c r="B239" t="s">
+        <v>466</v>
+      </c>
+      <c r="C239" t="s">
+        <v>467</v>
+      </c>
+      <c r="E239" t="s">
+        <v>57</v>
+      </c>
+      <c r="F239" t="s">
+        <v>24</v>
+      </c>
+      <c r="G239" t="s">
+        <v>48</v>
+      </c>
+      <c r="H239">
+        <v>21</v>
+      </c>
+      <c r="I239" t="b">
+        <v>1</v>
+      </c>
+      <c r="J239" t="s">
+        <v>26</v>
+      </c>
+      <c r="K239">
+        <v>1</v>
+      </c>
+      <c r="L239" t="s">
+        <v>26</v>
+      </c>
+      <c r="M239" t="s">
+        <v>26</v>
+      </c>
+      <c r="N239" t="s">
+        <v>26</v>
+      </c>
+      <c r="O239" t="s">
+        <v>26</v>
+      </c>
+      <c r="P239">
+        <v>88.21</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>26</v>
+      </c>
+      <c r="R239" t="s">
+        <v>26</v>
+      </c>
+      <c r="S239" t="s">
+        <v>26</v>
+      </c>
+      <c r="T239" t="s">
+        <v>26</v>
+      </c>
+      <c r="U239">
+        <v>88.21</v>
+      </c>
+    </row>
+    <row r="240" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A240">
+        <v>239</v>
+      </c>
+      <c r="B240" t="s">
+        <v>468</v>
+      </c>
+      <c r="C240" t="s">
+        <v>255</v>
+      </c>
+      <c r="E240" t="s">
+        <v>26</v>
+      </c>
+      <c r="F240" t="s">
+        <v>24</v>
+      </c>
+      <c r="G240" t="s">
+        <v>25</v>
+      </c>
+      <c r="H240">
+        <v>67</v>
+      </c>
+      <c r="I240" t="b">
+        <v>1</v>
+      </c>
+      <c r="J240" t="s">
+        <v>26</v>
+      </c>
+      <c r="K240">
+        <v>1</v>
+      </c>
+      <c r="L240" t="s">
+        <v>26</v>
+      </c>
+      <c r="M240" t="s">
+        <v>26</v>
+      </c>
+      <c r="N240" t="s">
+        <v>26</v>
+      </c>
+      <c r="O240">
+        <v>88.21</v>
+      </c>
+      <c r="P240" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>26</v>
+      </c>
+      <c r="R240" t="s">
+        <v>26</v>
+      </c>
+      <c r="S240" t="s">
+        <v>26</v>
+      </c>
+      <c r="T240" t="s">
+        <v>26</v>
+      </c>
+      <c r="U240">
+        <v>88.21</v>
+      </c>
+    </row>
+    <row r="241" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A241">
+        <v>240</v>
+      </c>
+      <c r="B241" t="s">
+        <v>392</v>
+      </c>
+      <c r="C241" t="s">
+        <v>469</v>
+      </c>
+      <c r="E241" t="s">
+        <v>26</v>
+      </c>
+      <c r="F241" t="s">
+        <v>60</v>
+      </c>
+      <c r="G241" t="s">
+        <v>48</v>
+      </c>
+      <c r="H241">
+        <v>9</v>
+      </c>
+      <c r="I241" t="b">
+        <v>1</v>
+      </c>
+      <c r="J241" t="s">
+        <v>26</v>
+      </c>
+      <c r="K241">
+        <v>1</v>
+      </c>
+      <c r="L241" t="s">
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>26</v>
+      </c>
+      <c r="N241" t="s">
+        <v>26</v>
+      </c>
+      <c r="O241" t="s">
+        <v>26</v>
+      </c>
+      <c r="P241" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q241">
+        <v>87.99</v>
+      </c>
+      <c r="R241" t="s">
+        <v>26</v>
+      </c>
+      <c r="S241" t="s">
+        <v>26</v>
+      </c>
+      <c r="T241" t="s">
+        <v>26</v>
+      </c>
+      <c r="U241">
+        <v>87.99</v>
+      </c>
+    </row>
+    <row r="242" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A242">
+        <v>241</v>
+      </c>
+      <c r="B242" t="s">
+        <v>470</v>
+      </c>
+      <c r="C242" t="s">
+        <v>58</v>
+      </c>
+      <c r="E242" t="s">
+        <v>26</v>
+      </c>
+      <c r="F242" t="s">
+        <v>24</v>
+      </c>
+      <c r="G242" t="s">
+        <v>25</v>
+      </c>
+      <c r="H242">
+        <v>68</v>
+      </c>
+      <c r="I242" t="b">
+        <v>1</v>
+      </c>
+      <c r="J242" t="s">
+        <v>26</v>
+      </c>
+      <c r="K242">
+        <v>1</v>
+      </c>
+      <c r="L242" t="s">
+        <v>26</v>
+      </c>
+      <c r="M242" t="s">
+        <v>26</v>
+      </c>
+      <c r="N242" t="s">
+        <v>26</v>
+      </c>
+      <c r="O242">
+        <v>87.98</v>
+      </c>
+      <c r="P242" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>26</v>
+      </c>
+      <c r="R242" t="s">
+        <v>26</v>
+      </c>
+      <c r="S242" t="s">
+        <v>26</v>
+      </c>
+      <c r="T242" t="s">
+        <v>26</v>
+      </c>
+      <c r="U242">
+        <v>87.98</v>
+      </c>
+    </row>
+    <row r="243" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A243">
+        <v>242</v>
+      </c>
+      <c r="B243" t="s">
+        <v>90</v>
+      </c>
+      <c r="C243" t="s">
+        <v>471</v>
+      </c>
+      <c r="E243" t="s">
+        <v>291</v>
+      </c>
+      <c r="F243" t="s">
+        <v>42</v>
+      </c>
+      <c r="G243" t="s">
+        <v>25</v>
+      </c>
+      <c r="H243">
+        <v>43</v>
+      </c>
+      <c r="I243" t="b">
+        <v>1</v>
+      </c>
+      <c r="J243" t="s">
+        <v>26</v>
+      </c>
+      <c r="K243">
+        <v>1</v>
+      </c>
+      <c r="L243" t="s">
+        <v>26</v>
+      </c>
+      <c r="M243" t="s">
+        <v>26</v>
+      </c>
+      <c r="N243" t="s">
+        <v>26</v>
+      </c>
+      <c r="O243" t="s">
+        <v>26</v>
+      </c>
+      <c r="P243" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q243">
+        <v>87.93</v>
+      </c>
+      <c r="R243" t="s">
+        <v>26</v>
+      </c>
+      <c r="S243" t="s">
+        <v>26</v>
+      </c>
+      <c r="T243" t="s">
+        <v>26</v>
+      </c>
+      <c r="U243">
+        <v>87.93</v>
+      </c>
+    </row>
+    <row r="244" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A244">
+        <v>243</v>
+      </c>
+      <c r="B244" t="s">
+        <v>109</v>
+      </c>
+      <c r="C244" t="s">
+        <v>447</v>
+      </c>
+      <c r="E244" t="s">
+        <v>97</v>
+      </c>
+      <c r="F244" t="s">
+        <v>60</v>
+      </c>
+      <c r="G244" t="s">
+        <v>48</v>
+      </c>
+      <c r="H244">
+        <v>10</v>
+      </c>
+      <c r="I244" t="b">
+        <v>1</v>
+      </c>
+      <c r="J244" t="s">
+        <v>26</v>
+      </c>
+      <c r="K244">
+        <v>1</v>
+      </c>
+      <c r="L244" t="s">
+        <v>26</v>
+      </c>
+      <c r="M244" t="s">
+        <v>26</v>
+      </c>
+      <c r="N244" t="s">
+        <v>26</v>
+      </c>
+      <c r="O244" t="s">
+        <v>26</v>
+      </c>
+      <c r="P244">
+        <v>87.57</v>
+      </c>
+      <c r="Q244" t="s">
+        <v>26</v>
+      </c>
+      <c r="R244" t="s">
+        <v>26</v>
+      </c>
+      <c r="S244" t="s">
+        <v>26</v>
+      </c>
+      <c r="T244" t="s">
+        <v>26</v>
+      </c>
+      <c r="U244">
+        <v>87.57</v>
+      </c>
+    </row>
+    <row r="245" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A245">
+        <v>244</v>
+      </c>
+      <c r="B245" t="s">
+        <v>142</v>
+      </c>
+      <c r="C245" t="s">
+        <v>472</v>
+      </c>
+      <c r="E245" t="s">
+        <v>291</v>
+      </c>
+      <c r="F245" t="s">
+        <v>60</v>
+      </c>
+      <c r="G245" t="s">
+        <v>25</v>
+      </c>
+      <c r="H245">
+        <v>18</v>
+      </c>
+      <c r="I245" t="b">
+        <v>1</v>
+      </c>
+      <c r="J245" t="s">
+        <v>26</v>
+      </c>
+      <c r="K245">
+        <v>1</v>
+      </c>
+      <c r="L245" t="s">
+        <v>26</v>
+      </c>
+      <c r="M245" t="s">
+        <v>26</v>
+      </c>
+      <c r="N245" t="s">
+        <v>26</v>
+      </c>
+      <c r="O245" t="s">
+        <v>26</v>
+      </c>
+      <c r="P245" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q245">
+        <v>87.43</v>
+      </c>
+      <c r="R245" t="s">
+        <v>26</v>
+      </c>
+      <c r="S245" t="s">
+        <v>26</v>
+      </c>
+      <c r="T245" t="s">
+        <v>26</v>
+      </c>
+      <c r="U245">
+        <v>87.43</v>
+      </c>
+    </row>
+    <row r="246" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A246">
+        <v>245</v>
+      </c>
+      <c r="B246" t="s">
+        <v>473</v>
+      </c>
+      <c r="C246" t="s">
+        <v>474</v>
+      </c>
+      <c r="E246" t="s">
+        <v>291</v>
+      </c>
+      <c r="F246" t="s">
+        <v>24</v>
+      </c>
+      <c r="G246" t="s">
+        <v>48</v>
+      </c>
+      <c r="H246">
+        <v>22</v>
+      </c>
+      <c r="I246" t="b">
+        <v>1</v>
+      </c>
+      <c r="J246" t="s">
+        <v>26</v>
+      </c>
+      <c r="K246">
+        <v>1</v>
+      </c>
+      <c r="L246" t="s">
+        <v>26</v>
+      </c>
+      <c r="M246" t="s">
+        <v>26</v>
+      </c>
+      <c r="N246" t="s">
+        <v>26</v>
+      </c>
+      <c r="O246" t="s">
+        <v>26</v>
+      </c>
+      <c r="P246" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q246">
+        <v>87.14</v>
+      </c>
+      <c r="R246" t="s">
+        <v>26</v>
+      </c>
+      <c r="S246" t="s">
+        <v>26</v>
+      </c>
+      <c r="T246" t="s">
+        <v>26</v>
+      </c>
+      <c r="U246">
+        <v>87.14</v>
+      </c>
+    </row>
+    <row r="247" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A247">
+        <v>246</v>
+      </c>
+      <c r="B247" t="s">
+        <v>475</v>
+      </c>
+      <c r="C247" t="s">
+        <v>228</v>
+      </c>
+      <c r="E247" t="s">
+        <v>57</v>
+      </c>
+      <c r="F247" t="s">
+        <v>205</v>
+      </c>
+      <c r="G247" t="s">
+        <v>48</v>
+      </c>
+      <c r="H247">
+        <v>2</v>
+      </c>
+      <c r="I247" t="b">
+        <v>1</v>
+      </c>
+      <c r="J247" t="s">
+        <v>26</v>
+      </c>
+      <c r="K247">
+        <v>1</v>
+      </c>
+      <c r="L247" t="s">
+        <v>26</v>
+      </c>
+      <c r="M247" t="s">
+        <v>26</v>
+      </c>
+      <c r="N247" t="s">
+        <v>26</v>
+      </c>
+      <c r="O247" t="s">
+        <v>26</v>
+      </c>
+      <c r="P247">
+        <v>86.9</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>26</v>
+      </c>
+      <c r="R247" t="s">
+        <v>26</v>
+      </c>
+      <c r="S247" t="s">
+        <v>26</v>
+      </c>
+      <c r="T247" t="s">
+        <v>26</v>
+      </c>
+      <c r="U247">
+        <v>86.9</v>
+      </c>
+    </row>
+    <row r="248" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A248">
+        <v>247</v>
+      </c>
+      <c r="B248" t="s">
+        <v>247</v>
+      </c>
+      <c r="C248" t="s">
+        <v>476</v>
+      </c>
+      <c r="E248" t="s">
+        <v>477</v>
+      </c>
+      <c r="F248" t="s">
+        <v>42</v>
+      </c>
+      <c r="G248" t="s">
+        <v>25</v>
+      </c>
+      <c r="H248">
+        <v>44</v>
+      </c>
+      <c r="I248" t="b">
+        <v>1</v>
+      </c>
+      <c r="J248" t="s">
+        <v>26</v>
+      </c>
+      <c r="K248">
+        <v>1</v>
+      </c>
+      <c r="L248" t="s">
+        <v>26</v>
+      </c>
+      <c r="M248" t="s">
+        <v>26</v>
+      </c>
+      <c r="N248" t="s">
+        <v>26</v>
+      </c>
+      <c r="O248" t="s">
+        <v>26</v>
+      </c>
+      <c r="P248" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q248">
+        <v>86.88</v>
+      </c>
+      <c r="R248" t="s">
+        <v>26</v>
+      </c>
+      <c r="S248" t="s">
+        <v>26</v>
+      </c>
+      <c r="T248" t="s">
+        <v>26</v>
+      </c>
+      <c r="U248">
+        <v>86.88</v>
+      </c>
+    </row>
+    <row r="249" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A249">
+        <v>248</v>
+      </c>
+      <c r="B249" t="s">
+        <v>478</v>
+      </c>
+      <c r="C249" t="s">
+        <v>479</v>
+      </c>
+      <c r="E249" t="s">
+        <v>480</v>
+      </c>
+      <c r="F249" t="s">
+        <v>150</v>
+      </c>
+      <c r="G249" t="s">
+        <v>25</v>
+      </c>
+      <c r="H249">
+        <v>3</v>
+      </c>
+      <c r="I249" t="b">
+        <v>1</v>
+      </c>
+      <c r="J249" t="s">
+        <v>26</v>
+      </c>
+      <c r="K249">
+        <v>1</v>
+      </c>
+      <c r="L249" t="s">
+        <v>26</v>
+      </c>
+      <c r="M249" t="s">
+        <v>26</v>
+      </c>
+      <c r="N249" t="s">
+        <v>26</v>
+      </c>
+      <c r="O249" t="s">
+        <v>26</v>
+      </c>
+      <c r="P249">
+        <v>86.34</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>26</v>
+      </c>
+      <c r="R249" t="s">
+        <v>26</v>
+      </c>
+      <c r="S249" t="s">
+        <v>26</v>
+      </c>
+      <c r="T249" t="s">
+        <v>26</v>
+      </c>
+      <c r="U249">
+        <v>86.34</v>
+      </c>
+    </row>
+    <row r="250" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A250">
+        <v>249</v>
+      </c>
+      <c r="B250" t="s">
+        <v>481</v>
+      </c>
+      <c r="C250" t="s">
+        <v>482</v>
+      </c>
+      <c r="E250" t="s">
+        <v>57</v>
+      </c>
+      <c r="F250" t="s">
+        <v>42</v>
+      </c>
+      <c r="G250" t="s">
+        <v>48</v>
+      </c>
+      <c r="H250">
+        <v>16</v>
+      </c>
+      <c r="I250" t="b">
+        <v>1</v>
+      </c>
+      <c r="J250" t="s">
+        <v>26</v>
+      </c>
+      <c r="K250">
+        <v>1</v>
+      </c>
+      <c r="L250" t="s">
+        <v>26</v>
+      </c>
+      <c r="M250" t="s">
+        <v>26</v>
+      </c>
+      <c r="N250" t="s">
+        <v>26</v>
+      </c>
+      <c r="O250" t="s">
+        <v>26</v>
+      </c>
+      <c r="P250">
+        <v>86.18</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>26</v>
+      </c>
+      <c r="R250" t="s">
+        <v>26</v>
+      </c>
+      <c r="S250" t="s">
+        <v>26</v>
+      </c>
+      <c r="T250" t="s">
+        <v>26</v>
+      </c>
+      <c r="U250">
+        <v>86.18</v>
+      </c>
+    </row>
+    <row r="251" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A251">
+        <v>250</v>
+      </c>
+      <c r="B251" t="s">
+        <v>483</v>
+      </c>
+      <c r="C251" t="s">
+        <v>484</v>
+      </c>
+      <c r="E251" t="s">
+        <v>57</v>
+      </c>
+      <c r="F251" t="s">
+        <v>42</v>
+      </c>
+      <c r="G251" t="s">
+        <v>48</v>
+      </c>
+      <c r="H251">
+        <v>17</v>
+      </c>
+      <c r="I251" t="b">
+        <v>1</v>
+      </c>
+      <c r="J251" t="s">
+        <v>26</v>
+      </c>
+      <c r="K251">
+        <v>1</v>
+      </c>
+      <c r="L251" t="s">
+        <v>26</v>
+      </c>
+      <c r="M251" t="s">
+        <v>26</v>
+      </c>
+      <c r="N251" t="s">
+        <v>26</v>
+      </c>
+      <c r="O251" t="s">
+        <v>26</v>
+      </c>
+      <c r="P251">
+        <v>85.63</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>26</v>
+      </c>
+      <c r="R251" t="s">
+        <v>26</v>
+      </c>
+      <c r="S251" t="s">
+        <v>26</v>
+      </c>
+      <c r="T251" t="s">
+        <v>26</v>
+      </c>
+      <c r="U251">
+        <v>85.63</v>
+      </c>
+    </row>
+    <row r="252" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A252">
+        <v>251</v>
+      </c>
+      <c r="B252" t="s">
+        <v>485</v>
+      </c>
+      <c r="C252" t="s">
+        <v>486</v>
+      </c>
+      <c r="D252">
+        <v>1466</v>
+      </c>
+      <c r="E252" t="s">
+        <v>210</v>
+      </c>
+      <c r="F252" t="s">
+        <v>42</v>
+      </c>
+      <c r="G252" t="s">
+        <v>48</v>
+      </c>
+      <c r="H252">
+        <v>18</v>
+      </c>
+      <c r="I252" t="b">
+        <v>1</v>
+      </c>
+      <c r="J252" t="s">
+        <v>26</v>
+      </c>
+      <c r="K252">
+        <v>1</v>
+      </c>
+      <c r="L252" t="s">
+        <v>26</v>
+      </c>
+      <c r="M252" t="s">
+        <v>26</v>
+      </c>
+      <c r="N252" t="s">
+        <v>26</v>
+      </c>
+      <c r="O252" t="s">
+        <v>26</v>
+      </c>
+      <c r="P252" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q252">
+        <v>85.37</v>
+      </c>
+      <c r="R252" t="s">
+        <v>26</v>
+      </c>
+      <c r="S252" t="s">
+        <v>26</v>
+      </c>
+      <c r="T252" t="s">
+        <v>26</v>
+      </c>
+      <c r="U252">
+        <v>85.37</v>
+      </c>
+    </row>
+    <row r="253" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A253">
+        <v>252</v>
+      </c>
+      <c r="B253" t="s">
+        <v>487</v>
+      </c>
+      <c r="C253" t="s">
+        <v>488</v>
+      </c>
+      <c r="E253" t="s">
+        <v>139</v>
+      </c>
+      <c r="F253" t="s">
+        <v>60</v>
+      </c>
+      <c r="G253" t="s">
+        <v>25</v>
+      </c>
+      <c r="H253">
+        <v>19</v>
+      </c>
+      <c r="I253" t="b">
+        <v>1</v>
+      </c>
+      <c r="J253" t="s">
+        <v>26</v>
+      </c>
+      <c r="K253">
+        <v>1</v>
+      </c>
+      <c r="L253" t="s">
+        <v>26</v>
+      </c>
+      <c r="M253" t="s">
+        <v>26</v>
+      </c>
+      <c r="N253" t="s">
+        <v>26</v>
+      </c>
+      <c r="O253" t="s">
+        <v>26</v>
+      </c>
+      <c r="P253" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q253">
+        <v>85.24</v>
+      </c>
+      <c r="R253" t="s">
+        <v>26</v>
+      </c>
+      <c r="S253" t="s">
+        <v>26</v>
+      </c>
+      <c r="T253" t="s">
+        <v>26</v>
+      </c>
+      <c r="U253">
+        <v>85.24</v>
+      </c>
+    </row>
+    <row r="254" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A254">
+        <v>253</v>
+      </c>
+      <c r="B254" t="s">
+        <v>489</v>
+      </c>
+      <c r="C254" t="s">
+        <v>490</v>
+      </c>
+      <c r="E254" t="s">
+        <v>26</v>
+      </c>
+      <c r="F254" t="s">
+        <v>24</v>
+      </c>
+      <c r="G254" t="s">
+        <v>48</v>
+      </c>
+      <c r="H254">
+        <v>23</v>
+      </c>
+      <c r="I254" t="b">
+        <v>1</v>
+      </c>
+      <c r="J254" t="s">
+        <v>26</v>
+      </c>
+      <c r="K254">
+        <v>1</v>
+      </c>
+      <c r="L254" t="s">
+        <v>26</v>
+      </c>
+      <c r="M254" t="s">
+        <v>26</v>
+      </c>
+      <c r="N254" t="s">
+        <v>26</v>
+      </c>
+      <c r="O254" t="s">
+        <v>26</v>
+      </c>
+      <c r="P254">
+        <v>84.93</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>26</v>
+      </c>
+      <c r="R254" t="s">
+        <v>26</v>
+      </c>
+      <c r="S254" t="s">
+        <v>26</v>
+      </c>
+      <c r="T254" t="s">
+        <v>26</v>
+      </c>
+      <c r="U254">
+        <v>84.93</v>
+      </c>
+    </row>
+    <row r="255" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A255">
+        <v>254</v>
+      </c>
+      <c r="B255" t="s">
+        <v>491</v>
+      </c>
+      <c r="C255" t="s">
+        <v>317</v>
+      </c>
+      <c r="E255" t="s">
+        <v>26</v>
+      </c>
+      <c r="F255" t="s">
+        <v>24</v>
+      </c>
+      <c r="G255" t="s">
+        <v>48</v>
+      </c>
+      <c r="H255">
+        <v>24</v>
+      </c>
+      <c r="I255" t="b">
+        <v>1</v>
+      </c>
+      <c r="J255" t="s">
+        <v>26</v>
+      </c>
+      <c r="K255">
+        <v>1</v>
+      </c>
+      <c r="L255" t="s">
+        <v>26</v>
+      </c>
+      <c r="M255" t="s">
+        <v>26</v>
+      </c>
+      <c r="N255" t="s">
+        <v>26</v>
+      </c>
+      <c r="O255">
+        <v>84.65</v>
+      </c>
+      <c r="P255" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>26</v>
+      </c>
+      <c r="R255" t="s">
+        <v>26</v>
+      </c>
+      <c r="S255" t="s">
+        <v>26</v>
+      </c>
+      <c r="T255" t="s">
+        <v>26</v>
+      </c>
+      <c r="U255">
+        <v>84.65</v>
+      </c>
+    </row>
+    <row r="256" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A256">
+        <v>255</v>
+      </c>
+      <c r="B256" t="s">
+        <v>492</v>
+      </c>
+      <c r="C256" t="s">
+        <v>493</v>
+      </c>
+      <c r="E256" t="s">
+        <v>26</v>
+      </c>
+      <c r="F256" t="s">
+        <v>24</v>
+      </c>
+      <c r="G256" t="s">
+        <v>48</v>
+      </c>
+      <c r="H256">
+        <v>25</v>
+      </c>
+      <c r="I256" t="b">
+        <v>1</v>
+      </c>
+      <c r="J256" t="s">
+        <v>26</v>
+      </c>
+      <c r="K256">
+        <v>1</v>
+      </c>
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
+        <v>26</v>
+      </c>
+      <c r="N256" t="s">
+        <v>26</v>
+      </c>
+      <c r="O256">
+        <v>83.67</v>
+      </c>
+      <c r="P256" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>26</v>
+      </c>
+      <c r="R256" t="s">
+        <v>26</v>
+      </c>
+      <c r="S256" t="s">
+        <v>26</v>
+      </c>
+      <c r="T256" t="s">
+        <v>26</v>
+      </c>
+      <c r="U256">
+        <v>83.67</v>
+      </c>
+    </row>
+    <row r="257" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A257">
+        <v>256</v>
+      </c>
+      <c r="B257" t="s">
+        <v>494</v>
+      </c>
+      <c r="C257" t="s">
+        <v>317</v>
+      </c>
+      <c r="E257" t="s">
+        <v>26</v>
+      </c>
+      <c r="F257" t="s">
+        <v>24</v>
+      </c>
+      <c r="G257" t="s">
+        <v>48</v>
+      </c>
+      <c r="H257">
+        <v>26</v>
+      </c>
+      <c r="I257" t="b">
+        <v>1</v>
+      </c>
+      <c r="J257" t="s">
+        <v>26</v>
+      </c>
+      <c r="K257">
+        <v>1</v>
+      </c>
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
+        <v>26</v>
+      </c>
+      <c r="N257" t="s">
+        <v>26</v>
+      </c>
+      <c r="O257">
+        <v>83.62</v>
+      </c>
+      <c r="P257" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>26</v>
+      </c>
+      <c r="R257" t="s">
+        <v>26</v>
+      </c>
+      <c r="S257" t="s">
+        <v>26</v>
+      </c>
+      <c r="T257" t="s">
+        <v>26</v>
+      </c>
+      <c r="U257">
+        <v>83.62</v>
+      </c>
+    </row>
+    <row r="258" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A258">
+        <v>257</v>
+      </c>
+      <c r="B258" t="s">
+        <v>495</v>
+      </c>
+      <c r="C258" t="s">
+        <v>496</v>
+      </c>
+      <c r="E258" t="s">
+        <v>57</v>
+      </c>
+      <c r="F258" t="s">
+        <v>217</v>
+      </c>
+      <c r="G258" t="s">
+        <v>25</v>
+      </c>
+      <c r="H258">
+        <v>4</v>
+      </c>
+      <c r="I258" t="b">
+        <v>1</v>
+      </c>
+      <c r="J258" t="s">
+        <v>26</v>
+      </c>
+      <c r="K258">
+        <v>1</v>
+      </c>
+      <c r="L258" t="s">
+        <v>26</v>
+      </c>
+      <c r="M258" t="s">
+        <v>26</v>
+      </c>
+      <c r="N258" t="s">
+        <v>26</v>
+      </c>
+      <c r="O258" t="s">
+        <v>26</v>
+      </c>
+      <c r="P258">
+        <v>83.17</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>26</v>
+      </c>
+      <c r="R258" t="s">
+        <v>26</v>
+      </c>
+      <c r="S258" t="s">
+        <v>26</v>
+      </c>
+      <c r="T258" t="s">
+        <v>26</v>
+      </c>
+      <c r="U258">
+        <v>83.17</v>
+      </c>
+    </row>
+    <row r="259" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A259">
+        <v>258</v>
+      </c>
+      <c r="B259" t="s">
+        <v>61</v>
+      </c>
+      <c r="C259" t="s">
+        <v>208</v>
+      </c>
+      <c r="E259" t="s">
+        <v>57</v>
+      </c>
+      <c r="F259" t="s">
+        <v>150</v>
+      </c>
+      <c r="G259" t="s">
+        <v>25</v>
+      </c>
+      <c r="H259">
+        <v>4</v>
+      </c>
+      <c r="I259" t="b">
+        <v>1</v>
+      </c>
+      <c r="J259" t="s">
+        <v>26</v>
+      </c>
+      <c r="K259">
+        <v>1</v>
+      </c>
+      <c r="L259" t="s">
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>26</v>
+      </c>
+      <c r="N259" t="s">
+        <v>26</v>
+      </c>
+      <c r="O259" t="s">
+        <v>26</v>
+      </c>
+      <c r="P259">
+        <v>82.97</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>26</v>
+      </c>
+      <c r="R259" t="s">
+        <v>26</v>
+      </c>
+      <c r="S259" t="s">
+        <v>26</v>
+      </c>
+      <c r="T259" t="s">
+        <v>26</v>
+      </c>
+      <c r="U259">
+        <v>82.97</v>
+      </c>
+    </row>
+    <row r="260" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A260">
+        <v>259</v>
+      </c>
+      <c r="B260" t="s">
+        <v>497</v>
+      </c>
+      <c r="C260" t="s">
+        <v>498</v>
+      </c>
+      <c r="E260" t="s">
+        <v>259</v>
+      </c>
+      <c r="F260" t="s">
+        <v>36</v>
+      </c>
+      <c r="G260" t="s">
+        <v>25</v>
+      </c>
+      <c r="H260">
+        <v>40</v>
+      </c>
+      <c r="I260" t="b">
+        <v>1</v>
+      </c>
+      <c r="J260" t="s">
+        <v>26</v>
+      </c>
+      <c r="K260">
+        <v>1</v>
+      </c>
+      <c r="L260" t="s">
+        <v>26</v>
+      </c>
+      <c r="M260" t="s">
+        <v>26</v>
+      </c>
+      <c r="N260" t="s">
+        <v>26</v>
+      </c>
+      <c r="O260" t="s">
+        <v>26</v>
+      </c>
+      <c r="P260" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q260">
+        <v>82.91</v>
+      </c>
+      <c r="R260" t="s">
+        <v>26</v>
+      </c>
+      <c r="S260" t="s">
+        <v>26</v>
+      </c>
+      <c r="T260" t="s">
+        <v>26</v>
+      </c>
+      <c r="U260">
+        <v>82.91</v>
+      </c>
+    </row>
+    <row r="261" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A261">
+        <v>260</v>
+      </c>
+      <c r="B261" t="s">
+        <v>142</v>
+      </c>
+      <c r="C261" t="s">
+        <v>499</v>
+      </c>
+      <c r="E261" t="s">
+        <v>291</v>
+      </c>
+      <c r="F261" t="s">
+        <v>36</v>
+      </c>
+      <c r="G261" t="s">
+        <v>25</v>
+      </c>
+      <c r="H261">
+        <v>41</v>
+      </c>
+      <c r="I261" t="b">
+        <v>1</v>
+      </c>
+      <c r="J261" t="s">
+        <v>26</v>
+      </c>
+      <c r="K261">
+        <v>1</v>
+      </c>
+      <c r="L261" t="s">
+        <v>26</v>
+      </c>
+      <c r="M261" t="s">
+        <v>26</v>
+      </c>
+      <c r="N261" t="s">
+        <v>26</v>
+      </c>
+      <c r="O261" t="s">
+        <v>26</v>
+      </c>
+      <c r="P261" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q261">
+        <v>82.69</v>
+      </c>
+      <c r="R261" t="s">
+        <v>26</v>
+      </c>
+      <c r="S261" t="s">
+        <v>26</v>
+      </c>
+      <c r="T261" t="s">
+        <v>26</v>
+      </c>
+      <c r="U261">
+        <v>82.69</v>
+      </c>
+    </row>
+    <row r="262" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A262">
+        <v>261</v>
+      </c>
+      <c r="B262" t="s">
+        <v>191</v>
+      </c>
+      <c r="C262" t="s">
+        <v>500</v>
+      </c>
+      <c r="E262" t="s">
+        <v>139</v>
+      </c>
+      <c r="F262" t="s">
+        <v>60</v>
+      </c>
+      <c r="G262" t="s">
+        <v>25</v>
+      </c>
+      <c r="H262">
+        <v>20</v>
+      </c>
+      <c r="I262" t="b">
+        <v>1</v>
+      </c>
+      <c r="J262" t="s">
+        <v>26</v>
+      </c>
+      <c r="K262">
+        <v>1</v>
+      </c>
+      <c r="L262" t="s">
+        <v>26</v>
+      </c>
+      <c r="M262" t="s">
+        <v>26</v>
+      </c>
+      <c r="N262" t="s">
+        <v>26</v>
+      </c>
+      <c r="O262" t="s">
+        <v>26</v>
+      </c>
+      <c r="P262" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q262">
+        <v>82.6</v>
+      </c>
+      <c r="R262" t="s">
+        <v>26</v>
+      </c>
+      <c r="S262" t="s">
+        <v>26</v>
+      </c>
+      <c r="T262" t="s">
+        <v>26</v>
+      </c>
+      <c r="U262">
+        <v>82.6</v>
+      </c>
+    </row>
+    <row r="263" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A263">
+        <v>262</v>
+      </c>
+      <c r="B263" t="s">
+        <v>263</v>
+      </c>
+      <c r="C263" t="s">
+        <v>501</v>
+      </c>
+      <c r="E263" t="s">
+        <v>71</v>
+      </c>
+      <c r="F263" t="s">
+        <v>60</v>
+      </c>
+      <c r="G263" t="s">
+        <v>25</v>
+      </c>
+      <c r="H263">
+        <v>21</v>
+      </c>
+      <c r="I263" t="b">
+        <v>1</v>
+      </c>
+      <c r="J263" t="s">
+        <v>26</v>
+      </c>
+      <c r="K263">
+        <v>1</v>
+      </c>
+      <c r="L263" t="s">
+        <v>26</v>
+      </c>
+      <c r="M263" t="s">
+        <v>26</v>
+      </c>
+      <c r="N263" t="s">
+        <v>26</v>
+      </c>
+      <c r="O263" t="s">
+        <v>26</v>
+      </c>
+      <c r="P263" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q263">
+        <v>82.55</v>
+      </c>
+      <c r="R263" t="s">
+        <v>26</v>
+      </c>
+      <c r="S263" t="s">
+        <v>26</v>
+      </c>
+      <c r="T263" t="s">
+        <v>26</v>
+      </c>
+      <c r="U263">
+        <v>82.55</v>
+      </c>
+    </row>
+    <row r="264" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A264">
+        <v>263</v>
+      </c>
+      <c r="B264" t="s">
+        <v>502</v>
+      </c>
+      <c r="C264" t="s">
+        <v>503</v>
+      </c>
+      <c r="E264" t="s">
+        <v>26</v>
+      </c>
+      <c r="F264" t="s">
+        <v>24</v>
+      </c>
+      <c r="G264" t="s">
+        <v>48</v>
+      </c>
+      <c r="H264">
+        <v>27</v>
+      </c>
+      <c r="I264" t="b">
+        <v>1</v>
+      </c>
+      <c r="J264" t="s">
+        <v>26</v>
+      </c>
+      <c r="K264">
+        <v>1</v>
+      </c>
+      <c r="L264" t="s">
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>26</v>
+      </c>
+      <c r="N264" t="s">
+        <v>26</v>
+      </c>
+      <c r="O264" t="s">
+        <v>26</v>
+      </c>
+      <c r="P264" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q264">
+        <v>82.46</v>
+      </c>
+      <c r="R264" t="s">
+        <v>26</v>
+      </c>
+      <c r="S264" t="s">
+        <v>26</v>
+      </c>
+      <c r="T264" t="s">
+        <v>26</v>
+      </c>
+      <c r="U264">
+        <v>82.46</v>
+      </c>
+    </row>
+    <row r="265" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A265">
+        <v>264</v>
+      </c>
+      <c r="B265" t="s">
+        <v>504</v>
+      </c>
+      <c r="C265" t="s">
+        <v>505</v>
+      </c>
+      <c r="E265" t="s">
+        <v>57</v>
+      </c>
+      <c r="F265" t="s">
+        <v>205</v>
+      </c>
+      <c r="G265" t="s">
+        <v>25</v>
+      </c>
+      <c r="H265">
+        <v>2</v>
+      </c>
+      <c r="I265" t="b">
+        <v>1</v>
+      </c>
+      <c r="J265" t="s">
+        <v>26</v>
+      </c>
+      <c r="K265">
+        <v>1</v>
+      </c>
+      <c r="L265" t="s">
+        <v>26</v>
+      </c>
+      <c r="M265" t="s">
+        <v>26</v>
+      </c>
+      <c r="N265" t="s">
+        <v>26</v>
+      </c>
+      <c r="O265" t="s">
+        <v>26</v>
+      </c>
+      <c r="P265">
+        <v>82.45</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>26</v>
+      </c>
+      <c r="R265" t="s">
+        <v>26</v>
+      </c>
+      <c r="S265" t="s">
+        <v>26</v>
+      </c>
+      <c r="T265" t="s">
+        <v>26</v>
+      </c>
+      <c r="U265">
+        <v>82.45</v>
+      </c>
+    </row>
+    <row r="266" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A266">
+        <v>265</v>
+      </c>
+      <c r="B266" t="s">
+        <v>506</v>
+      </c>
+      <c r="C266" t="s">
+        <v>507</v>
+      </c>
+      <c r="D266">
+        <v>631</v>
+      </c>
+      <c r="E266" t="s">
+        <v>29</v>
+      </c>
+      <c r="F266" t="s">
+        <v>60</v>
+      </c>
+      <c r="G266" t="s">
+        <v>25</v>
+      </c>
+      <c r="H266">
+        <v>22</v>
+      </c>
+      <c r="I266" t="b">
+        <v>1</v>
+      </c>
+      <c r="J266" t="s">
+        <v>26</v>
+      </c>
+      <c r="K266">
+        <v>1</v>
+      </c>
+      <c r="L266">
+        <v>82.18</v>
+      </c>
+      <c r="M266" t="s">
+        <v>26</v>
+      </c>
+      <c r="N266" t="s">
+        <v>26</v>
+      </c>
+      <c r="O266" t="s">
+        <v>26</v>
+      </c>
+      <c r="P266" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>26</v>
+      </c>
+      <c r="R266" t="s">
+        <v>26</v>
+      </c>
+      <c r="S266" t="s">
+        <v>26</v>
+      </c>
+      <c r="T266" t="s">
+        <v>26</v>
+      </c>
+      <c r="U266">
+        <v>82.18</v>
+      </c>
+    </row>
+    <row r="267" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A267">
+        <v>266</v>
+      </c>
+      <c r="B267" t="s">
+        <v>508</v>
+      </c>
+      <c r="C267" t="s">
+        <v>509</v>
+      </c>
+      <c r="E267" t="s">
+        <v>26</v>
+      </c>
+      <c r="F267" t="s">
+        <v>24</v>
+      </c>
+      <c r="G267" t="s">
+        <v>25</v>
+      </c>
+      <c r="H267">
+        <v>69</v>
+      </c>
+      <c r="I267" t="b">
+        <v>1</v>
+      </c>
+      <c r="J267" t="s">
+        <v>26</v>
+      </c>
+      <c r="K267">
+        <v>1</v>
+      </c>
+      <c r="L267" t="s">
+        <v>26</v>
+      </c>
+      <c r="M267" t="s">
+        <v>26</v>
+      </c>
+      <c r="N267" t="s">
+        <v>26</v>
+      </c>
+      <c r="O267">
+        <v>81.93</v>
+      </c>
+      <c r="P267" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>26</v>
+      </c>
+      <c r="R267" t="s">
+        <v>26</v>
+      </c>
+      <c r="S267" t="s">
+        <v>26</v>
+      </c>
+      <c r="T267" t="s">
+        <v>26</v>
+      </c>
+      <c r="U267">
+        <v>81.93</v>
+      </c>
+    </row>
+    <row r="268" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A268">
+        <v>267</v>
+      </c>
+      <c r="B268" t="s">
+        <v>510</v>
+      </c>
+      <c r="C268" t="s">
+        <v>511</v>
+      </c>
+      <c r="E268" t="s">
+        <v>26</v>
+      </c>
+      <c r="F268" t="s">
+        <v>24</v>
+      </c>
+      <c r="G268" t="s">
+        <v>25</v>
+      </c>
+      <c r="H268">
+        <v>70</v>
+      </c>
+      <c r="I268" t="b">
+        <v>1</v>
+      </c>
+      <c r="J268" t="s">
+        <v>26</v>
+      </c>
+      <c r="K268">
+        <v>1</v>
+      </c>
+      <c r="L268" t="s">
+        <v>26</v>
+      </c>
+      <c r="M268" t="s">
+        <v>26</v>
+      </c>
+      <c r="N268" t="s">
+        <v>26</v>
+      </c>
+      <c r="O268">
+        <v>81.36</v>
+      </c>
+      <c r="P268" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>26</v>
+      </c>
+      <c r="R268" t="s">
+        <v>26</v>
+      </c>
+      <c r="S268" t="s">
+        <v>26</v>
+      </c>
+      <c r="T268" t="s">
+        <v>26</v>
+      </c>
+      <c r="U268">
+        <v>81.36</v>
+      </c>
+    </row>
+    <row r="269" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A269">
+        <v>268</v>
+      </c>
+      <c r="B269" t="s">
+        <v>512</v>
+      </c>
+      <c r="C269" t="s">
+        <v>513</v>
+      </c>
+      <c r="E269" t="s">
+        <v>54</v>
+      </c>
+      <c r="F269" t="s">
+        <v>36</v>
+      </c>
+      <c r="G269" t="s">
+        <v>25</v>
+      </c>
+      <c r="H269">
+        <v>42</v>
+      </c>
+      <c r="I269" t="b">
+        <v>1</v>
+      </c>
+      <c r="J269" t="s">
+        <v>26</v>
+      </c>
+      <c r="K269">
+        <v>1</v>
+      </c>
+      <c r="L269" t="s">
+        <v>26</v>
+      </c>
+      <c r="M269" t="s">
+        <v>26</v>
+      </c>
+      <c r="N269" t="s">
+        <v>26</v>
+      </c>
+      <c r="O269" t="s">
+        <v>26</v>
+      </c>
+      <c r="P269">
+        <v>80.95</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>26</v>
+      </c>
+      <c r="R269" t="s">
+        <v>26</v>
+      </c>
+      <c r="S269" t="s">
+        <v>26</v>
+      </c>
+      <c r="T269" t="s">
+        <v>26</v>
+      </c>
+      <c r="U269">
+        <v>80.95</v>
+      </c>
+    </row>
+    <row r="270" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A270">
+        <v>269</v>
+      </c>
+      <c r="B270" t="s">
+        <v>32</v>
+      </c>
+      <c r="C270" t="s">
+        <v>514</v>
+      </c>
+      <c r="E270" t="s">
+        <v>26</v>
+      </c>
+      <c r="F270" t="s">
+        <v>24</v>
+      </c>
+      <c r="G270" t="s">
+        <v>25</v>
+      </c>
+      <c r="H270">
+        <v>71</v>
+      </c>
+      <c r="I270" t="b">
+        <v>1</v>
+      </c>
+      <c r="J270" t="s">
+        <v>26</v>
+      </c>
+      <c r="K270">
+        <v>1</v>
+      </c>
+      <c r="L270" t="s">
+        <v>26</v>
+      </c>
+      <c r="M270">
+        <v>80.85</v>
+      </c>
+      <c r="N270" t="s">
+        <v>26</v>
+      </c>
+      <c r="O270" t="s">
+        <v>26</v>
+      </c>
+      <c r="P270" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>26</v>
+      </c>
+      <c r="R270" t="s">
+        <v>26</v>
+      </c>
+      <c r="S270" t="s">
+        <v>26</v>
+      </c>
+      <c r="T270" t="s">
+        <v>26</v>
+      </c>
+      <c r="U270">
+        <v>80.85</v>
+      </c>
+    </row>
+    <row r="271" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A271">
+        <v>270</v>
+      </c>
+      <c r="B271" t="s">
+        <v>515</v>
+      </c>
+      <c r="C271" t="s">
+        <v>516</v>
+      </c>
+      <c r="E271" t="s">
+        <v>54</v>
+      </c>
+      <c r="F271" t="s">
+        <v>24</v>
+      </c>
+      <c r="G271" t="s">
+        <v>48</v>
+      </c>
+      <c r="H271">
+        <v>28</v>
+      </c>
+      <c r="I271" t="b">
+        <v>1</v>
+      </c>
+      <c r="J271" t="s">
+        <v>26</v>
+      </c>
+      <c r="K271">
+        <v>1</v>
+      </c>
+      <c r="L271" t="s">
+        <v>26</v>
+      </c>
+      <c r="M271" t="s">
+        <v>26</v>
+      </c>
+      <c r="N271" t="s">
+        <v>26</v>
+      </c>
+      <c r="O271" t="s">
+        <v>26</v>
+      </c>
+      <c r="P271">
+        <v>80.68</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>26</v>
+      </c>
+      <c r="R271" t="s">
+        <v>26</v>
+      </c>
+      <c r="S271" t="s">
+        <v>26</v>
+      </c>
+      <c r="T271" t="s">
+        <v>26</v>
+      </c>
+      <c r="U271">
+        <v>80.68</v>
+      </c>
+    </row>
+    <row r="272" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A272">
+        <v>271</v>
+      </c>
+      <c r="B272" t="s">
+        <v>55</v>
+      </c>
+      <c r="C272" t="s">
+        <v>255</v>
+      </c>
+      <c r="E272" t="s">
+        <v>54</v>
+      </c>
+      <c r="F272" t="s">
+        <v>24</v>
+      </c>
+      <c r="G272" t="s">
+        <v>25</v>
+      </c>
+      <c r="H272">
+        <v>72</v>
+      </c>
+      <c r="I272" t="b">
+        <v>1</v>
+      </c>
+      <c r="J272" t="s">
+        <v>26</v>
+      </c>
+      <c r="K272">
+        <v>1</v>
+      </c>
+      <c r="L272" t="s">
+        <v>26</v>
+      </c>
+      <c r="M272" t="s">
+        <v>26</v>
+      </c>
+      <c r="N272" t="s">
+        <v>26</v>
+      </c>
+      <c r="O272">
+        <v>80.37</v>
+      </c>
+      <c r="P272" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>26</v>
+      </c>
+      <c r="R272" t="s">
+        <v>26</v>
+      </c>
+      <c r="S272" t="s">
+        <v>26</v>
+      </c>
+      <c r="T272" t="s">
+        <v>26</v>
+      </c>
+      <c r="U272">
+        <v>80.37</v>
+      </c>
+    </row>
+    <row r="273" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A273">
+        <v>272</v>
+      </c>
+      <c r="B273" t="s">
+        <v>73</v>
+      </c>
+      <c r="C273" t="s">
+        <v>517</v>
+      </c>
+      <c r="E273" t="s">
+        <v>518</v>
+      </c>
+      <c r="F273" t="s">
+        <v>42</v>
+      </c>
+      <c r="G273" t="s">
+        <v>25</v>
+      </c>
+      <c r="H273">
+        <v>45</v>
+      </c>
+      <c r="I273" t="b">
+        <v>1</v>
+      </c>
+      <c r="J273" t="s">
+        <v>26</v>
+      </c>
+      <c r="K273">
+        <v>1</v>
+      </c>
+      <c r="L273" t="s">
+        <v>26</v>
+      </c>
+      <c r="M273" t="s">
+        <v>26</v>
+      </c>
+      <c r="N273" t="s">
+        <v>26</v>
+      </c>
+      <c r="O273">
+        <v>79.61</v>
+      </c>
+      <c r="P273" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>26</v>
+      </c>
+      <c r="R273" t="s">
+        <v>26</v>
+      </c>
+      <c r="S273" t="s">
+        <v>26</v>
+      </c>
+      <c r="T273" t="s">
+        <v>26</v>
+      </c>
+      <c r="U273">
+        <v>79.61</v>
+      </c>
+    </row>
+    <row r="274" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A274">
+        <v>273</v>
+      </c>
+      <c r="B274" t="s">
+        <v>519</v>
+      </c>
+      <c r="C274" t="s">
+        <v>520</v>
+      </c>
+      <c r="E274" t="s">
+        <v>347</v>
+      </c>
+      <c r="F274" t="s">
+        <v>60</v>
+      </c>
+      <c r="G274" t="s">
+        <v>48</v>
+      </c>
+      <c r="H274">
+        <v>11</v>
+      </c>
+      <c r="I274" t="b">
+        <v>1</v>
+      </c>
+      <c r="J274" t="s">
+        <v>26</v>
+      </c>
+      <c r="K274">
+        <v>1</v>
+      </c>
+      <c r="L274" t="s">
+        <v>26</v>
+      </c>
+      <c r="M274" t="s">
+        <v>26</v>
+      </c>
+      <c r="N274" t="s">
+        <v>26</v>
+      </c>
+      <c r="O274" t="s">
+        <v>26</v>
+      </c>
+      <c r="P274" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q274">
+        <v>77.09</v>
+      </c>
+      <c r="R274" t="s">
+        <v>26</v>
+      </c>
+      <c r="S274" t="s">
+        <v>26</v>
+      </c>
+      <c r="T274" t="s">
+        <v>26</v>
+      </c>
+      <c r="U274">
+        <v>77.09</v>
+      </c>
+    </row>
+    <row r="275" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A275">
+        <v>274</v>
+      </c>
+      <c r="B275" t="s">
+        <v>521</v>
+      </c>
+      <c r="C275" t="s">
+        <v>522</v>
+      </c>
+      <c r="E275" t="s">
+        <v>97</v>
+      </c>
+      <c r="F275" t="s">
+        <v>36</v>
+      </c>
+      <c r="G275" t="s">
+        <v>25</v>
+      </c>
+      <c r="H275">
+        <v>43</v>
+      </c>
+      <c r="I275" t="b">
+        <v>1</v>
+      </c>
+      <c r="J275" t="s">
+        <v>26</v>
+      </c>
+      <c r="K275">
+        <v>1</v>
+      </c>
+      <c r="L275" t="s">
+        <v>26</v>
+      </c>
+      <c r="M275" t="s">
+        <v>26</v>
+      </c>
+      <c r="N275" t="s">
+        <v>26</v>
+      </c>
+      <c r="O275">
+        <v>76.83</v>
+      </c>
+      <c r="P275" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>26</v>
+      </c>
+      <c r="R275" t="s">
+        <v>26</v>
+      </c>
+      <c r="S275" t="s">
+        <v>26</v>
+      </c>
+      <c r="T275" t="s">
+        <v>26</v>
+      </c>
+      <c r="U275">
+        <v>76.83</v>
+      </c>
+    </row>
+    <row r="276" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A276">
+        <v>275</v>
+      </c>
+      <c r="B276" t="s">
+        <v>238</v>
+      </c>
+      <c r="C276" t="s">
+        <v>523</v>
+      </c>
+      <c r="E276" t="s">
+        <v>47</v>
+      </c>
+      <c r="F276" t="s">
+        <v>42</v>
+      </c>
+      <c r="G276" t="s">
+        <v>25</v>
+      </c>
+      <c r="H276">
+        <v>46</v>
+      </c>
+      <c r="I276" t="b">
+        <v>1</v>
+      </c>
+      <c r="J276" t="s">
+        <v>26</v>
+      </c>
+      <c r="K276">
+        <v>1</v>
+      </c>
+      <c r="L276" t="s">
+        <v>26</v>
+      </c>
+      <c r="M276" t="s">
+        <v>26</v>
+      </c>
+      <c r="N276" t="s">
+        <v>26</v>
+      </c>
+      <c r="O276" t="s">
+        <v>26</v>
+      </c>
+      <c r="P276" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>26</v>
+      </c>
+      <c r="R276">
+        <v>76.41</v>
+      </c>
+      <c r="S276" t="s">
+        <v>26</v>
+      </c>
+      <c r="T276" t="s">
+        <v>26</v>
+      </c>
+      <c r="U276">
+        <v>76.41</v>
+      </c>
+    </row>
+    <row r="277" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A277">
+        <v>276</v>
+      </c>
+      <c r="B277" t="s">
+        <v>142</v>
+      </c>
+      <c r="C277" t="s">
+        <v>80</v>
+      </c>
+      <c r="E277" t="s">
+        <v>524</v>
+      </c>
+      <c r="F277" t="s">
+        <v>205</v>
+      </c>
+      <c r="G277" t="s">
+        <v>25</v>
+      </c>
+      <c r="H277">
+        <v>3</v>
+      </c>
+      <c r="I277" t="b">
+        <v>1</v>
+      </c>
+      <c r="J277" t="s">
+        <v>26</v>
+      </c>
+      <c r="K277">
+        <v>1</v>
+      </c>
+      <c r="L277" t="s">
+        <v>26</v>
+      </c>
+      <c r="M277" t="s">
+        <v>26</v>
+      </c>
+      <c r="N277" t="s">
+        <v>26</v>
+      </c>
+      <c r="O277" t="s">
+        <v>26</v>
+      </c>
+      <c r="P277">
+        <v>76.39</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>26</v>
+      </c>
+      <c r="R277" t="s">
+        <v>26</v>
+      </c>
+      <c r="S277" t="s">
+        <v>26</v>
+      </c>
+      <c r="T277" t="s">
+        <v>26</v>
+      </c>
+      <c r="U277">
+        <v>76.39</v>
+      </c>
+    </row>
+    <row r="278" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A278">
+        <v>277</v>
+      </c>
+      <c r="B278" t="s">
+        <v>525</v>
+      </c>
+      <c r="C278" t="s">
+        <v>295</v>
+      </c>
+      <c r="E278" t="s">
+        <v>57</v>
+      </c>
+      <c r="F278" t="s">
+        <v>60</v>
+      </c>
+      <c r="G278" t="s">
+        <v>48</v>
+      </c>
+      <c r="H278">
+        <v>12</v>
+      </c>
+      <c r="I278" t="b">
+        <v>1</v>
+      </c>
+      <c r="J278" t="s">
+        <v>26</v>
+      </c>
+      <c r="K278">
+        <v>1</v>
+      </c>
+      <c r="L278" t="s">
+        <v>26</v>
+      </c>
+      <c r="M278" t="s">
+        <v>26</v>
+      </c>
+      <c r="N278" t="s">
+        <v>26</v>
+      </c>
+      <c r="O278" t="s">
+        <v>26</v>
+      </c>
+      <c r="P278">
+        <v>75.79</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>26</v>
+      </c>
+      <c r="R278" t="s">
+        <v>26</v>
+      </c>
+      <c r="S278" t="s">
+        <v>26</v>
+      </c>
+      <c r="T278" t="s">
+        <v>26</v>
+      </c>
+      <c r="U278">
+        <v>75.79</v>
+      </c>
+    </row>
+    <row r="279" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A279">
+        <v>278</v>
+      </c>
+      <c r="B279" t="s">
+        <v>526</v>
+      </c>
+      <c r="C279" t="s">
+        <v>527</v>
+      </c>
+      <c r="E279" t="s">
+        <v>57</v>
+      </c>
+      <c r="F279" t="s">
+        <v>42</v>
+      </c>
+      <c r="G279" t="s">
+        <v>48</v>
+      </c>
+      <c r="H279">
+        <v>19</v>
+      </c>
+      <c r="I279" t="b">
+        <v>1</v>
+      </c>
+      <c r="J279" t="s">
+        <v>26</v>
+      </c>
+      <c r="K279">
+        <v>1</v>
+      </c>
+      <c r="L279" t="s">
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>26</v>
+      </c>
+      <c r="N279" t="s">
+        <v>26</v>
+      </c>
+      <c r="O279" t="s">
+        <v>26</v>
+      </c>
+      <c r="P279">
+        <v>75.72</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>26</v>
+      </c>
+      <c r="R279" t="s">
+        <v>26</v>
+      </c>
+      <c r="S279" t="s">
+        <v>26</v>
+      </c>
+      <c r="T279" t="s">
+        <v>26</v>
+      </c>
+      <c r="U279">
+        <v>75.72</v>
+      </c>
+    </row>
+    <row r="280" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A280">
+        <v>279</v>
+      </c>
+      <c r="B280" t="s">
+        <v>528</v>
+      </c>
+      <c r="C280" t="s">
+        <v>328</v>
+      </c>
+      <c r="E280" t="s">
+        <v>57</v>
+      </c>
+      <c r="F280" t="s">
+        <v>42</v>
+      </c>
+      <c r="G280" t="s">
+        <v>48</v>
+      </c>
+      <c r="H280">
+        <v>20</v>
+      </c>
+      <c r="I280" t="b">
+        <v>1</v>
+      </c>
+      <c r="J280" t="s">
+        <v>26</v>
+      </c>
+      <c r="K280">
+        <v>1</v>
+      </c>
+      <c r="L280" t="s">
+        <v>26</v>
+      </c>
+      <c r="M280" t="s">
+        <v>26</v>
+      </c>
+      <c r="N280" t="s">
+        <v>26</v>
+      </c>
+      <c r="O280" t="s">
+        <v>26</v>
+      </c>
+      <c r="P280">
+        <v>75.5</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>26</v>
+      </c>
+      <c r="R280" t="s">
+        <v>26</v>
+      </c>
+      <c r="S280" t="s">
+        <v>26</v>
+      </c>
+      <c r="T280" t="s">
+        <v>26</v>
+      </c>
+      <c r="U280">
+        <v>75.5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A281">
+        <v>280</v>
+      </c>
+      <c r="B281" t="s">
+        <v>466</v>
+      </c>
+      <c r="C281" t="s">
+        <v>529</v>
+      </c>
+      <c r="E281" t="s">
+        <v>530</v>
+      </c>
+      <c r="F281" t="s">
+        <v>24</v>
+      </c>
+      <c r="G281" t="s">
+        <v>48</v>
+      </c>
+      <c r="H281">
+        <v>29</v>
+      </c>
+      <c r="I281" t="b">
+        <v>1</v>
+      </c>
+      <c r="J281" t="s">
+        <v>26</v>
+      </c>
+      <c r="K281">
+        <v>1</v>
+      </c>
+      <c r="L281" t="s">
+        <v>26</v>
+      </c>
+      <c r="M281">
+        <v>75.37</v>
+      </c>
+      <c r="N281" t="s">
+        <v>26</v>
+      </c>
+      <c r="O281" t="s">
+        <v>26</v>
+      </c>
+      <c r="P281" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>26</v>
+      </c>
+      <c r="R281" t="s">
+        <v>26</v>
+      </c>
+      <c r="S281" t="s">
+        <v>26</v>
+      </c>
+      <c r="T281" t="s">
+        <v>26</v>
+      </c>
+      <c r="U281">
+        <v>75.37</v>
+      </c>
+    </row>
+    <row r="282" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A282">
+        <v>281</v>
+      </c>
+      <c r="B282" t="s">
+        <v>531</v>
+      </c>
+      <c r="C282" t="s">
+        <v>532</v>
+      </c>
+      <c r="E282" t="s">
+        <v>57</v>
+      </c>
+      <c r="F282" t="s">
+        <v>121</v>
+      </c>
+      <c r="G282" t="s">
+        <v>48</v>
+      </c>
+      <c r="H282">
+        <v>1</v>
+      </c>
+      <c r="I282" t="b">
+        <v>1</v>
+      </c>
+      <c r="J282" t="s">
+        <v>26</v>
+      </c>
+      <c r="K282">
+        <v>1</v>
+      </c>
+      <c r="L282" t="s">
+        <v>26</v>
+      </c>
+      <c r="M282" t="s">
+        <v>26</v>
+      </c>
+      <c r="N282" t="s">
+        <v>26</v>
+      </c>
+      <c r="O282" t="s">
+        <v>26</v>
+      </c>
+      <c r="P282">
+        <v>75.36</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>26</v>
+      </c>
+      <c r="R282" t="s">
+        <v>26</v>
+      </c>
+      <c r="S282" t="s">
+        <v>26</v>
+      </c>
+      <c r="T282" t="s">
+        <v>26</v>
+      </c>
+      <c r="U282">
+        <v>75.36</v>
+      </c>
+    </row>
+    <row r="283" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A283">
+        <v>282</v>
+      </c>
+      <c r="B283" t="s">
+        <v>376</v>
+      </c>
+      <c r="C283" t="s">
+        <v>213</v>
+      </c>
+      <c r="D283">
+        <v>823</v>
+      </c>
+      <c r="E283" t="s">
+        <v>57</v>
+      </c>
+      <c r="F283" t="s">
+        <v>150</v>
+      </c>
+      <c r="G283" t="s">
+        <v>25</v>
+      </c>
+      <c r="H283">
+        <v>5</v>
+      </c>
+      <c r="I283" t="b">
+        <v>1</v>
+      </c>
+      <c r="J283" t="s">
+        <v>26</v>
+      </c>
+      <c r="K283">
+        <v>1</v>
+      </c>
+      <c r="L283" t="s">
+        <v>26</v>
+      </c>
+      <c r="M283" t="s">
+        <v>26</v>
+      </c>
+      <c r="N283" t="s">
+        <v>26</v>
+      </c>
+      <c r="O283" t="s">
+        <v>26</v>
+      </c>
+      <c r="P283">
+        <v>74.87</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>26</v>
+      </c>
+      <c r="R283" t="s">
+        <v>26</v>
+      </c>
+      <c r="S283" t="s">
+        <v>26</v>
+      </c>
+      <c r="T283" t="s">
+        <v>26</v>
+      </c>
+      <c r="U283">
+        <v>74.87</v>
+      </c>
+    </row>
+    <row r="284" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A284">
+        <v>283</v>
+      </c>
+      <c r="B284" t="s">
+        <v>533</v>
+      </c>
+      <c r="C284" t="s">
+        <v>534</v>
+      </c>
+      <c r="E284" t="s">
+        <v>535</v>
+      </c>
+      <c r="F284" t="s">
+        <v>42</v>
+      </c>
+      <c r="G284" t="s">
+        <v>25</v>
+      </c>
+      <c r="H284">
+        <v>47</v>
+      </c>
+      <c r="I284" t="b">
+        <v>1</v>
+      </c>
+      <c r="J284" t="s">
+        <v>26</v>
+      </c>
+      <c r="K284">
+        <v>1</v>
+      </c>
+      <c r="L284" t="s">
+        <v>26</v>
+      </c>
+      <c r="M284" t="s">
+        <v>26</v>
+      </c>
+      <c r="N284" t="s">
+        <v>26</v>
+      </c>
+      <c r="O284" t="s">
+        <v>26</v>
+      </c>
+      <c r="P284" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>26</v>
+      </c>
+      <c r="R284">
+        <v>73.91</v>
+      </c>
+      <c r="S284" t="s">
+        <v>26</v>
+      </c>
+      <c r="T284" t="s">
+        <v>26</v>
+      </c>
+      <c r="U284">
+        <v>73.91</v>
+      </c>
+    </row>
+    <row r="285" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A285">
+        <v>284</v>
+      </c>
+      <c r="B285" t="s">
+        <v>536</v>
+      </c>
+      <c r="C285" t="s">
+        <v>537</v>
+      </c>
+      <c r="E285" t="s">
+        <v>26</v>
+      </c>
+      <c r="F285" t="s">
+        <v>36</v>
+      </c>
+      <c r="G285" t="s">
+        <v>48</v>
+      </c>
+      <c r="H285">
+        <v>13</v>
+      </c>
+      <c r="I285" t="b">
+        <v>1</v>
+      </c>
+      <c r="J285" t="s">
+        <v>26</v>
+      </c>
+      <c r="K285">
+        <v>1</v>
+      </c>
+      <c r="L285" t="s">
+        <v>26</v>
+      </c>
+      <c r="M285" t="s">
+        <v>26</v>
+      </c>
+      <c r="N285" t="s">
+        <v>26</v>
+      </c>
+      <c r="O285">
+        <v>73.81</v>
+      </c>
+      <c r="P285" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>26</v>
+      </c>
+      <c r="R285" t="s">
+        <v>26</v>
+      </c>
+      <c r="S285" t="s">
+        <v>26</v>
+      </c>
+      <c r="T285" t="s">
+        <v>26</v>
+      </c>
+      <c r="U285">
+        <v>73.81</v>
+      </c>
+    </row>
+    <row r="286" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A286">
+        <v>285</v>
+      </c>
+      <c r="B286" t="s">
+        <v>538</v>
+      </c>
+      <c r="C286" t="s">
+        <v>539</v>
+      </c>
+      <c r="E286" t="s">
+        <v>402</v>
+      </c>
+      <c r="F286" t="s">
+        <v>42</v>
+      </c>
+      <c r="G286" t="s">
+        <v>48</v>
+      </c>
+      <c r="H286">
+        <v>21</v>
+      </c>
+      <c r="I286" t="b">
+        <v>1</v>
+      </c>
+      <c r="J286" t="s">
+        <v>26</v>
+      </c>
+      <c r="K286">
+        <v>1</v>
+      </c>
+      <c r="L286" t="s">
+        <v>26</v>
+      </c>
+      <c r="M286" t="s">
+        <v>26</v>
+      </c>
+      <c r="N286" t="s">
+        <v>26</v>
+      </c>
+      <c r="O286" t="s">
+        <v>26</v>
+      </c>
+      <c r="P286" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q286">
+        <v>73.7</v>
+      </c>
+      <c r="R286" t="s">
+        <v>26</v>
+      </c>
+      <c r="S286" t="s">
+        <v>26</v>
+      </c>
+      <c r="T286" t="s">
+        <v>26</v>
+      </c>
+      <c r="U286">
+        <v>73.7</v>
+      </c>
+    </row>
+    <row r="287" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A287">
+        <v>286</v>
+      </c>
+      <c r="B287" t="s">
+        <v>380</v>
+      </c>
+      <c r="C287" t="s">
+        <v>540</v>
+      </c>
+      <c r="E287" t="s">
+        <v>402</v>
+      </c>
+      <c r="F287" t="s">
+        <v>42</v>
+      </c>
+      <c r="G287" t="s">
+        <v>25</v>
+      </c>
+      <c r="H287">
+        <v>48</v>
+      </c>
+      <c r="I287" t="b">
+        <v>1</v>
+      </c>
+      <c r="J287" t="s">
+        <v>26</v>
+      </c>
+      <c r="K287">
+        <v>1</v>
+      </c>
+      <c r="L287" t="s">
+        <v>26</v>
+      </c>
+      <c r="M287" t="s">
+        <v>26</v>
+      </c>
+      <c r="N287" t="s">
+        <v>26</v>
+      </c>
+      <c r="O287" t="s">
+        <v>26</v>
+      </c>
+      <c r="P287" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q287">
+        <v>73.7</v>
+      </c>
+      <c r="R287" t="s">
+        <v>26</v>
+      </c>
+      <c r="S287" t="s">
+        <v>26</v>
+      </c>
+      <c r="T287" t="s">
+        <v>26</v>
+      </c>
+      <c r="U287">
+        <v>73.7</v>
+      </c>
+    </row>
+    <row r="288" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A288">
+        <v>287</v>
+      </c>
+      <c r="B288" t="s">
+        <v>541</v>
+      </c>
+      <c r="C288" t="s">
+        <v>542</v>
+      </c>
+      <c r="D288">
+        <v>2477</v>
+      </c>
+      <c r="E288" t="s">
+        <v>57</v>
+      </c>
+      <c r="F288" t="s">
+        <v>60</v>
+      </c>
+      <c r="G288" t="s">
+        <v>48</v>
+      </c>
+      <c r="H288">
+        <v>13</v>
+      </c>
+      <c r="I288" t="b">
+        <v>1</v>
+      </c>
+      <c r="J288" t="s">
+        <v>26</v>
+      </c>
+      <c r="K288">
+        <v>1</v>
+      </c>
+      <c r="L288" t="s">
+        <v>26</v>
+      </c>
+      <c r="M288" t="s">
+        <v>26</v>
+      </c>
+      <c r="N288" t="s">
+        <v>26</v>
+      </c>
+      <c r="O288" t="s">
+        <v>26</v>
+      </c>
+      <c r="P288">
+        <v>73.6</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>26</v>
+      </c>
+      <c r="R288" t="s">
+        <v>26</v>
+      </c>
+      <c r="S288" t="s">
+        <v>26</v>
+      </c>
+      <c r="T288" t="s">
+        <v>26</v>
+      </c>
+      <c r="U288">
+        <v>73.6</v>
+      </c>
+    </row>
+    <row r="289" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A289">
+        <v>288</v>
+      </c>
+      <c r="B289" t="s">
+        <v>543</v>
+      </c>
+      <c r="C289" t="s">
+        <v>544</v>
+      </c>
+      <c r="E289" t="s">
+        <v>26</v>
+      </c>
+      <c r="F289" t="s">
+        <v>24</v>
+      </c>
+      <c r="G289" t="s">
+        <v>48</v>
+      </c>
+      <c r="H289">
+        <v>30</v>
+      </c>
+      <c r="I289" t="b">
+        <v>1</v>
+      </c>
+      <c r="J289" t="s">
+        <v>26</v>
+      </c>
+      <c r="K289">
+        <v>1</v>
+      </c>
+      <c r="L289" t="s">
+        <v>26</v>
+      </c>
+      <c r="M289" t="s">
+        <v>26</v>
+      </c>
+      <c r="N289" t="s">
+        <v>26</v>
+      </c>
+      <c r="O289">
+        <v>72.62</v>
+      </c>
+      <c r="P289" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>26</v>
+      </c>
+      <c r="R289" t="s">
+        <v>26</v>
+      </c>
+      <c r="S289" t="s">
+        <v>26</v>
+      </c>
+      <c r="T289" t="s">
+        <v>26</v>
+      </c>
+      <c r="U289">
+        <v>72.62</v>
+      </c>
+    </row>
+    <row r="290" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A290">
+        <v>289</v>
+      </c>
+      <c r="B290" t="s">
+        <v>268</v>
+      </c>
+      <c r="C290" t="s">
+        <v>545</v>
+      </c>
+      <c r="E290" t="s">
+        <v>26</v>
+      </c>
+      <c r="F290" t="s">
+        <v>24</v>
+      </c>
+      <c r="G290" t="s">
+        <v>25</v>
+      </c>
+      <c r="H290">
+        <v>73</v>
+      </c>
+      <c r="I290" t="b">
+        <v>1</v>
+      </c>
+      <c r="J290" t="s">
+        <v>26</v>
+      </c>
+      <c r="K290">
+        <v>1</v>
+      </c>
+      <c r="L290" t="s">
+        <v>26</v>
+      </c>
+      <c r="M290" t="s">
+        <v>26</v>
+      </c>
+      <c r="N290" t="s">
+        <v>26</v>
+      </c>
+      <c r="O290" t="s">
+        <v>26</v>
+      </c>
+      <c r="P290" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>26</v>
+      </c>
+      <c r="R290">
+        <v>71.98</v>
+      </c>
+      <c r="S290" t="s">
+        <v>26</v>
+      </c>
+      <c r="T290" t="s">
+        <v>26</v>
+      </c>
+      <c r="U290">
+        <v>71.98</v>
+      </c>
+    </row>
+    <row r="291" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A291">
+        <v>290</v>
+      </c>
+      <c r="B291" t="s">
+        <v>546</v>
+      </c>
+      <c r="C291" t="s">
+        <v>547</v>
+      </c>
+      <c r="E291" t="s">
+        <v>57</v>
+      </c>
+      <c r="F291" t="s">
+        <v>60</v>
+      </c>
+      <c r="G291" t="s">
+        <v>48</v>
+      </c>
+      <c r="H291">
+        <v>14</v>
+      </c>
+      <c r="I291" t="b">
+        <v>1</v>
+      </c>
+      <c r="J291" t="s">
+        <v>26</v>
+      </c>
+      <c r="K291">
+        <v>1</v>
+      </c>
+      <c r="L291" t="s">
+        <v>26</v>
+      </c>
+      <c r="M291" t="s">
+        <v>26</v>
+      </c>
+      <c r="N291" t="s">
+        <v>26</v>
+      </c>
+      <c r="O291">
+        <v>71.92</v>
+      </c>
+      <c r="P291" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>26</v>
+      </c>
+      <c r="R291" t="s">
+        <v>26</v>
+      </c>
+      <c r="S291" t="s">
+        <v>26</v>
+      </c>
+      <c r="T291" t="s">
+        <v>26</v>
+      </c>
+      <c r="U291">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="292" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A292">
+        <v>291</v>
+      </c>
+      <c r="B292" t="s">
+        <v>548</v>
+      </c>
+      <c r="C292" t="s">
+        <v>484</v>
+      </c>
+      <c r="E292" t="s">
+        <v>26</v>
+      </c>
+      <c r="F292" t="s">
+        <v>42</v>
+      </c>
+      <c r="G292" t="s">
+        <v>48</v>
+      </c>
+      <c r="H292">
+        <v>22</v>
+      </c>
+      <c r="I292" t="b">
+        <v>1</v>
+      </c>
+      <c r="J292" t="s">
+        <v>26</v>
+      </c>
+      <c r="K292">
+        <v>1</v>
+      </c>
+      <c r="L292" t="s">
+        <v>26</v>
+      </c>
+      <c r="M292" t="s">
+        <v>26</v>
+      </c>
+      <c r="N292" t="s">
+        <v>26</v>
+      </c>
+      <c r="O292">
+        <v>71.92</v>
+      </c>
+      <c r="P292" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>26</v>
+      </c>
+      <c r="R292" t="s">
+        <v>26</v>
+      </c>
+      <c r="S292" t="s">
+        <v>26</v>
+      </c>
+      <c r="T292" t="s">
+        <v>26</v>
+      </c>
+      <c r="U292">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="293" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A293">
+        <v>292</v>
+      </c>
+      <c r="B293" t="s">
+        <v>549</v>
+      </c>
+      <c r="C293" t="s">
+        <v>550</v>
+      </c>
+      <c r="E293" t="s">
+        <v>26</v>
+      </c>
+      <c r="F293" t="s">
+        <v>24</v>
+      </c>
+      <c r="G293" t="s">
+        <v>48</v>
+      </c>
+      <c r="H293">
+        <v>31</v>
+      </c>
+      <c r="I293" t="b">
+        <v>1</v>
+      </c>
+      <c r="J293" t="s">
+        <v>26</v>
+      </c>
+      <c r="K293">
+        <v>1</v>
+      </c>
+      <c r="L293" t="s">
+        <v>26</v>
+      </c>
+      <c r="M293" t="s">
+        <v>26</v>
+      </c>
+      <c r="N293" t="s">
+        <v>26</v>
+      </c>
+      <c r="O293" t="s">
+        <v>26</v>
+      </c>
+      <c r="P293" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q293">
+        <v>71.91</v>
+      </c>
+      <c r="R293" t="s">
+        <v>26</v>
+      </c>
+      <c r="S293" t="s">
+        <v>26</v>
+      </c>
+      <c r="T293" t="s">
+        <v>26</v>
+      </c>
+      <c r="U293">
+        <v>71.91</v>
+      </c>
+    </row>
+    <row r="294" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A294">
+        <v>293</v>
+      </c>
+      <c r="B294" t="s">
+        <v>551</v>
+      </c>
+      <c r="C294" t="s">
+        <v>552</v>
+      </c>
+      <c r="E294" t="s">
+        <v>47</v>
+      </c>
+      <c r="F294" t="s">
+        <v>24</v>
+      </c>
+      <c r="G294" t="s">
+        <v>25</v>
+      </c>
+      <c r="H294">
+        <v>74</v>
+      </c>
+      <c r="I294" t="b">
+        <v>1</v>
+      </c>
+      <c r="J294" t="s">
+        <v>26</v>
+      </c>
+      <c r="K294">
+        <v>1</v>
+      </c>
+      <c r="L294" t="s">
+        <v>26</v>
+      </c>
+      <c r="M294" t="s">
+        <v>26</v>
+      </c>
+      <c r="N294" t="s">
+        <v>26</v>
+      </c>
+      <c r="O294" t="s">
+        <v>26</v>
+      </c>
+      <c r="P294" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q294">
+        <v>71.89</v>
+      </c>
+      <c r="R294" t="s">
+        <v>26</v>
+      </c>
+      <c r="S294" t="s">
+        <v>26</v>
+      </c>
+      <c r="T294" t="s">
+        <v>26</v>
+      </c>
+      <c r="U294">
+        <v>71.89</v>
+      </c>
+    </row>
+    <row r="295" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A295">
+        <v>294</v>
+      </c>
+      <c r="B295" t="s">
+        <v>107</v>
+      </c>
+      <c r="C295" t="s">
+        <v>553</v>
+      </c>
+      <c r="E295" t="s">
+        <v>554</v>
+      </c>
+      <c r="F295" t="s">
+        <v>150</v>
+      </c>
+      <c r="G295" t="s">
+        <v>25</v>
+      </c>
+      <c r="H295">
+        <v>6</v>
+      </c>
+      <c r="I295" t="b">
+        <v>1</v>
+      </c>
+      <c r="J295" t="s">
+        <v>26</v>
+      </c>
+      <c r="K295">
+        <v>1</v>
+      </c>
+      <c r="L295" t="s">
+        <v>26</v>
+      </c>
+      <c r="M295" t="s">
+        <v>26</v>
+      </c>
+      <c r="N295" t="s">
+        <v>26</v>
+      </c>
+      <c r="O295" t="s">
+        <v>26</v>
+      </c>
+      <c r="P295">
+        <v>71.84</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>26</v>
+      </c>
+      <c r="R295" t="s">
+        <v>26</v>
+      </c>
+      <c r="S295" t="s">
+        <v>26</v>
+      </c>
+      <c r="T295" t="s">
+        <v>26</v>
+      </c>
+      <c r="U295">
+        <v>71.84</v>
+      </c>
+    </row>
+    <row r="296" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A296">
+        <v>295</v>
+      </c>
+      <c r="B296" t="s">
+        <v>555</v>
+      </c>
+      <c r="C296" t="s">
+        <v>556</v>
+      </c>
+      <c r="E296" t="s">
+        <v>57</v>
+      </c>
+      <c r="F296" t="s">
+        <v>42</v>
+      </c>
+      <c r="G296" t="s">
+        <v>48</v>
+      </c>
+      <c r="H296">
+        <v>23</v>
+      </c>
+      <c r="I296" t="b">
+        <v>1</v>
+      </c>
+      <c r="J296" t="s">
+        <v>26</v>
+      </c>
+      <c r="K296">
+        <v>1</v>
+      </c>
+      <c r="L296" t="s">
+        <v>26</v>
+      </c>
+      <c r="M296" t="s">
+        <v>26</v>
+      </c>
+      <c r="N296" t="s">
+        <v>26</v>
+      </c>
+      <c r="O296" t="s">
+        <v>26</v>
+      </c>
+      <c r="P296">
+        <v>71.1</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>26</v>
+      </c>
+      <c r="R296" t="s">
+        <v>26</v>
+      </c>
+      <c r="S296" t="s">
+        <v>26</v>
+      </c>
+      <c r="T296" t="s">
+        <v>26</v>
+      </c>
+      <c r="U296">
+        <v>71.1</v>
+      </c>
+    </row>
+    <row r="297" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A297">
+        <v>296</v>
+      </c>
+      <c r="B297" t="s">
+        <v>557</v>
+      </c>
+      <c r="C297" t="s">
+        <v>558</v>
+      </c>
+      <c r="E297" t="s">
+        <v>26</v>
+      </c>
+      <c r="F297" t="s">
+        <v>24</v>
+      </c>
+      <c r="G297" t="s">
+        <v>48</v>
+      </c>
+      <c r="H297">
+        <v>32</v>
+      </c>
+      <c r="I297" t="b">
+        <v>1</v>
+      </c>
+      <c r="J297" t="s">
+        <v>26</v>
+      </c>
+      <c r="K297">
+        <v>1</v>
+      </c>
+      <c r="L297" t="s">
+        <v>26</v>
+      </c>
+      <c r="M297" t="s">
+        <v>26</v>
+      </c>
+      <c r="N297" t="s">
+        <v>26</v>
+      </c>
+      <c r="O297" t="s">
+        <v>26</v>
+      </c>
+      <c r="P297" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>26</v>
+      </c>
+      <c r="R297">
+        <v>71.03</v>
+      </c>
+      <c r="S297" t="s">
+        <v>26</v>
+      </c>
+      <c r="T297" t="s">
+        <v>26</v>
+      </c>
+      <c r="U297">
+        <v>71.03</v>
+      </c>
+    </row>
+    <row r="298" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A298">
+        <v>297</v>
+      </c>
+      <c r="B298" t="s">
+        <v>559</v>
+      </c>
+      <c r="C298" t="s">
+        <v>560</v>
+      </c>
+      <c r="D298">
+        <v>797</v>
+      </c>
+      <c r="E298" t="s">
+        <v>47</v>
+      </c>
+      <c r="F298" t="s">
+        <v>42</v>
+      </c>
+      <c r="G298" t="s">
+        <v>48</v>
+      </c>
+      <c r="H298">
+        <v>24</v>
+      </c>
+      <c r="I298" t="b">
+        <v>1</v>
+      </c>
+      <c r="J298" t="s">
+        <v>26</v>
+      </c>
+      <c r="K298">
+        <v>1</v>
+      </c>
+      <c r="L298" t="s">
+        <v>26</v>
+      </c>
+      <c r="M298" t="s">
+        <v>26</v>
+      </c>
+      <c r="N298" t="s">
+        <v>26</v>
+      </c>
+      <c r="O298" t="s">
+        <v>26</v>
+      </c>
+      <c r="P298">
+        <v>70.86</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>26</v>
+      </c>
+      <c r="R298" t="s">
+        <v>26</v>
+      </c>
+      <c r="S298" t="s">
+        <v>26</v>
+      </c>
+      <c r="T298" t="s">
+        <v>26</v>
+      </c>
+      <c r="U298">
+        <v>70.86</v>
+      </c>
+    </row>
+    <row r="299" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A299">
+        <v>298</v>
+      </c>
+      <c r="B299" t="s">
+        <v>561</v>
+      </c>
+      <c r="C299" t="s">
+        <v>562</v>
+      </c>
+      <c r="E299" t="s">
+        <v>26</v>
+      </c>
+      <c r="F299" t="s">
+        <v>24</v>
+      </c>
+      <c r="G299" t="s">
+        <v>48</v>
+      </c>
+      <c r="H299">
+        <v>33</v>
+      </c>
+      <c r="I299" t="b">
+        <v>1</v>
+      </c>
+      <c r="J299" t="s">
+        <v>26</v>
+      </c>
+      <c r="K299">
+        <v>1</v>
+      </c>
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
+        <v>26</v>
+      </c>
+      <c r="N299" t="s">
+        <v>26</v>
+      </c>
+      <c r="O299">
+        <v>70.11</v>
+      </c>
+      <c r="P299" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>26</v>
+      </c>
+      <c r="R299" t="s">
+        <v>26</v>
+      </c>
+      <c r="S299" t="s">
+        <v>26</v>
+      </c>
+      <c r="T299" t="s">
+        <v>26</v>
+      </c>
+      <c r="U299">
+        <v>70.11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A300">
+        <v>299</v>
+      </c>
+      <c r="B300" t="s">
+        <v>563</v>
+      </c>
+      <c r="C300" t="s">
+        <v>564</v>
+      </c>
+      <c r="E300" t="s">
+        <v>402</v>
+      </c>
+      <c r="F300" t="s">
+        <v>60</v>
+      </c>
+      <c r="G300" t="s">
+        <v>48</v>
+      </c>
+      <c r="H300">
+        <v>15</v>
+      </c>
+      <c r="I300" t="b">
+        <v>1</v>
+      </c>
+      <c r="J300" t="s">
+        <v>26</v>
+      </c>
+      <c r="K300">
+        <v>1</v>
+      </c>
+      <c r="L300" t="s">
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
+        <v>26</v>
+      </c>
+      <c r="N300" t="s">
+        <v>26</v>
+      </c>
+      <c r="O300" t="s">
+        <v>26</v>
+      </c>
+      <c r="P300" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q300">
+        <v>69.31</v>
+      </c>
+      <c r="R300" t="s">
+        <v>26</v>
+      </c>
+      <c r="S300" t="s">
+        <v>26</v>
+      </c>
+      <c r="T300" t="s">
+        <v>26</v>
+      </c>
+      <c r="U300">
+        <v>69.31</v>
+      </c>
+    </row>
+    <row r="301" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A301">
+        <v>300</v>
+      </c>
+      <c r="B301" t="s">
+        <v>565</v>
+      </c>
+      <c r="C301" t="s">
+        <v>80</v>
+      </c>
+      <c r="D301">
+        <v>2358</v>
+      </c>
+      <c r="E301" t="s">
+        <v>566</v>
+      </c>
+      <c r="F301" t="s">
+        <v>36</v>
+      </c>
+      <c r="G301" t="s">
+        <v>25</v>
+      </c>
+      <c r="H301">
+        <v>44</v>
+      </c>
+      <c r="I301" t="b">
+        <v>1</v>
+      </c>
+      <c r="J301" t="s">
+        <v>26</v>
+      </c>
+      <c r="K301">
+        <v>1</v>
+      </c>
+      <c r="L301" t="s">
+        <v>26</v>
+      </c>
+      <c r="M301" t="s">
+        <v>26</v>
+      </c>
+      <c r="N301" t="s">
+        <v>26</v>
+      </c>
+      <c r="O301" t="s">
+        <v>26</v>
+      </c>
+      <c r="P301">
+        <v>69.01</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>26</v>
+      </c>
+      <c r="R301" t="s">
+        <v>26</v>
+      </c>
+      <c r="S301" t="s">
+        <v>26</v>
+      </c>
+      <c r="T301" t="s">
+        <v>26</v>
+      </c>
+      <c r="U301">
+        <v>69.01</v>
+      </c>
+    </row>
+    <row r="302" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A302">
+        <v>301</v>
+      </c>
+      <c r="B302" t="s">
+        <v>567</v>
+      </c>
+      <c r="C302" t="s">
+        <v>568</v>
+      </c>
+      <c r="E302" t="s">
+        <v>291</v>
+      </c>
+      <c r="F302" t="s">
+        <v>36</v>
+      </c>
+      <c r="G302" t="s">
+        <v>25</v>
+      </c>
+      <c r="H302">
+        <v>45</v>
+      </c>
+      <c r="I302" t="b">
+        <v>1</v>
+      </c>
+      <c r="J302" t="s">
+        <v>26</v>
+      </c>
+      <c r="K302">
+        <v>1</v>
+      </c>
+      <c r="L302" t="s">
+        <v>26</v>
+      </c>
+      <c r="M302" t="s">
+        <v>26</v>
+      </c>
+      <c r="N302" t="s">
+        <v>26</v>
+      </c>
+      <c r="O302" t="s">
+        <v>26</v>
+      </c>
+      <c r="P302" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q302">
+        <v>68.33</v>
+      </c>
+      <c r="R302" t="s">
+        <v>26</v>
+      </c>
+      <c r="S302" t="s">
+        <v>26</v>
+      </c>
+      <c r="T302" t="s">
+        <v>26</v>
+      </c>
+      <c r="U302">
+        <v>68.33</v>
+      </c>
+    </row>
+    <row r="303" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A303">
+        <v>302</v>
+      </c>
+      <c r="B303" t="s">
+        <v>238</v>
+      </c>
+      <c r="C303" t="s">
+        <v>569</v>
+      </c>
+      <c r="E303" t="s">
+        <v>210</v>
+      </c>
+      <c r="F303" t="s">
+        <v>60</v>
+      </c>
+      <c r="G303" t="s">
+        <v>25</v>
+      </c>
+      <c r="H303">
+        <v>23</v>
+      </c>
+      <c r="I303" t="b">
+        <v>1</v>
+      </c>
+      <c r="J303" t="s">
+        <v>26</v>
+      </c>
+      <c r="K303">
+        <v>1</v>
+      </c>
+      <c r="L303" t="s">
+        <v>26</v>
+      </c>
+      <c r="M303" t="s">
+        <v>26</v>
+      </c>
+      <c r="N303" t="s">
+        <v>26</v>
+      </c>
+      <c r="O303" t="s">
+        <v>26</v>
+      </c>
+      <c r="P303" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q303">
+        <v>68.22</v>
+      </c>
+      <c r="R303" t="s">
+        <v>26</v>
+      </c>
+      <c r="S303" t="s">
+        <v>26</v>
+      </c>
+      <c r="T303" t="s">
+        <v>26</v>
+      </c>
+      <c r="U303">
+        <v>68.22</v>
+      </c>
+    </row>
+    <row r="304" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A304">
+        <v>303</v>
+      </c>
+      <c r="B304" t="s">
+        <v>140</v>
+      </c>
+      <c r="C304" t="s">
+        <v>570</v>
+      </c>
+      <c r="E304" t="s">
+        <v>291</v>
+      </c>
+      <c r="F304" t="s">
+        <v>24</v>
+      </c>
+      <c r="G304" t="s">
+        <v>25</v>
+      </c>
+      <c r="H304">
+        <v>75</v>
+      </c>
+      <c r="I304" t="b">
+        <v>1</v>
+      </c>
+      <c r="J304" t="s">
+        <v>26</v>
+      </c>
+      <c r="K304">
+        <v>1</v>
+      </c>
+      <c r="L304" t="s">
+        <v>26</v>
+      </c>
+      <c r="M304" t="s">
+        <v>26</v>
+      </c>
+      <c r="N304" t="s">
+        <v>26</v>
+      </c>
+      <c r="O304" t="s">
+        <v>26</v>
+      </c>
+      <c r="P304" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q304">
+        <v>67.1</v>
+      </c>
+      <c r="R304" t="s">
+        <v>26</v>
+      </c>
+      <c r="S304" t="s">
+        <v>26</v>
+      </c>
+      <c r="T304" t="s">
+        <v>26</v>
+      </c>
+      <c r="U304">
+        <v>67.1</v>
+      </c>
+    </row>
+    <row r="305" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A305">
+        <v>304</v>
+      </c>
+      <c r="B305" t="s">
+        <v>78</v>
+      </c>
+      <c r="C305" t="s">
+        <v>571</v>
+      </c>
+      <c r="E305" t="s">
+        <v>572</v>
+      </c>
+      <c r="F305" t="s">
+        <v>24</v>
+      </c>
+      <c r="G305" t="s">
+        <v>48</v>
+      </c>
+      <c r="H305">
+        <v>34</v>
+      </c>
+      <c r="I305" t="b">
+        <v>1</v>
+      </c>
+      <c r="J305" t="s">
+        <v>26</v>
+      </c>
+      <c r="K305">
+        <v>1</v>
+      </c>
+      <c r="L305" t="s">
+        <v>26</v>
+      </c>
+      <c r="M305" t="s">
+        <v>26</v>
+      </c>
+      <c r="N305" t="s">
+        <v>26</v>
+      </c>
+      <c r="O305" t="s">
+        <v>26</v>
+      </c>
+      <c r="P305" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q305">
+        <v>67.08</v>
+      </c>
+      <c r="R305" t="s">
+        <v>26</v>
+      </c>
+      <c r="S305" t="s">
+        <v>26</v>
+      </c>
+      <c r="T305" t="s">
+        <v>26</v>
+      </c>
+      <c r="U305">
+        <v>67.08</v>
+      </c>
+    </row>
+    <row r="306" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A306">
+        <v>305</v>
+      </c>
+      <c r="B306" t="s">
+        <v>206</v>
+      </c>
+      <c r="C306" t="s">
+        <v>573</v>
+      </c>
+      <c r="E306" t="s">
+        <v>26</v>
+      </c>
+      <c r="F306" t="s">
+        <v>24</v>
+      </c>
+      <c r="G306" t="s">
+        <v>48</v>
+      </c>
+      <c r="H306">
+        <v>35</v>
+      </c>
+      <c r="I306" t="b">
+        <v>1</v>
+      </c>
+      <c r="J306" t="s">
+        <v>26</v>
+      </c>
+      <c r="K306">
+        <v>1</v>
+      </c>
+      <c r="L306" t="s">
+        <v>26</v>
+      </c>
+      <c r="M306" t="s">
+        <v>26</v>
+      </c>
+      <c r="N306" t="s">
+        <v>26</v>
+      </c>
+      <c r="O306" t="s">
+        <v>26</v>
+      </c>
+      <c r="P306" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>26</v>
+      </c>
+      <c r="R306">
+        <v>66.3</v>
+      </c>
+      <c r="S306" t="s">
+        <v>26</v>
+      </c>
+      <c r="T306" t="s">
+        <v>26</v>
+      </c>
+      <c r="U306">
+        <v>66.3</v>
+      </c>
+    </row>
+    <row r="307" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307" t="s">
+        <v>452</v>
+      </c>
+      <c r="C307" t="s">
+        <v>574</v>
+      </c>
+      <c r="E307" t="s">
+        <v>57</v>
+      </c>
+      <c r="F307" t="s">
+        <v>150</v>
+      </c>
+      <c r="G307" t="s">
+        <v>48</v>
+      </c>
+      <c r="H307">
+        <v>1</v>
+      </c>
+      <c r="I307" t="b">
+        <v>1</v>
+      </c>
+      <c r="J307" t="s">
+        <v>26</v>
+      </c>
+      <c r="K307">
+        <v>1</v>
+      </c>
+      <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>26</v>
+      </c>
+      <c r="N307" t="s">
+        <v>26</v>
+      </c>
+      <c r="O307" t="s">
+        <v>26</v>
+      </c>
+      <c r="P307">
+        <v>65.06</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>26</v>
+      </c>
+      <c r="R307" t="s">
+        <v>26</v>
+      </c>
+      <c r="S307" t="s">
+        <v>26</v>
+      </c>
+      <c r="T307" t="s">
+        <v>26</v>
+      </c>
+      <c r="U307">
+        <v>65.06</v>
+      </c>
+    </row>
+    <row r="308" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A308">
+        <v>307</v>
+      </c>
+      <c r="B308" t="s">
+        <v>575</v>
+      </c>
+      <c r="C308" t="s">
+        <v>576</v>
+      </c>
+      <c r="E308" t="s">
+        <v>57</v>
+      </c>
+      <c r="F308" t="s">
+        <v>36</v>
+      </c>
+      <c r="G308" t="s">
+        <v>48</v>
+      </c>
+      <c r="H308">
+        <v>14</v>
+      </c>
+      <c r="I308" t="b">
+        <v>1</v>
+      </c>
+      <c r="J308" t="s">
+        <v>26</v>
+      </c>
+      <c r="K308">
+        <v>1</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>26</v>
+      </c>
+      <c r="N308" t="s">
+        <v>26</v>
+      </c>
+      <c r="O308" t="s">
+        <v>26</v>
+      </c>
+      <c r="P308">
+        <v>63.65</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>26</v>
+      </c>
+      <c r="R308" t="s">
+        <v>26</v>
+      </c>
+      <c r="S308" t="s">
+        <v>26</v>
+      </c>
+      <c r="T308" t="s">
+        <v>26</v>
+      </c>
+      <c r="U308">
+        <v>63.65</v>
+      </c>
+    </row>
+    <row r="309" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A309">
+        <v>308</v>
+      </c>
+      <c r="B309" t="s">
+        <v>577</v>
+      </c>
+      <c r="C309" t="s">
+        <v>578</v>
+      </c>
+      <c r="E309" t="s">
+        <v>57</v>
+      </c>
+      <c r="F309" t="s">
+        <v>42</v>
+      </c>
+      <c r="G309" t="s">
+        <v>25</v>
+      </c>
+      <c r="H309">
+        <v>49</v>
+      </c>
+      <c r="I309" t="b">
+        <v>1</v>
+      </c>
+      <c r="J309" t="s">
+        <v>26</v>
+      </c>
+      <c r="K309">
+        <v>1</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>26</v>
+      </c>
+      <c r="N309" t="s">
+        <v>26</v>
+      </c>
+      <c r="O309" t="s">
+        <v>26</v>
+      </c>
+      <c r="P309">
+        <v>63.63</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>26</v>
+      </c>
+      <c r="R309" t="s">
+        <v>26</v>
+      </c>
+      <c r="S309" t="s">
+        <v>26</v>
+      </c>
+      <c r="T309" t="s">
+        <v>26</v>
+      </c>
+      <c r="U309">
+        <v>63.63</v>
+      </c>
+    </row>
+    <row r="310" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310" t="s">
+        <v>452</v>
+      </c>
+      <c r="C310" t="s">
+        <v>579</v>
+      </c>
+      <c r="E310" t="s">
+        <v>57</v>
+      </c>
+      <c r="F310" t="s">
+        <v>205</v>
+      </c>
+      <c r="G310" t="s">
+        <v>48</v>
+      </c>
+      <c r="H310">
+        <v>3</v>
+      </c>
+      <c r="I310" t="b">
+        <v>1</v>
+      </c>
+      <c r="J310" t="s">
+        <v>26</v>
+      </c>
+      <c r="K310">
+        <v>1</v>
+      </c>
+      <c r="L310" t="s">
+        <v>26</v>
+      </c>
+      <c r="M310" t="s">
+        <v>26</v>
+      </c>
+      <c r="N310" t="s">
+        <v>26</v>
+      </c>
+      <c r="O310" t="s">
+        <v>26</v>
+      </c>
+      <c r="P310">
+        <v>62.42</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>26</v>
+      </c>
+      <c r="R310" t="s">
+        <v>26</v>
+      </c>
+      <c r="S310" t="s">
+        <v>26</v>
+      </c>
+      <c r="T310" t="s">
+        <v>26</v>
+      </c>
+      <c r="U310">
+        <v>62.42</v>
+      </c>
+    </row>
+    <row r="311" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A311">
+        <v>310</v>
+      </c>
+      <c r="B311" t="s">
+        <v>580</v>
+      </c>
+      <c r="C311" t="s">
+        <v>581</v>
+      </c>
+      <c r="E311" t="s">
+        <v>57</v>
+      </c>
+      <c r="F311" t="s">
+        <v>42</v>
+      </c>
+      <c r="G311" t="s">
+        <v>48</v>
+      </c>
+      <c r="H311">
+        <v>25</v>
+      </c>
+      <c r="I311" t="b">
+        <v>1</v>
+      </c>
+      <c r="J311" t="s">
+        <v>26</v>
+      </c>
+      <c r="K311">
+        <v>1</v>
+      </c>
+      <c r="L311" t="s">
+        <v>26</v>
+      </c>
+      <c r="M311" t="s">
+        <v>26</v>
+      </c>
+      <c r="N311" t="s">
+        <v>26</v>
+      </c>
+      <c r="O311" t="s">
+        <v>26</v>
+      </c>
+      <c r="P311">
+        <v>58.89</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>26</v>
+      </c>
+      <c r="R311" t="s">
+        <v>26</v>
+      </c>
+      <c r="S311" t="s">
+        <v>26</v>
+      </c>
+      <c r="T311" t="s">
+        <v>26</v>
+      </c>
+      <c r="U311">
+        <v>58.89</v>
+      </c>
+    </row>
+    <row r="312" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A312">
+        <v>311</v>
+      </c>
+      <c r="B312" t="s">
+        <v>582</v>
+      </c>
+      <c r="C312" t="s">
+        <v>583</v>
+      </c>
+      <c r="E312" t="s">
+        <v>139</v>
+      </c>
+      <c r="F312" t="s">
+        <v>24</v>
+      </c>
+      <c r="G312" t="s">
+        <v>48</v>
+      </c>
+      <c r="H312">
+        <v>36</v>
+      </c>
+      <c r="I312" t="b">
+        <v>1</v>
+      </c>
+      <c r="J312" t="s">
+        <v>26</v>
+      </c>
+      <c r="K312">
+        <v>1</v>
+      </c>
+      <c r="L312" t="s">
+        <v>26</v>
+      </c>
+      <c r="M312" t="s">
+        <v>26</v>
+      </c>
+      <c r="N312">
+        <v>57.5</v>
+      </c>
+      <c r="O312" t="s">
+        <v>26</v>
+      </c>
+      <c r="P312" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>26</v>
+      </c>
+      <c r="R312" t="s">
+        <v>26</v>
+      </c>
+      <c r="S312" t="s">
+        <v>26</v>
+      </c>
+      <c r="T312" t="s">
+        <v>26</v>
+      </c>
+      <c r="U312">
+        <v>57.5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A313">
+        <v>312</v>
+      </c>
+      <c r="B313" t="s">
+        <v>65</v>
+      </c>
+      <c r="C313" t="s">
+        <v>241</v>
+      </c>
+      <c r="E313" t="s">
+        <v>242</v>
+      </c>
+      <c r="F313" t="s">
+        <v>24</v>
+      </c>
+      <c r="G313" t="s">
+        <v>25</v>
+      </c>
+      <c r="H313">
+        <v>76</v>
+      </c>
+      <c r="I313" t="b">
+        <v>1</v>
+      </c>
+      <c r="J313" t="s">
+        <v>26</v>
+      </c>
+      <c r="K313">
+        <v>1</v>
+      </c>
+      <c r="L313" t="s">
+        <v>26</v>
+      </c>
+      <c r="M313" t="s">
+        <v>26</v>
+      </c>
+      <c r="N313" t="s">
+        <v>26</v>
+      </c>
+      <c r="O313" t="s">
+        <v>26</v>
+      </c>
+      <c r="P313" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>26</v>
+      </c>
+      <c r="R313">
+        <v>56.74</v>
+      </c>
+      <c r="S313" t="s">
+        <v>26</v>
+      </c>
+      <c r="T313" t="s">
+        <v>26</v>
+      </c>
+      <c r="U313">
+        <v>56.74</v>
+      </c>
+    </row>
+    <row r="314" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A314">
+        <v>313</v>
+      </c>
+      <c r="B314" t="s">
+        <v>584</v>
+      </c>
+      <c r="C314" t="s">
+        <v>585</v>
+      </c>
+      <c r="D314">
+        <v>1538</v>
+      </c>
+      <c r="E314" t="s">
+        <v>57</v>
+      </c>
+      <c r="F314" t="s">
+        <v>42</v>
+      </c>
+      <c r="G314" t="s">
+        <v>48</v>
+      </c>
+      <c r="H314">
+        <v>26</v>
+      </c>
+      <c r="I314" t="b">
+        <v>1</v>
+      </c>
+      <c r="J314" t="s">
+        <v>26</v>
+      </c>
+      <c r="K314">
+        <v>1</v>
+      </c>
+      <c r="L314" t="s">
+        <v>26</v>
+      </c>
+      <c r="M314" t="s">
+        <v>26</v>
+      </c>
+      <c r="N314" t="s">
+        <v>26</v>
+      </c>
+      <c r="O314" t="s">
+        <v>26</v>
+      </c>
+      <c r="P314">
+        <v>55.52</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>26</v>
+      </c>
+      <c r="R314" t="s">
+        <v>26</v>
+      </c>
+      <c r="S314" t="s">
+        <v>26</v>
+      </c>
+      <c r="T314" t="s">
+        <v>26</v>
+      </c>
+      <c r="U314">
+        <v>55.52</v>
+      </c>
+    </row>
+    <row r="315" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A315">
+        <v>314</v>
+      </c>
+      <c r="B315" t="s">
+        <v>586</v>
+      </c>
+      <c r="C315" t="s">
+        <v>228</v>
+      </c>
+      <c r="E315" t="s">
+        <v>81</v>
+      </c>
+      <c r="F315" t="s">
+        <v>24</v>
+      </c>
+      <c r="G315" t="s">
+        <v>48</v>
+      </c>
+      <c r="H315">
+        <v>37</v>
+      </c>
+      <c r="I315" t="b">
+        <v>1</v>
+      </c>
+      <c r="J315" t="s">
+        <v>26</v>
+      </c>
+      <c r="K315">
+        <v>1</v>
+      </c>
+      <c r="L315">
         <v>55.31</v>
       </c>
-      <c r="M160" t="s">
-[...23 lines deleted...]
-      <c r="U160">
+      <c r="M315" t="s">
+        <v>26</v>
+      </c>
+      <c r="N315" t="s">
+        <v>26</v>
+      </c>
+      <c r="O315" t="s">
+        <v>26</v>
+      </c>
+      <c r="P315" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>26</v>
+      </c>
+      <c r="R315" t="s">
+        <v>26</v>
+      </c>
+      <c r="S315" t="s">
+        <v>26</v>
+      </c>
+      <c r="T315" t="s">
+        <v>26</v>
+      </c>
+      <c r="U315">
         <v>55.31</v>
+      </c>
+    </row>
+    <row r="316" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A316">
+        <v>315</v>
+      </c>
+      <c r="B316" t="s">
+        <v>587</v>
+      </c>
+      <c r="C316" t="s">
+        <v>588</v>
+      </c>
+      <c r="E316" t="s">
+        <v>57</v>
+      </c>
+      <c r="F316" t="s">
+        <v>150</v>
+      </c>
+      <c r="G316" t="s">
+        <v>48</v>
+      </c>
+      <c r="H316">
+        <v>2</v>
+      </c>
+      <c r="I316" t="b">
+        <v>1</v>
+      </c>
+      <c r="J316" t="s">
+        <v>26</v>
+      </c>
+      <c r="K316">
+        <v>1</v>
+      </c>
+      <c r="L316" t="s">
+        <v>26</v>
+      </c>
+      <c r="M316" t="s">
+        <v>26</v>
+      </c>
+      <c r="N316" t="s">
+        <v>26</v>
+      </c>
+      <c r="O316" t="s">
+        <v>26</v>
+      </c>
+      <c r="P316">
+        <v>51.64</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>26</v>
+      </c>
+      <c r="R316" t="s">
+        <v>26</v>
+      </c>
+      <c r="S316" t="s">
+        <v>26</v>
+      </c>
+      <c r="T316" t="s">
+        <v>26</v>
+      </c>
+      <c r="U316">
+        <v>51.64</v>
+      </c>
+    </row>
+    <row r="317" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A317">
+        <v>316</v>
+      </c>
+      <c r="B317" t="s">
+        <v>140</v>
+      </c>
+      <c r="C317" t="s">
+        <v>241</v>
+      </c>
+      <c r="E317" t="s">
+        <v>26</v>
+      </c>
+      <c r="F317" t="s">
+        <v>72</v>
+      </c>
+      <c r="G317" t="s">
+        <v>25</v>
+      </c>
+      <c r="H317">
+        <v>6</v>
+      </c>
+      <c r="I317" t="b">
+        <v>0</v>
+      </c>
+      <c r="J317" t="s">
+        <v>589</v>
+      </c>
+      <c r="K317">
+        <v>1</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>26</v>
+      </c>
+      <c r="N317" t="s">
+        <v>26</v>
+      </c>
+      <c r="O317" t="s">
+        <v>26</v>
+      </c>
+      <c r="P317" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>26</v>
+      </c>
+      <c r="R317">
+        <v>0</v>
+      </c>
+      <c r="S317" t="s">
+        <v>26</v>
+      </c>
+      <c r="T317" t="s">
+        <v>26</v>
+      </c>
+      <c r="U317">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">