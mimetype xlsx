--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4203" uniqueCount="590">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4569" uniqueCount="629">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -106,449 +106,467 @@
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Ford</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
   <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
+    <t>Wilf</t>
+  </si>
+  <si>
+    <t>EVANS</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>O'Keefe</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
+    <t>V40</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Tremblay</t>
+  </si>
+  <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Mollekin</t>
   </si>
   <si>
     <t>Steven</t>
   </si>
   <si>
     <t>Hepton</t>
   </si>
   <si>
-    <t>V40</t>
-[...1 lines deleted...]
-  <si>
     <t>Wes</t>
   </si>
   <si>
     <t>SHELDON</t>
   </si>
   <si>
+    <t>Talf</t>
+  </si>
+  <si>
+    <t>CARTER</t>
+  </si>
+  <si>
+    <t>Hereford Couriers</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Hooper</t>
+  </si>
+  <si>
+    <t>Sarn Helen</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Medcalf</t>
   </si>
   <si>
     <t>San Domenico RC</t>
   </si>
   <si>
-    <t>V50</t>
-[...1 lines deleted...]
-  <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Lages</t>
   </si>
   <si>
     <t>Briony</t>
   </si>
   <si>
     <t>Latter</t>
   </si>
   <si>
-    <t>Mynyddwyr de Cymru</t>
-[...1 lines deleted...]
-  <si>
     <t>F</t>
   </si>
   <si>
+    <t>Katie</t>
+  </si>
+  <si>
+    <t>Ironside</t>
+  </si>
+  <si>
     <t>TURNER</t>
   </si>
   <si>
     <t>Dale</t>
   </si>
   <si>
     <t>Meek</t>
   </si>
   <si>
-    <t>Wilf</t>
-[...5 lines deleted...]
-    <t>CDF Runners</t>
+    <t>Martin</t>
   </si>
   <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Lawson</t>
   </si>
   <si>
     <t>Chepstow Harriers</t>
   </si>
   <si>
-    <t>Martin</t>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Aberdare Valley</t>
   </si>
   <si>
     <t>Webb</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>Priestnall</t>
   </si>
   <si>
-    <t>Matt</t>
-[...8 lines deleted...]
-    <t>Tremblay</t>
+    <t>Jonah</t>
+  </si>
+  <si>
+    <t>Byrne</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Darke</t>
+  </si>
+  <si>
+    <t>Ben</t>
+  </si>
+  <si>
+    <t>Lowe</t>
+  </si>
+  <si>
+    <t>Stroud &amp; District AC</t>
   </si>
   <si>
     <t>Bethan</t>
   </si>
   <si>
     <t>Logan</t>
   </si>
   <si>
-    <t>Talf</t>
-[...17 lines deleted...]
-    <t>Sarn Helen</t>
+    <t>Dean</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Brycheiniog</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Whistance</t>
   </si>
   <si>
-    <t>Katie</t>
-[...2 lines deleted...]
-    <t>Ironside</t>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Moir</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>WFRA</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
     <t>Croft Ambrey RC</t>
   </si>
   <si>
+    <t>Alix</t>
+  </si>
+  <si>
+    <t>Arndt</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
     <t>Flora</t>
   </si>
   <si>
     <t>Gunner</t>
   </si>
   <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Harding</t>
+  </si>
+  <si>
     <t>Luke</t>
   </si>
   <si>
     <t>Poole Runners</t>
   </si>
   <si>
-    <t>Ryan</t>
-[...10 lines deleted...]
-  <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Bristol Up &amp; Runners</t>
   </si>
   <si>
     <t>Marc</t>
   </si>
   <si>
     <t>Whiting</t>
   </si>
   <si>
     <t>Weston Athletic Club</t>
   </si>
   <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Browne</t>
+  </si>
+  <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Bedwell</t>
   </si>
   <si>
     <t>Wye Valley Runners</t>
   </si>
   <si>
-    <t>Darke</t>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>CAMERON</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
   </si>
   <si>
     <t>Ellie</t>
   </si>
   <si>
     <t>Salisbury</t>
   </si>
   <si>
     <t>Rhedwyr Eryri Harriers</t>
   </si>
   <si>
     <t>Emma</t>
   </si>
   <si>
     <t>McWilliams</t>
   </si>
   <si>
     <t>Ashley</t>
   </si>
   <si>
     <t>MIDDLEWICK</t>
   </si>
   <si>
     <t>Thames Hare &amp; Hounds</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Tucker</t>
   </si>
   <si>
     <t>Billy</t>
   </si>
   <si>
     <t>Jackson</t>
   </si>
   <si>
-    <t>Ben</t>
-[...7 lines deleted...]
-  <si>
     <t>George</t>
   </si>
   <si>
     <t>PICKERING</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...8 lines deleted...]
-    <t>Byrne</t>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Aggleton</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>V75</t>
   </si>
   <si>
+    <t>Stott</t>
+  </si>
+  <si>
+    <t>Nikki</t>
+  </si>
+  <si>
+    <t>Childs</t>
+  </si>
+  <si>
     <t>Brett</t>
   </si>
   <si>
     <t>Mahoney</t>
   </si>
   <si>
-    <t>Alix</t>
-[...22 lines deleted...]
-  <si>
     <t>Farrer</t>
   </si>
   <si>
-    <t>Stewart</t>
-[...17 lines deleted...]
-    <t>Fairwater Runners</t>
+    <t>Gethin</t>
+  </si>
+  <si>
+    <t>Pontypridd Roadents</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Woodier</t>
   </si>
   <si>
-    <t>Mark</t>
-[...2 lines deleted...]
-    <t>CAMERON</t>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Barry And Vale Harriers</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Sowerby</t>
   </si>
   <si>
     <t>Brecon AC</t>
   </si>
   <si>
-    <t>Don</t>
-[...16 lines deleted...]
-  <si>
     <t>Sharon</t>
   </si>
   <si>
     <t>Woods</t>
   </si>
   <si>
     <t>Debbie</t>
   </si>
   <si>
     <t>Stenner</t>
   </si>
   <si>
     <t>Beverley</t>
   </si>
   <si>
-    <t>John</t>
-[...13 lines deleted...]
-  <si>
     <t>Tomas</t>
   </si>
   <si>
     <t>Black</t>
   </si>
   <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
     <t>Macklin</t>
   </si>
   <si>
     <t>Bagley</t>
   </si>
   <si>
     <t>Murrin</t>
   </si>
   <si>
     <t>Deanna</t>
   </si>
   <si>
     <t>MAMMATT</t>
   </si>
   <si>
     <t>Hereford Triathlon Club</t>
   </si>
   <si>
     <t>ZEALLEY</t>
   </si>
   <si>
     <t>Palmer</t>
   </si>
   <si>
     <t>Donnelly</t>
@@ -568,221 +586,287 @@
   <si>
     <t>Rebecca</t>
   </si>
   <si>
     <t>Lander</t>
   </si>
   <si>
     <t>Parc Bryn Bach Running Club</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Rumer</t>
   </si>
   <si>
     <t>Bleddyn</t>
   </si>
   <si>
     <t>Sasha</t>
   </si>
   <si>
     <t>Habgood</t>
   </si>
   <si>
+    <t>Keith</t>
+  </si>
+  <si>
     <t>Dickie</t>
   </si>
   <si>
     <t>Hudd</t>
   </si>
   <si>
     <t>Nick</t>
   </si>
   <si>
     <t>Sullivan</t>
   </si>
   <si>
+    <t>Rhydian</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
     <t>Michael</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
     <t>Phillips</t>
   </si>
   <si>
     <t>Trot</t>
   </si>
   <si>
-    <t>Gethin</t>
-[...10 lines deleted...]
-  <si>
     <t>Edwards</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Prosser</t>
   </si>
   <si>
     <t>Dark Peak Fell Runners</t>
   </si>
   <si>
     <t>HARPER</t>
   </si>
   <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>CDF</t>
+  </si>
+  <si>
     <t>Mammatt</t>
   </si>
   <si>
     <t>Hereford Tri</t>
   </si>
   <si>
     <t>V55</t>
   </si>
   <si>
+    <t>Morgan</t>
+  </si>
+  <si>
+    <t>Swindon Shin Splints</t>
+  </si>
+  <si>
+    <t>V45</t>
+  </si>
+  <si>
+    <t>Cassie</t>
+  </si>
+  <si>
+    <t>Summers</t>
+  </si>
+  <si>
+    <t>Les Croupiers RC</t>
+  </si>
+  <si>
     <t>Lucy</t>
   </si>
   <si>
     <t>SAMES</t>
   </si>
   <si>
+    <t>Nathaniel</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
     <t>Owen</t>
   </si>
   <si>
     <t>McLaughlin</t>
   </si>
   <si>
     <t>Forest of Dean AC</t>
   </si>
   <si>
     <t>O'Brien</t>
   </si>
   <si>
-    <t>Donna</t>
-[...4 lines deleted...]
-  <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Matty</t>
   </si>
   <si>
     <t>Nash</t>
   </si>
   <si>
     <t>V65</t>
   </si>
   <si>
+    <t>KING</t>
+  </si>
+  <si>
     <t>Hilary</t>
   </si>
   <si>
     <t>KEOGH</t>
   </si>
   <si>
     <t>Kath</t>
   </si>
   <si>
     <t>Hardwick</t>
   </si>
   <si>
     <t>Natalie</t>
   </si>
   <si>
     <t>JACKSON</t>
   </si>
   <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Chadwell</t>
+  </si>
+  <si>
     <t>Norman</t>
   </si>
   <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>East</t>
+  </si>
+  <si>
     <t>Pamela</t>
   </si>
   <si>
     <t>Suter</t>
   </si>
   <si>
+    <t>Anika</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
     <t>Rona</t>
   </si>
   <si>
-    <t>Davies</t>
-[...1 lines deleted...]
-  <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>Leeming</t>
   </si>
   <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Thornton</t>
+  </si>
+  <si>
     <t>Bryony</t>
   </si>
   <si>
+    <t>Tzevai</t>
+  </si>
+  <si>
+    <t>Chong</t>
+  </si>
+  <si>
     <t>Spearman</t>
   </si>
   <si>
     <t>OUSC</t>
   </si>
   <si>
     <t>Will</t>
   </si>
   <si>
     <t>Chalk</t>
   </si>
   <si>
     <t>Mynydd Du/newport Harriers</t>
   </si>
   <si>
     <t>Blore</t>
   </si>
   <si>
-    <t>Jon</t>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Amblin</t>
   </si>
   <si>
     <t>LIKE</t>
   </si>
   <si>
+    <t>Lewis</t>
+  </si>
+  <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Osman</t>
   </si>
   <si>
     <t>Crocodiles</t>
   </si>
   <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>Scholey</t>
+  </si>
+  <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Froley</t>
   </si>
   <si>
     <t>Cardiff Amateur AC</t>
   </si>
   <si>
     <t>GARDINER</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>Jarvis</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Tyler</t>
   </si>
   <si>
     <t>Harry</t>
@@ -808,83 +892,89 @@
   <si>
     <t>SAUNDERS</t>
   </si>
   <si>
     <t>Spirit Of Monmouth</t>
   </si>
   <si>
     <t>Legg</t>
   </si>
   <si>
     <t>Tommy</t>
   </si>
   <si>
     <t>Lees</t>
   </si>
   <si>
     <t>Kevin</t>
   </si>
   <si>
     <t>Fosbury</t>
   </si>
   <si>
     <t>Bridgend AC</t>
   </si>
   <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
     <t>Fawke</t>
   </si>
   <si>
     <t>Malvern Buzzards Running Club</t>
   </si>
   <si>
-    <t>Thomas</t>
-[...1 lines deleted...]
-  <si>
     <t>CHINNICK</t>
   </si>
   <si>
-    <t>Keith</t>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Battle</t>
+  </si>
+  <si>
+    <t>Ogmore Phoenix</t>
   </si>
   <si>
     <t>Williamson</t>
   </si>
   <si>
     <t>Ilkley Harriers</t>
   </si>
   <si>
     <t>Draper</t>
   </si>
   <si>
     <t>LAFFAN</t>
   </si>
   <si>
     <t>WINTERS</t>
   </si>
   <si>
-    <t>KING</t>
-[...1 lines deleted...]
-  <si>
     <t>Sandford</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
     <t>Munton</t>
   </si>
   <si>
     <t>Chorlton Runners</t>
   </si>
   <si>
     <t>Louie</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>MYNYDD DU CLIMBING &amp; MOUNTAINEERING CLUB</t>
   </si>
   <si>
     <t>BIGGS</t>
   </si>
   <si>
     <t>Reuben</t>
@@ -946,323 +1036,335 @@
   <si>
     <t>Ceri</t>
   </si>
   <si>
     <t>Merwood</t>
   </si>
   <si>
     <t>Dominic</t>
   </si>
   <si>
     <t>McLoughlin</t>
   </si>
   <si>
     <t>BOWEN</t>
   </si>
   <si>
     <t>COX</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>HUTCHISON</t>
   </si>
   <si>
-    <t>V45</t>
-[...1 lines deleted...]
-  <si>
     <t>Callum</t>
   </si>
   <si>
     <t>Nicholls</t>
   </si>
   <si>
     <t>Mackay</t>
   </si>
   <si>
     <t>Kani</t>
   </si>
   <si>
     <t>Hinshelwood</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Ruse</t>
   </si>
   <si>
     <t>Neath Harriers</t>
   </si>
   <si>
-    <t>Rhydian</t>
+    <t>TORDOFF</t>
+  </si>
+  <si>
+    <t>Cardiff Harlequins RC</t>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Lascelles</t>
   </si>
   <si>
+    <t>Byford</t>
+  </si>
+  <si>
     <t>Niki</t>
   </si>
   <si>
-    <t>Morgan</t>
-[...1 lines deleted...]
-  <si>
     <t>Laffen</t>
   </si>
   <si>
+    <t>Lucinda</t>
+  </si>
+  <si>
+    <t>Lumley</t>
+  </si>
+  <si>
     <t>Lauren</t>
   </si>
   <si>
     <t>WILLIAMS</t>
   </si>
   <si>
     <t>Caerleon</t>
   </si>
   <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Kenyon</t>
+  </si>
+  <si>
+    <t>Kent AC</t>
+  </si>
+  <si>
     <t>Harrison</t>
   </si>
   <si>
     <t>Mercia Fell Runners</t>
   </si>
   <si>
+    <t>Read</t>
+  </si>
+  <si>
     <t>MCLEAN</t>
   </si>
   <si>
     <t>Liddiatt</t>
   </si>
   <si>
     <t>Finlay</t>
   </si>
   <si>
     <t>Simpson</t>
   </si>
   <si>
     <t>Sam</t>
   </si>
   <si>
     <t>CHARRINGTON</t>
   </si>
   <si>
     <t>Lisa</t>
   </si>
   <si>
     <t>Jeffrey</t>
   </si>
   <si>
     <t>Jonny</t>
   </si>
   <si>
     <t>CAMPBELL</t>
   </si>
   <si>
     <t>Rachel</t>
   </si>
   <si>
     <t>FAWKE</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
     <t>Daf</t>
   </si>
   <si>
     <t>DAVIES</t>
   </si>
   <si>
     <t>Vegan Runners UK</t>
   </si>
   <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Potter</t>
+  </si>
+  <si>
     <t>David</t>
   </si>
   <si>
     <t>MCINTYRE</t>
   </si>
   <si>
     <t>LE GOOD</t>
   </si>
   <si>
     <t>Hedd</t>
   </si>
   <si>
     <t>JONES</t>
   </si>
   <si>
     <t>Bolton</t>
   </si>
   <si>
-    <t>Williams</t>
-[...1 lines deleted...]
-  <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Chamberlain</t>
   </si>
   <si>
     <t>Howard</t>
   </si>
   <si>
     <t>Friman</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Lomax</t>
   </si>
   <si>
     <t>Town &amp; Country Harriers</t>
   </si>
   <si>
     <t>Charlie</t>
   </si>
   <si>
     <t>SMITH</t>
   </si>
   <si>
     <t>Davidge</t>
   </si>
   <si>
+    <t>E Mulcahy</t>
+  </si>
+  <si>
     <t>Max</t>
   </si>
   <si>
     <t>Adamson</t>
   </si>
   <si>
     <t>NORTH LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
     <t>Kathy</t>
   </si>
   <si>
     <t>STRINGER</t>
   </si>
   <si>
     <t>MUNTON</t>
   </si>
   <si>
     <t>Rob</t>
   </si>
   <si>
     <t>BEVES</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>FORD</t>
   </si>
   <si>
     <t>Caerleon Running Club</t>
   </si>
   <si>
+    <t>Gabrielius</t>
+  </si>
+  <si>
+    <t>Stuokus</t>
+  </si>
+  <si>
     <t>Neil</t>
   </si>
   <si>
     <t>Coe</t>
   </si>
   <si>
     <t>Jarman</t>
   </si>
   <si>
     <t>Charles</t>
   </si>
   <si>
     <t>Marcus</t>
   </si>
   <si>
     <t>O'Connell</t>
   </si>
   <si>
     <t>Cuillin Dubh Running Club</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>BRADLEY-WALTON</t>
   </si>
   <si>
-    <t>Florence</t>
-[...7 lines deleted...]
-  <si>
     <t>Margesson</t>
   </si>
   <si>
     <t>Cox</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>Quin</t>
   </si>
   <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>Cordeaux</t>
   </si>
   <si>
     <t>Blake</t>
   </si>
   <si>
     <t>Viktoriia</t>
   </si>
   <si>
     <t>GUDYMA</t>
   </si>
   <si>
     <t>Creber</t>
   </si>
   <si>
     <t>Hurley</t>
   </si>
   <si>
     <t>Islwyn RC</t>
   </si>
   <si>
-    <t>Cassie</t>
-[...7 lines deleted...]
-  <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Bracey</t>
   </si>
   <si>
     <t>Khalid</t>
   </si>
   <si>
     <t>Qasrawi</t>
   </si>
   <si>
     <t>Elizabeth</t>
   </si>
   <si>
     <t>RICHARDS</t>
   </si>
   <si>
     <t>Darran</t>
   </si>
   <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Salter</t>
@@ -1276,155 +1378,176 @@
   <si>
     <t>GATHERER</t>
   </si>
   <si>
     <t>Dickens</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
     <t>LAURENT</t>
   </si>
   <si>
     <t>Eynsham Road Runners</t>
   </si>
   <si>
     <t>Appleyard</t>
   </si>
   <si>
     <t>Ogilvie</t>
   </si>
   <si>
     <t>Brackla Harries</t>
   </si>
   <si>
-    <t>Swindon Shin Splints</t>
-[...1 lines deleted...]
-  <si>
     <t>Bob</t>
   </si>
   <si>
     <t>Fell Runners Association</t>
   </si>
   <si>
     <t>JORDAN</t>
   </si>
   <si>
     <t>Team Kennet Triathlon &amp; AC</t>
   </si>
   <si>
+    <t>Parsons</t>
+  </si>
+  <si>
     <t>MORGAN</t>
   </si>
   <si>
     <t>Fairwater Runners Cwmbran</t>
   </si>
   <si>
-    <t>Nathaniel</t>
-[...5 lines deleted...]
-    <t>Steve</t>
+    <t>Janet</t>
+  </si>
+  <si>
+    <t>Holmes</t>
   </si>
   <si>
     <t>Harri</t>
   </si>
   <si>
     <t>Like</t>
   </si>
   <si>
     <t>POOLE</t>
   </si>
   <si>
     <t>Newent</t>
   </si>
   <si>
     <t>Wendy</t>
   </si>
   <si>
     <t>SHARPE-NASH</t>
   </si>
   <si>
     <t>Vanessa</t>
   </si>
   <si>
     <t>EDWARDS</t>
   </si>
   <si>
+    <t>Clive</t>
+  </si>
+  <si>
+    <t>Osmond</t>
+  </si>
+  <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
     <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
     <t>Brandt</t>
   </si>
   <si>
-    <t>Chadwell</t>
+    <t>Tombs</t>
   </si>
   <si>
     <t>WHEELER</t>
   </si>
   <si>
     <t>SMALLWOOD</t>
   </si>
   <si>
     <t>Liz</t>
   </si>
   <si>
     <t>SIMS</t>
   </si>
   <si>
     <t>Wigley</t>
   </si>
   <si>
     <t>LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
     <t>Jane</t>
   </si>
   <si>
     <t>Roscoe</t>
   </si>
   <si>
+    <t>Aileen</t>
+  </si>
+  <si>
+    <t>Lyons</t>
+  </si>
+  <si>
+    <t>Tomos</t>
+  </si>
+  <si>
+    <t>Pritchard</t>
+  </si>
+  <si>
     <t>Gwilliam</t>
   </si>
   <si>
     <t>Kate</t>
   </si>
   <si>
     <t>Builth and District</t>
   </si>
   <si>
+    <t>Carys</t>
+  </si>
+  <si>
+    <t>Quintero Lander</t>
+  </si>
+  <si>
     <t>Stark</t>
   </si>
   <si>
     <t>Pont-y-pwl &amp; District Runners</t>
   </si>
   <si>
     <t>EATON</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>Stadden</t>
   </si>
   <si>
     <t>Bitton Road Runners</t>
   </si>
   <si>
     <t>Brian</t>
   </si>
   <si>
     <t>GRIFFIN</t>
   </si>
   <si>
     <t>Annetts</t>
@@ -1459,74 +1582,95 @@
   <si>
     <t>Bridget</t>
   </si>
   <si>
     <t>HARDINGE</t>
   </si>
   <si>
     <t>Lonely Goat Rc</t>
   </si>
   <si>
     <t>Malachy</t>
   </si>
   <si>
     <t>DOYLE</t>
   </si>
   <si>
     <t>Adventure Running Donegal</t>
   </si>
   <si>
     <t>Lindsey</t>
   </si>
   <si>
     <t>Coode</t>
   </si>
   <si>
+    <t>Fry</t>
+  </si>
+  <si>
+    <t>Pegasus RC</t>
+  </si>
+  <si>
+    <t>Playle</t>
+  </si>
+  <si>
+    <t>Katherine</t>
+  </si>
+  <si>
+    <t>Howson</t>
+  </si>
+  <si>
     <t>Shari</t>
   </si>
   <si>
     <t>Finch</t>
   </si>
   <si>
     <t>Stefanie</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>Martyn</t>
   </si>
   <si>
     <t>JENKINS</t>
   </si>
   <si>
     <t>Bethany</t>
   </si>
   <si>
     <t>GWILLIAM</t>
   </si>
   <si>
+    <t>Ellen</t>
+  </si>
+  <si>
+    <t>Sugden</t>
+  </si>
+  <si>
     <t>Libby</t>
   </si>
   <si>
     <t>Lottie</t>
   </si>
   <si>
     <t>Milner</t>
   </si>
   <si>
     <t>Katy</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>DUNCAN</t>
   </si>
   <si>
     <t>Maixent</t>
   </si>
   <si>
     <t>GAILLARD</t>
   </si>
   <si>
     <t>POTTER</t>
@@ -1534,270 +1678,243 @@
   <si>
     <t>BOWIE</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
   <si>
     <t>Rhiannon</t>
   </si>
   <si>
     <t>HINCKS</t>
   </si>
   <si>
     <t>Rich</t>
   </si>
   <si>
     <t>BAKER</t>
   </si>
   <si>
     <t>Carl</t>
   </si>
   <si>
     <t>Brancher</t>
   </si>
   <si>
-    <t>Jack</t>
-[...1 lines deleted...]
-  <si>
     <t>Molyneux</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
     <t>Proctor</t>
   </si>
   <si>
-    <t>Tzevai</t>
-[...4 lines deleted...]
-  <si>
     <t>Woodward</t>
   </si>
   <si>
     <t>Stephanie</t>
   </si>
   <si>
     <t>FERRY</t>
   </si>
   <si>
     <t>Mccallum</t>
   </si>
   <si>
     <t>Portishead Running Club</t>
   </si>
   <si>
     <t>Judith</t>
   </si>
   <si>
     <t>OAKLEY</t>
   </si>
   <si>
     <t>Ricardo</t>
   </si>
   <si>
     <t>MARTINS</t>
   </si>
   <si>
-    <t>East</t>
-[...1 lines deleted...]
-  <si>
     <t>Dewsbury Road Runners</t>
   </si>
   <si>
+    <t>Fraser</t>
+  </si>
+  <si>
     <t>Denise</t>
   </si>
   <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Duffield</t>
   </si>
   <si>
     <t>Carrie</t>
   </si>
   <si>
     <t>MILNER</t>
   </si>
   <si>
     <t>None</t>
   </si>
   <si>
     <t>Brenda</t>
   </si>
   <si>
     <t>AVERY</t>
   </si>
   <si>
     <t>Dennis</t>
   </si>
   <si>
     <t>Tahalele</t>
   </si>
   <si>
     <t>Emerson Green RC</t>
   </si>
   <si>
     <t>Abi</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
-    <t>Michelle</t>
-[...4 lines deleted...]
-  <si>
     <t>Meyrick</t>
   </si>
   <si>
     <t>Deb</t>
   </si>
   <si>
     <t>Franklin</t>
   </si>
   <si>
     <t>Philippa</t>
   </si>
   <si>
     <t>Marriott</t>
   </si>
   <si>
-    <t>Thornton</t>
+    <t>O'Donnell</t>
   </si>
   <si>
     <t>Barbara</t>
   </si>
   <si>
     <t>MADDISON</t>
   </si>
   <si>
     <t>Shary</t>
   </si>
   <si>
     <t>Jessica</t>
   </si>
   <si>
     <t>Fogden</t>
   </si>
   <si>
     <t>Bryn</t>
   </si>
   <si>
     <t>FOGDEN</t>
   </si>
   <si>
     <t>GRIFFITHS</t>
   </si>
   <si>
     <t>Formula One Circuit Crew</t>
   </si>
   <si>
     <t>Jenni</t>
   </si>
   <si>
     <t>Bell</t>
   </si>
   <si>
-    <t>Anika</t>
-[...4 lines deleted...]
-  <si>
     <t>Karen</t>
   </si>
   <si>
     <t>Elvers</t>
   </si>
   <si>
     <t>Eira</t>
   </si>
   <si>
     <t>McCallum</t>
   </si>
   <si>
-    <t>Julie</t>
-[...7 lines deleted...]
-  <si>
     <t>Prestatyn Running Club</t>
   </si>
   <si>
     <t>Wesley</t>
   </si>
   <si>
     <t>HARRIS</t>
   </si>
   <si>
     <t>ECKERT</t>
   </si>
   <si>
     <t>REYNOLDS</t>
   </si>
   <si>
     <t>KENWARD-GIBBS</t>
   </si>
   <si>
     <t>The Running Social</t>
   </si>
   <si>
     <t>Stratton</t>
   </si>
   <si>
     <t>Bayliss</t>
   </si>
   <si>
     <t>Kim</t>
   </si>
   <si>
     <t>CARWARDINE</t>
   </si>
   <si>
-    <t>Jamie</t>
-[...1 lines deleted...]
-  <si>
     <t>GODDARD</t>
   </si>
   <si>
     <t>RYMER</t>
   </si>
   <si>
     <t>Corinna</t>
   </si>
   <si>
     <t>TANNIAN</t>
+  </si>
+  <si>
+    <t>Roshan</t>
+  </si>
+  <si>
+    <t>Khan</t>
   </si>
   <si>
     <t>Meghan</t>
   </si>
   <si>
     <t>Brickley</t>
   </si>
   <si>
     <t>Sonia</t>
   </si>
   <si>
     <t>Unsted</t>
   </si>
   <si>
     <t>Alison</t>
   </si>
   <si>
     <t>Margaret</t>
   </si>
   <si>
     <t>Griffiths</t>
   </si>
   <si>
     <t>NotEnoughCompletedRaces</t>
   </si>
@@ -2158,51 +2275,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:U317"/>
+  <dimension ref="A1:U347"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2236,165 +2353,168 @@
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
       <c r="T1" t="s">
         <v>19</v>
       </c>
       <c r="U1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
+      <c r="D2">
+        <v>2585</v>
+      </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>24</v>
       </c>
       <c r="G2" t="s">
         <v>25</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>26</v>
       </c>
       <c r="K2">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L2">
         <v>146.66</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2">
         <v>142.62</v>
       </c>
       <c r="O2">
         <v>146.44</v>
       </c>
       <c r="P2">
         <v>157.91</v>
       </c>
       <c r="Q2">
         <v>156.25</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
-      <c r="S2" t="s">
-        <v>26</v>
+      <c r="S2">
+        <v>147.73</v>
       </c>
       <c r="T2" t="s">
         <v>26</v>
       </c>
       <c r="U2">
-        <v>749.88</v>
+        <v>754.99</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3" t="s">
         <v>28</v>
       </c>
       <c r="D3">
         <v>1690</v>
       </c>
       <c r="E3" t="s">
         <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>26</v>
       </c>
       <c r="K3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L3" t="s">
         <v>26</v>
       </c>
       <c r="M3">
         <v>137</v>
       </c>
       <c r="N3">
         <v>140.99</v>
       </c>
       <c r="O3">
         <v>141</v>
       </c>
       <c r="P3">
         <v>155.86</v>
       </c>
       <c r="Q3">
         <v>149.33</v>
       </c>
       <c r="R3">
         <v>154.98</v>
       </c>
-      <c r="S3" t="s">
-        <v>26</v>
+      <c r="S3">
+        <v>145.35</v>
       </c>
       <c r="T3" t="s">
         <v>26</v>
       </c>
       <c r="U3">
-        <v>742.16</v>
+        <v>746.52</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="D4">
         <v>1798</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>24</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4">
@@ -2429,19763 +2549,21692 @@
       </c>
       <c r="R4" t="s">
         <v>26</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>26</v>
       </c>
       <c r="U4">
         <v>704.7</v>
       </c>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
-        <v>999</v>
+        <v>2146</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5">
         <v>4</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
-      <c r="M5">
-        <v>125.47</v>
+      <c r="M5" t="s">
+        <v>26</v>
       </c>
       <c r="N5">
-        <v>126.9</v>
+        <v>128.77</v>
       </c>
       <c r="O5">
-        <v>132.45</v>
+        <v>140.02</v>
       </c>
       <c r="P5">
-        <v>141.52</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>144.33</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>26</v>
+      </c>
+      <c r="R5">
+        <v>145.98</v>
+      </c>
+      <c r="S5">
+        <v>137.73</v>
       </c>
       <c r="T5" t="s">
         <v>26</v>
       </c>
       <c r="U5">
-        <v>662.75</v>
+        <v>696.83</v>
       </c>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6">
-        <v>1093</v>
+        <v>1216</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>26</v>
       </c>
       <c r="K6">
         <v>5</v>
       </c>
       <c r="L6">
-        <v>116.48</v>
+        <v>120.39</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6">
-        <v>124.32</v>
+        <v>128.8</v>
       </c>
       <c r="P6">
-        <v>132.83</v>
-[...2 lines deleted...]
-        <v>128.38</v>
+        <v>142.02</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>26</v>
       </c>
       <c r="R6">
-        <v>135.32</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>143.98</v>
+      </c>
+      <c r="S6">
+        <v>133.8</v>
       </c>
       <c r="T6" t="s">
         <v>26</v>
       </c>
       <c r="U6">
-        <v>637.33</v>
+        <v>668.99</v>
       </c>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7">
+        <v>2077</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>26</v>
       </c>
       <c r="K7">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="L7">
-        <v>114.66</v>
-[...2 lines deleted...]
-        <v>118.95</v>
+        <v>126.23</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
       </c>
       <c r="N7">
-        <v>110.68</v>
-[...2 lines deleted...]
-        <v>119.81</v>
+        <v>131.65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>26</v>
       </c>
       <c r="P7">
-        <v>132.17</v>
-[...2 lines deleted...]
-        <v>128.78</v>
+        <v>148.16</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>26</v>
       </c>
       <c r="R7">
-        <v>126.66</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>117.84</v>
+      </c>
+      <c r="S7">
+        <v>140.58</v>
       </c>
       <c r="T7" t="s">
         <v>26</v>
       </c>
       <c r="U7">
-        <v>626.37</v>
+        <v>664.46</v>
       </c>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D8">
-        <v>1126</v>
+        <v>999</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>26</v>
       </c>
       <c r="K8">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>106.14</v>
+        <v>5</v>
+      </c>
+      <c r="L8" t="s">
+        <v>26</v>
       </c>
       <c r="M8">
-        <v>114.84</v>
+        <v>125.47</v>
       </c>
       <c r="N8">
-        <v>106.43</v>
+        <v>126.9</v>
       </c>
       <c r="O8">
-        <v>111.78</v>
+        <v>132.45</v>
       </c>
       <c r="P8">
-        <v>129.67</v>
+        <v>141.52</v>
       </c>
       <c r="Q8">
-        <v>126.03</v>
-[...2 lines deleted...]
-        <v>132.73</v>
+        <v>136.41</v>
+      </c>
+      <c r="R8" t="s">
+        <v>26</v>
       </c>
       <c r="S8" t="s">
         <v>26</v>
       </c>
       <c r="T8" t="s">
         <v>26</v>
       </c>
       <c r="U8">
-        <v>615.05</v>
+        <v>662.75</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9">
-        <v>2320</v>
+        <v>1093</v>
       </c>
       <c r="E9" t="s">
         <v>29</v>
       </c>
       <c r="F9" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>26</v>
       </c>
       <c r="K9">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>104.62</v>
+        <v>6</v>
+      </c>
+      <c r="L9">
+        <v>116.48</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9">
-        <v>114.74</v>
+        <v>124.32</v>
       </c>
       <c r="P9">
-        <v>127.87</v>
+        <v>132.83</v>
       </c>
       <c r="Q9">
-        <v>124.09</v>
+        <v>128.38</v>
       </c>
       <c r="R9">
-        <v>126.53</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>135.32</v>
+      </c>
+      <c r="S9">
+        <v>124.02</v>
       </c>
       <c r="T9" t="s">
         <v>26</v>
       </c>
       <c r="U9">
-        <v>597.85</v>
+        <v>644.87</v>
       </c>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10">
-        <v>1513</v>
+        <v>2292</v>
       </c>
       <c r="E10" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H10">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>26</v>
       </c>
       <c r="K10">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>8</v>
+      </c>
+      <c r="L10">
+        <v>114.66</v>
       </c>
       <c r="M10">
-        <v>109.71</v>
+        <v>118.95</v>
       </c>
       <c r="N10">
-        <v>106.11</v>
+        <v>110.68</v>
       </c>
       <c r="O10">
-        <v>114.69</v>
+        <v>119.81</v>
       </c>
       <c r="P10">
-        <v>119.41</v>
+        <v>132.17</v>
       </c>
       <c r="Q10">
-        <v>117.84</v>
+        <v>128.78</v>
       </c>
       <c r="R10">
-        <v>124.54</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>126.66</v>
+      </c>
+      <c r="S10">
+        <v>124.72</v>
       </c>
       <c r="T10" t="s">
         <v>26</v>
       </c>
       <c r="U10">
-        <v>586.19</v>
+        <v>632.14</v>
       </c>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
+        <v>48</v>
+      </c>
+      <c r="D11">
+        <v>2508</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
         <v>25</v>
       </c>
       <c r="H11">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>26</v>
       </c>
       <c r="K11">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>111.65</v>
+        <v>5</v>
+      </c>
+      <c r="L11" t="s">
+        <v>26</v>
       </c>
       <c r="M11">
-        <v>112.55</v>
-[...5 lines deleted...]
-        <v>115.39</v>
+        <v>112.73</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>26</v>
       </c>
       <c r="P11">
-        <v>123.4</v>
+        <v>127.53</v>
       </c>
       <c r="Q11">
-        <v>121.8</v>
+        <v>129.35</v>
       </c>
       <c r="R11">
-        <v>111.17</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>134.32</v>
+      </c>
+      <c r="S11">
+        <v>126</v>
       </c>
       <c r="T11" t="s">
         <v>26</v>
       </c>
       <c r="U11">
-        <v>584.79</v>
+        <v>629.93</v>
       </c>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="D12">
+        <v>2482</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G12" t="s">
         <v>25</v>
       </c>
       <c r="H12">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
       <c r="K12">
         <v>5</v>
       </c>
-      <c r="L12" t="s">
-        <v>26</v>
+      <c r="L12">
+        <v>118.62</v>
       </c>
       <c r="M12">
-        <v>110.43</v>
-[...5 lines deleted...]
-        <v>114.61</v>
+        <v>119.69</v>
+      </c>
+      <c r="N12">
+        <v>123.68</v>
+      </c>
+      <c r="O12" t="s">
+        <v>26</v>
       </c>
       <c r="P12">
-        <v>131.23</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>137.63</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>26</v>
+      </c>
+      <c r="R12" t="s">
+        <v>26</v>
+      </c>
+      <c r="S12">
+        <v>126.92</v>
       </c>
       <c r="T12" t="s">
         <v>26</v>
       </c>
       <c r="U12">
-        <v>582.39</v>
+        <v>626.54</v>
       </c>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D13">
-        <v>2146</v>
+        <v>1126</v>
       </c>
       <c r="E13" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" t="s">
         <v>54</v>
       </c>
-      <c r="F13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G13" t="s">
         <v>25</v>
       </c>
       <c r="H13">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>26</v>
       </c>
       <c r="K13">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>8</v>
+      </c>
+      <c r="L13">
+        <v>106.14</v>
+      </c>
+      <c r="M13">
+        <v>114.84</v>
       </c>
       <c r="N13">
-        <v>128.77</v>
+        <v>106.43</v>
       </c>
       <c r="O13">
-        <v>140.02</v>
+        <v>111.78</v>
       </c>
       <c r="P13">
-        <v>144.33</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>129.67</v>
+      </c>
+      <c r="Q13">
+        <v>126.03</v>
       </c>
       <c r="R13">
-        <v>145.98</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>132.73</v>
+      </c>
+      <c r="S13">
+        <v>119.24</v>
       </c>
       <c r="T13" t="s">
         <v>26</v>
       </c>
       <c r="U13">
-        <v>559.1</v>
+        <v>622.51</v>
       </c>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D14">
-        <v>1223</v>
+        <v>2320</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G14" t="s">
         <v>25</v>
       </c>
       <c r="H14">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>26</v>
       </c>
       <c r="K14">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>114.82</v>
+        <v>6</v>
+      </c>
+      <c r="L14" t="s">
+        <v>26</v>
       </c>
       <c r="M14">
-        <v>102.76</v>
+        <v>104.62</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="O14" t="s">
-        <v>26</v>
+      <c r="O14">
+        <v>114.74</v>
       </c>
       <c r="P14">
-        <v>121.47</v>
+        <v>127.87</v>
       </c>
       <c r="Q14">
-        <v>116.7</v>
+        <v>124.09</v>
       </c>
       <c r="R14">
-        <v>103.12</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>126.53</v>
+      </c>
+      <c r="S14">
+        <v>116.39</v>
       </c>
       <c r="T14" t="s">
         <v>26</v>
       </c>
       <c r="U14">
-        <v>558.87</v>
+        <v>609.62</v>
       </c>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D15">
-        <v>2459</v>
+        <v>1513</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G15" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>26</v>
       </c>
       <c r="K15">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>99.28</v>
+        <v>7</v>
+      </c>
+      <c r="L15" t="s">
+        <v>26</v>
       </c>
       <c r="M15">
-        <v>108.65</v>
+        <v>109.71</v>
       </c>
       <c r="N15">
-        <v>106.22</v>
+        <v>106.11</v>
       </c>
       <c r="O15">
-        <v>114.01</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>114.69</v>
+      </c>
+      <c r="P15">
+        <v>119.41</v>
       </c>
       <c r="Q15">
-        <v>118.03</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>117.84</v>
+      </c>
+      <c r="R15">
+        <v>124.54</v>
+      </c>
+      <c r="S15">
+        <v>113.79</v>
       </c>
       <c r="T15" t="s">
         <v>26</v>
       </c>
       <c r="U15">
-        <v>546.19</v>
+        <v>590.27</v>
       </c>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C16" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16">
+        <v>1131</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" t="s">
         <v>62</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>26</v>
       </c>
       <c r="K16">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>102.42</v>
+        <v>5</v>
+      </c>
+      <c r="L16" t="s">
+        <v>26</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
       </c>
       <c r="N16">
-        <v>92.99</v>
-[...2 lines deleted...]
-        <v>109.48</v>
+        <v>106.81</v>
+      </c>
+      <c r="O16" t="s">
+        <v>26</v>
       </c>
       <c r="P16">
-        <v>119.41</v>
+        <v>121.22</v>
       </c>
       <c r="Q16">
-        <v>108.21</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>120.08</v>
+      </c>
+      <c r="R16">
+        <v>126.59</v>
+      </c>
+      <c r="S16">
+        <v>113.47</v>
       </c>
       <c r="T16" t="s">
         <v>26</v>
       </c>
       <c r="U16">
-        <v>540.67</v>
+        <v>588.17</v>
       </c>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D17">
-        <v>1216</v>
+        <v>1413</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G17" t="s">
         <v>25</v>
       </c>
       <c r="H17">
         <v>4</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>26</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L17">
-        <v>120.39</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>111.65</v>
+      </c>
+      <c r="M17">
+        <v>112.55</v>
+      </c>
+      <c r="N17">
+        <v>106</v>
       </c>
       <c r="O17">
-        <v>128.8</v>
+        <v>115.39</v>
       </c>
       <c r="P17">
-        <v>142.02</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>123.4</v>
+      </c>
+      <c r="Q17">
+        <v>121.8</v>
       </c>
       <c r="R17">
-        <v>143.98</v>
+        <v>111.17</v>
       </c>
       <c r="S17" t="s">
         <v>26</v>
       </c>
       <c r="T17" t="s">
         <v>26</v>
       </c>
       <c r="U17">
-        <v>535.19</v>
+        <v>584.79</v>
       </c>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D18">
-        <v>2077</v>
+        <v>2487</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F18" t="s">
         <v>24</v>
       </c>
       <c r="G18" t="s">
         <v>25</v>
       </c>
       <c r="H18">
         <v>8</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>26</v>
       </c>
       <c r="K18">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L18" t="s">
+        <v>26</v>
+      </c>
+      <c r="M18">
+        <v>110.43</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18">
+        <v>114.61</v>
       </c>
       <c r="P18">
-        <v>148.16</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>131.23</v>
+      </c>
+      <c r="Q18">
+        <v>128.15</v>
       </c>
       <c r="R18">
-        <v>117.84</v>
+        <v>97.97</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>26</v>
       </c>
       <c r="U18">
-        <v>523.88</v>
+        <v>582.39</v>
       </c>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="D19">
-        <v>1753</v>
+        <v>2449</v>
       </c>
       <c r="E19" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G19" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>26</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
-      <c r="M19" t="s">
-[...6 lines deleted...]
-        <v>125.45</v>
+      <c r="M19">
+        <v>112.61</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>26</v>
       </c>
       <c r="P19">
-        <v>128.28</v>
+        <v>116.01</v>
       </c>
       <c r="Q19">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>115.54</v>
+      </c>
+      <c r="R19">
+        <v>118.69</v>
+      </c>
+      <c r="S19">
+        <v>111.4</v>
       </c>
       <c r="T19" t="s">
         <v>26</v>
       </c>
       <c r="U19">
-        <v>505.5</v>
+        <v>574.25</v>
       </c>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>69</v>
       </c>
       <c r="C20" t="s">
         <v>70</v>
       </c>
+      <c r="D20">
+        <v>1223</v>
+      </c>
       <c r="E20" t="s">
         <v>71</v>
       </c>
       <c r="F20" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="G20" t="s">
         <v>25</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>26</v>
       </c>
       <c r="K20">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>6</v>
+      </c>
+      <c r="L20">
+        <v>114.82</v>
       </c>
       <c r="M20">
-        <v>112.73</v>
+        <v>102.76</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>26</v>
       </c>
       <c r="P20">
-        <v>127.53</v>
+        <v>121.47</v>
       </c>
       <c r="Q20">
-        <v>129.35</v>
+        <v>116.7</v>
       </c>
       <c r="R20">
-        <v>134.32</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>103.12</v>
+      </c>
+      <c r="S20">
+        <v>114.06</v>
       </c>
       <c r="T20" t="s">
         <v>26</v>
       </c>
       <c r="U20">
-        <v>503.93</v>
+        <v>570.17</v>
       </c>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" t="s">
         <v>73</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21">
+        <v>1827</v>
+      </c>
+      <c r="E21" t="s">
         <v>74</v>
       </c>
-      <c r="D21">
-[...4 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G21" t="s">
         <v>25</v>
       </c>
       <c r="H21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>26</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L21">
-        <v>118.62</v>
-[...20 lines deleted...]
-        <v>26</v>
+        <v>109.6</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21">
+        <v>100.67</v>
+      </c>
+      <c r="P21" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q21">
+        <v>118.42</v>
+      </c>
+      <c r="R21">
+        <v>121.41</v>
+      </c>
+      <c r="S21">
+        <v>114.48</v>
       </c>
       <c r="T21" t="s">
         <v>26</v>
       </c>
       <c r="U21">
-        <v>499.62</v>
+        <v>564.58</v>
       </c>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D22">
-        <v>1184</v>
+        <v>2459</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G22" t="s">
         <v>25</v>
       </c>
       <c r="H22">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L22">
-        <v>118.97</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>99.28</v>
+      </c>
+      <c r="M22">
+        <v>108.65</v>
       </c>
       <c r="N22">
-        <v>106.54</v>
+        <v>106.22</v>
       </c>
       <c r="O22">
-        <v>123.41</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>114.01</v>
+      </c>
+      <c r="P22" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q22">
+        <v>118.03</v>
       </c>
       <c r="R22" t="s">
         <v>26</v>
       </c>
-      <c r="S22" t="s">
-        <v>26</v>
+      <c r="S22">
+        <v>111.96</v>
       </c>
       <c r="T22" t="s">
         <v>26</v>
       </c>
       <c r="U22">
-        <v>483.08</v>
+        <v>558.87</v>
       </c>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" t="s">
         <v>78</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1131</v>
+        <v>1744</v>
       </c>
       <c r="E23" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F23" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G23" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>26</v>
       </c>
       <c r="K23">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>6</v>
+      </c>
+      <c r="L23">
+        <v>101.15</v>
+      </c>
+      <c r="M23">
+        <v>102.42</v>
       </c>
       <c r="N23">
-        <v>106.81</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>92.99</v>
+      </c>
+      <c r="O23">
+        <v>109.48</v>
       </c>
       <c r="P23">
-        <v>121.22</v>
+        <v>119.41</v>
       </c>
       <c r="Q23">
-        <v>120.08</v>
-[...2 lines deleted...]
-        <v>126.59</v>
+        <v>108.21</v>
+      </c>
+      <c r="R23" t="s">
+        <v>26</v>
       </c>
       <c r="S23" t="s">
         <v>26</v>
       </c>
       <c r="T23" t="s">
         <v>26</v>
       </c>
       <c r="U23">
-        <v>474.7</v>
+        <v>540.67</v>
       </c>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="C24" t="s">
         <v>80</v>
       </c>
       <c r="D24">
-        <v>1370</v>
+        <v>2509</v>
       </c>
       <c r="E24" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="F24" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
         <v>25</v>
       </c>
       <c r="H24">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>26</v>
       </c>
       <c r="K24">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>90.23</v>
+        <v>4</v>
+      </c>
+      <c r="L24" t="s">
+        <v>26</v>
       </c>
       <c r="M24">
-        <v>84.83</v>
-[...11 lines deleted...]
-        <v>98.41</v>
+        <v>120.19</v>
+      </c>
+      <c r="N24">
+        <v>123.21</v>
+      </c>
+      <c r="O24" t="s">
+        <v>26</v>
+      </c>
+      <c r="P24" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>26</v>
       </c>
       <c r="R24">
-        <v>95.71</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>145.34</v>
+      </c>
+      <c r="S24">
+        <v>136.5</v>
       </c>
       <c r="T24" t="s">
         <v>26</v>
       </c>
       <c r="U24">
-        <v>466.35</v>
+        <v>525.24</v>
       </c>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="D25">
-        <v>2449</v>
+        <v>1378</v>
       </c>
       <c r="E25" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="F25" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G25" t="s">
         <v>25</v>
       </c>
       <c r="H25">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>26</v>
       </c>
       <c r="K25">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>5</v>
+      </c>
+      <c r="L25">
+        <v>104.28</v>
       </c>
       <c r="M25">
-        <v>112.61</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>102.37</v>
+      </c>
+      <c r="N25">
+        <v>93.97</v>
       </c>
       <c r="O25" t="s">
         <v>26</v>
       </c>
       <c r="P25">
-        <v>116.01</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>115.84</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>26</v>
+      </c>
+      <c r="R25" t="s">
+        <v>26</v>
+      </c>
+      <c r="S25">
+        <v>106.82</v>
       </c>
       <c r="T25" t="s">
         <v>26</v>
       </c>
       <c r="U25">
-        <v>462.85</v>
+        <v>523.28</v>
       </c>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C26" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D26">
-        <v>1506</v>
+        <v>1665</v>
       </c>
       <c r="E26" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F26" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G26" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H26">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>26</v>
       </c>
       <c r="K26">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>89.14</v>
+        <v>4</v>
+      </c>
+      <c r="L26" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
-      <c r="O26">
-        <v>91.29</v>
+      <c r="O26" t="s">
+        <v>26</v>
       </c>
       <c r="P26">
-        <v>95.32</v>
+        <v>132.97</v>
       </c>
       <c r="Q26">
-        <v>89.2</v>
+        <v>131.16</v>
       </c>
       <c r="R26">
-        <v>93.19</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>133.12</v>
+      </c>
+      <c r="S26">
+        <v>125.42</v>
       </c>
       <c r="T26" t="s">
         <v>26</v>
       </c>
       <c r="U26">
-        <v>458.14</v>
+        <v>522.67</v>
       </c>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D27">
-        <v>1169</v>
+        <v>1753</v>
       </c>
       <c r="E27" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="F27" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H27">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>26</v>
       </c>
       <c r="K27">
         <v>4</v>
       </c>
-      <c r="L27">
-        <v>104.55</v>
+      <c r="L27" t="s">
+        <v>26</v>
       </c>
       <c r="M27" t="s">
         <v>26</v>
       </c>
       <c r="N27">
-        <v>112.88</v>
+        <v>122.77</v>
       </c>
       <c r="O27">
-        <v>110.8</v>
-[...8 lines deleted...]
-        <v>124.8</v>
+        <v>125.45</v>
+      </c>
+      <c r="P27">
+        <v>128.28</v>
+      </c>
+      <c r="Q27">
+        <v>129</v>
+      </c>
+      <c r="R27" t="s">
+        <v>26</v>
       </c>
       <c r="S27" t="s">
         <v>26</v>
       </c>
       <c r="T27" t="s">
         <v>26</v>
       </c>
       <c r="U27">
-        <v>453.03</v>
+        <v>505.5</v>
       </c>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C28" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D28">
-        <v>1827</v>
+        <v>2187</v>
       </c>
       <c r="E28" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F28" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G28" t="s">
         <v>25</v>
       </c>
       <c r="H28">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>26</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
-        <v>109.6</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>112.27</v>
+      </c>
+      <c r="M28">
+        <v>114.32</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
-      <c r="O28">
-        <v>100.67</v>
+      <c r="O28" t="s">
+        <v>26</v>
       </c>
       <c r="P28" t="s">
         <v>26</v>
       </c>
-      <c r="Q28">
-        <v>118.42</v>
+      <c r="Q28" t="s">
+        <v>26</v>
       </c>
       <c r="R28">
-        <v>121.41</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>133.74</v>
+      </c>
+      <c r="S28">
+        <v>123.14</v>
       </c>
       <c r="T28" t="s">
         <v>26</v>
       </c>
       <c r="U28">
-        <v>450.1</v>
+        <v>483.47</v>
       </c>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C29" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D29">
-        <v>1666</v>
+        <v>1184</v>
       </c>
       <c r="E29" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="F29" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G29" t="s">
         <v>25</v>
       </c>
       <c r="H29">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>26</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
-        <v>112.74</v>
+        <v>118.97</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29">
-        <v>101.48</v>
+        <v>106.54</v>
       </c>
       <c r="O29">
-        <v>116.86</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>123.41</v>
+      </c>
+      <c r="P29">
+        <v>134.16</v>
       </c>
       <c r="Q29" t="s">
         <v>26</v>
       </c>
-      <c r="R29">
-        <v>118.98</v>
+      <c r="R29" t="s">
+        <v>26</v>
       </c>
       <c r="S29" t="s">
         <v>26</v>
       </c>
       <c r="T29" t="s">
         <v>26</v>
       </c>
       <c r="U29">
-        <v>450.06</v>
+        <v>483.08</v>
       </c>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C30" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D30">
-        <v>2308</v>
+        <v>881</v>
       </c>
       <c r="E30" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="F30" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G30" t="s">
         <v>25</v>
       </c>
       <c r="H30">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>26</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
-      <c r="M30">
-        <v>110.37</v>
+      <c r="M30" t="s">
+        <v>26</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30">
-        <v>104.48</v>
+        <v>97.5</v>
       </c>
       <c r="P30">
-        <v>115.62</v>
+        <v>101.19</v>
       </c>
       <c r="Q30">
-        <v>110.23</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>95.68</v>
+      </c>
+      <c r="R30">
+        <v>95.48</v>
+      </c>
+      <c r="S30">
+        <v>89.48</v>
       </c>
       <c r="T30" t="s">
         <v>26</v>
       </c>
       <c r="U30">
-        <v>440.7</v>
+        <v>479.33</v>
       </c>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="s">
         <v>96</v>
       </c>
       <c r="D31">
-        <v>2364</v>
+        <v>964</v>
       </c>
       <c r="E31" t="s">
         <v>97</v>
       </c>
       <c r="F31" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G31" t="s">
         <v>25</v>
       </c>
       <c r="H31">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>26</v>
       </c>
       <c r="K31">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>80.69</v>
+        <v>4</v>
+      </c>
+      <c r="L31">
+        <v>113.77</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31">
-        <v>86.16</v>
-[...5 lines deleted...]
-        <v>87.64</v>
+        <v>119.9</v>
+      </c>
+      <c r="P31" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>26</v>
       </c>
       <c r="R31">
-        <v>72.82</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>127.44</v>
+      </c>
+      <c r="S31">
+        <v>115.84</v>
       </c>
       <c r="T31" t="s">
         <v>26</v>
       </c>
       <c r="U31">
-        <v>419.06</v>
+        <v>476.95</v>
       </c>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="C32" t="s">
         <v>98</v>
       </c>
       <c r="D32">
-        <v>1378</v>
+        <v>1370</v>
       </c>
       <c r="E32" t="s">
-        <v>47</v>
+        <v>99</v>
       </c>
       <c r="F32" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G32" t="s">
         <v>25</v>
       </c>
       <c r="H32">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>26</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L32">
-        <v>104.28</v>
+        <v>90.23</v>
       </c>
       <c r="M32">
-        <v>102.37</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>84.83</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32">
+        <v>82.13</v>
       </c>
       <c r="P32">
-        <v>115.84</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>97.17</v>
+      </c>
+      <c r="Q32">
+        <v>98.41</v>
+      </c>
+      <c r="R32">
+        <v>95.71</v>
       </c>
       <c r="S32" t="s">
         <v>26</v>
       </c>
       <c r="T32" t="s">
         <v>26</v>
       </c>
       <c r="U32">
-        <v>416.46</v>
+        <v>466.35</v>
       </c>
     </row>
     <row r="33" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C33" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D33">
-        <v>250</v>
+        <v>2370</v>
       </c>
       <c r="E33" t="s">
-        <v>101</v>
+        <v>53</v>
       </c>
       <c r="F33" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G33" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H33">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>26</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
-        <v>87.49</v>
+        <v>90.79</v>
       </c>
       <c r="M33">
-        <v>83.69</v>
+        <v>91.84</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33">
-        <v>85.89</v>
+        <v>85.79</v>
       </c>
       <c r="P33">
-        <v>83.25</v>
+        <v>103.81</v>
       </c>
       <c r="Q33" t="s">
         <v>26</v>
       </c>
-      <c r="R33">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R33" t="s">
+        <v>26</v>
+      </c>
+      <c r="S33">
+        <v>93.99</v>
       </c>
       <c r="T33" t="s">
         <v>26</v>
       </c>
       <c r="U33">
-        <v>412.55</v>
+        <v>466.22</v>
       </c>
     </row>
     <row r="34" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="s">
         <v>103</v>
       </c>
       <c r="D34">
-        <v>267</v>
+        <v>981</v>
       </c>
       <c r="E34" t="s">
         <v>29</v>
       </c>
       <c r="F34" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G34" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>26</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
-      <c r="L34">
-        <v>101.46</v>
+      <c r="L34" t="s">
+        <v>26</v>
       </c>
       <c r="M34" t="s">
         <v>26</v>
       </c>
-      <c r="N34">
-        <v>94.29</v>
+      <c r="N34" t="s">
+        <v>26</v>
       </c>
       <c r="O34">
-        <v>102.64</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>116.32</v>
+      </c>
+      <c r="P34" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q34">
+        <v>121.24</v>
+      </c>
+      <c r="R34">
+        <v>104.41</v>
+      </c>
+      <c r="S34">
+        <v>116.23</v>
       </c>
       <c r="T34" t="s">
         <v>26</v>
       </c>
       <c r="U34">
-        <v>412.14</v>
+        <v>458.2</v>
       </c>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>104</v>
       </c>
       <c r="C35" t="s">
         <v>105</v>
       </c>
+      <c r="D35">
+        <v>1506</v>
+      </c>
       <c r="E35" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G35" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H35">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>26</v>
       </c>
       <c r="K35">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>7</v>
+      </c>
+      <c r="L35">
+        <v>85</v>
+      </c>
+      <c r="M35">
+        <v>89.14</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35">
-        <v>125.97</v>
+        <v>91.29</v>
       </c>
       <c r="P35">
-        <v>139.38</v>
+        <v>95.32</v>
       </c>
       <c r="Q35">
-        <v>143.42</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>89.2</v>
+      </c>
+      <c r="R35">
+        <v>93.19</v>
+      </c>
+      <c r="S35">
+        <v>84.55</v>
       </c>
       <c r="T35" t="s">
         <v>26</v>
       </c>
       <c r="U35">
-        <v>408.77</v>
+        <v>458.14</v>
       </c>
     </row>
     <row r="36" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>106</v>
+      </c>
+      <c r="C36" t="s">
         <v>107</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>1012</v>
+        <v>2490</v>
       </c>
       <c r="E36" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F36" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G36" t="s">
         <v>25</v>
       </c>
       <c r="H36">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>26</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
-      <c r="L36" t="s">
-[...3 lines deleted...]
-        <v>94.04</v>
+      <c r="L36">
+        <v>108.64</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
-      <c r="O36">
-        <v>97.78</v>
+      <c r="O36" t="s">
+        <v>26</v>
       </c>
       <c r="P36">
-        <v>107.1</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>120.01</v>
+      </c>
+      <c r="Q36">
+        <v>116.37</v>
+      </c>
+      <c r="R36" t="s">
+        <v>26</v>
+      </c>
+      <c r="S36">
+        <v>111.86</v>
       </c>
       <c r="T36" t="s">
         <v>26</v>
       </c>
       <c r="U36">
-        <v>406.78</v>
+        <v>456.88</v>
       </c>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>91</v>
+      </c>
+      <c r="C37" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37">
+        <v>1169</v>
+      </c>
+      <c r="E37" t="s">
         <v>109</v>
       </c>
-      <c r="C37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>25</v>
       </c>
       <c r="H37">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>26</v>
       </c>
       <c r="K37">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L37">
+        <v>104.55</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
-      <c r="N37" t="s">
-        <v>26</v>
+      <c r="N37">
+        <v>112.88</v>
       </c>
       <c r="O37">
-        <v>123.81</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>110.8</v>
+      </c>
+      <c r="P37" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>26</v>
+      </c>
+      <c r="R37">
+        <v>124.8</v>
       </c>
       <c r="S37" t="s">
         <v>26</v>
       </c>
       <c r="T37" t="s">
         <v>26</v>
       </c>
       <c r="U37">
-        <v>398.48</v>
+        <v>453.03</v>
       </c>
     </row>
     <row r="38" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>81</v>
+      </c>
+      <c r="C38" t="s">
+        <v>110</v>
+      </c>
+      <c r="D38">
+        <v>1666</v>
+      </c>
+      <c r="E38" t="s">
         <v>111</v>
       </c>
-      <c r="C38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G38" t="s">
         <v>25</v>
       </c>
       <c r="H38">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I38" t="b">
         <v>1</v>
       </c>
       <c r="J38" t="s">
         <v>26</v>
       </c>
       <c r="K38">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L38">
+        <v>112.74</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
-      <c r="N38" t="s">
-[...9 lines deleted...]
-        <v>131.16</v>
+      <c r="N38">
+        <v>101.48</v>
+      </c>
+      <c r="O38">
+        <v>116.86</v>
+      </c>
+      <c r="P38" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>26</v>
       </c>
       <c r="R38">
-        <v>133.12</v>
+        <v>118.98</v>
       </c>
       <c r="S38" t="s">
         <v>26</v>
       </c>
       <c r="T38" t="s">
         <v>26</v>
       </c>
       <c r="U38">
-        <v>397.25</v>
+        <v>450.06</v>
       </c>
     </row>
     <row r="39" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39">
+        <v>2308</v>
+      </c>
+      <c r="E39" t="s">
         <v>114</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>54</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
         <v>25</v>
       </c>
       <c r="H39">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>26</v>
       </c>
       <c r="K39">
         <v>4</v>
       </c>
-      <c r="L39">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="L39" t="s">
+        <v>26</v>
+      </c>
+      <c r="M39">
+        <v>110.37</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39">
-        <v>97.41</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>104.48</v>
+      </c>
+      <c r="P39">
+        <v>115.62</v>
       </c>
       <c r="Q39">
-        <v>104.51</v>
-[...2 lines deleted...]
-        <v>97.18</v>
+        <v>110.23</v>
+      </c>
+      <c r="R39" t="s">
+        <v>26</v>
       </c>
       <c r="S39" t="s">
         <v>26</v>
       </c>
       <c r="T39" t="s">
         <v>26</v>
       </c>
       <c r="U39">
-        <v>396.58</v>
+        <v>440.7</v>
       </c>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>115</v>
+      </c>
+      <c r="C40" t="s">
         <v>116</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40">
-        <v>881</v>
+        <v>2510</v>
       </c>
       <c r="E40" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="F40" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G40" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H40">
         <v>4</v>
       </c>
       <c r="I40" t="b">
         <v>1</v>
       </c>
       <c r="J40" t="s">
         <v>26</v>
       </c>
       <c r="K40">
         <v>4</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
-      <c r="M40" t="s">
-[...12 lines deleted...]
-        <v>95.68</v>
+      <c r="M40">
+        <v>102.45</v>
+      </c>
+      <c r="N40">
+        <v>92.5</v>
+      </c>
+      <c r="O40" t="s">
+        <v>26</v>
+      </c>
+      <c r="P40" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>26</v>
       </c>
       <c r="R40">
-        <v>95.48</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>126.1</v>
+      </c>
+      <c r="S40">
+        <v>115.79</v>
       </c>
       <c r="T40" t="s">
         <v>26</v>
       </c>
       <c r="U40">
-        <v>389.85</v>
+        <v>436.84</v>
       </c>
     </row>
     <row r="41" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" t="s">
         <v>118</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41">
+        <v>2364</v>
+      </c>
+      <c r="E41" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="F41" t="s">
         <v>24</v>
       </c>
       <c r="G41" t="s">
         <v>25</v>
       </c>
       <c r="H41">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="I41" t="b">
         <v>1</v>
       </c>
       <c r="J41" t="s">
         <v>26</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41">
-        <v>120.19</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>80.69</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41">
+        <v>86.16</v>
+      </c>
+      <c r="P41">
+        <v>91.75</v>
+      </c>
+      <c r="Q41">
+        <v>87.64</v>
       </c>
       <c r="R41">
-        <v>145.34</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>72.82</v>
+      </c>
+      <c r="S41">
+        <v>83.92</v>
       </c>
       <c r="T41" t="s">
         <v>26</v>
       </c>
       <c r="U41">
-        <v>388.74</v>
+        <v>430.16</v>
       </c>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="D42">
-        <v>202</v>
+        <v>2214</v>
       </c>
       <c r="E42" t="s">
-        <v>81</v>
+        <v>122</v>
       </c>
       <c r="F42" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="G42" t="s">
         <v>25</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I42" t="b">
         <v>1</v>
       </c>
       <c r="J42" t="s">
         <v>26</v>
       </c>
       <c r="K42">
         <v>5</v>
       </c>
-      <c r="L42">
-[...9 lines deleted...]
-        <v>70.99</v>
+      <c r="L42" t="s">
+        <v>26</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42">
+        <v>57.53</v>
+      </c>
+      <c r="O42" t="s">
+        <v>26</v>
       </c>
       <c r="P42">
-        <v>82.31</v>
+        <v>98.69</v>
       </c>
       <c r="Q42">
-        <v>83.19</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>94.77</v>
+      </c>
+      <c r="R42">
+        <v>90.17</v>
+      </c>
+      <c r="S42">
+        <v>86.44</v>
       </c>
       <c r="T42" t="s">
         <v>26</v>
       </c>
       <c r="U42">
-        <v>386.02</v>
+        <v>427.6</v>
       </c>
     </row>
     <row r="43" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D43">
-        <v>1580</v>
+        <v>2130</v>
       </c>
       <c r="E43" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F43" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G43" t="s">
         <v>25</v>
       </c>
       <c r="H43">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I43" t="b">
         <v>1</v>
       </c>
       <c r="J43" t="s">
         <v>26</v>
       </c>
       <c r="K43">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
-      <c r="M43">
-        <v>121.74</v>
+      <c r="M43" t="s">
+        <v>26</v>
       </c>
       <c r="N43">
-        <v>122.85</v>
+        <v>73.14</v>
       </c>
       <c r="O43">
-        <v>130.12</v>
+        <v>77.52</v>
       </c>
       <c r="P43" t="s">
         <v>26</v>
       </c>
-      <c r="Q43" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="Q43">
+        <v>96.25</v>
+      </c>
+      <c r="R43">
+        <v>89.29</v>
+      </c>
+      <c r="S43">
+        <v>89.09</v>
       </c>
       <c r="T43" t="s">
         <v>26</v>
       </c>
       <c r="U43">
-        <v>374.71</v>
+        <v>425.29</v>
       </c>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D44">
-        <v>2370</v>
+        <v>1299</v>
       </c>
       <c r="E44" t="s">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="F44" t="s">
-        <v>36</v>
+        <v>128</v>
       </c>
       <c r="G44" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I44" t="b">
         <v>1</v>
       </c>
       <c r="J44" t="s">
         <v>26</v>
       </c>
       <c r="K44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L44">
-        <v>90.79</v>
-[...2 lines deleted...]
-        <v>91.84</v>
+        <v>78.01</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44">
-        <v>85.79</v>
+        <v>70.96</v>
       </c>
       <c r="P44">
-        <v>103.81</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>90.23</v>
+      </c>
+      <c r="Q44">
+        <v>95.11</v>
       </c>
       <c r="R44" t="s">
         <v>26</v>
       </c>
-      <c r="S44" t="s">
-        <v>26</v>
+      <c r="S44">
+        <v>84.5</v>
       </c>
       <c r="T44" t="s">
         <v>26</v>
       </c>
       <c r="U44">
-        <v>372.23</v>
+        <v>418.81</v>
       </c>
     </row>
     <row r="45" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D45">
-        <v>964</v>
+        <v>250</v>
       </c>
       <c r="E45" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F45" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G45" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H45">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I45" t="b">
         <v>1</v>
       </c>
       <c r="J45" t="s">
         <v>26</v>
       </c>
       <c r="K45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L45">
-        <v>113.77</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>87.49</v>
+      </c>
+      <c r="M45">
+        <v>83.69</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45">
-        <v>119.9</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>85.89</v>
+      </c>
+      <c r="P45">
+        <v>83.25</v>
       </c>
       <c r="Q45" t="s">
         <v>26</v>
       </c>
       <c r="R45">
-        <v>127.44</v>
+        <v>72.23</v>
       </c>
       <c r="S45" t="s">
         <v>26</v>
       </c>
       <c r="T45" t="s">
         <v>26</v>
       </c>
       <c r="U45">
-        <v>361.11</v>
+        <v>412.55</v>
       </c>
     </row>
     <row r="46" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D46">
-        <v>2187</v>
+        <v>267</v>
       </c>
       <c r="E46" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="F46" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G46" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H46">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I46" t="b">
         <v>1</v>
       </c>
       <c r="J46" t="s">
         <v>26</v>
       </c>
       <c r="K46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L46">
-        <v>112.27</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>101.46</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46">
+        <v>94.29</v>
+      </c>
+      <c r="O46">
+        <v>102.64</v>
+      </c>
+      <c r="P46">
+        <v>113.75</v>
       </c>
       <c r="Q46" t="s">
         <v>26</v>
       </c>
-      <c r="R46">
-        <v>133.74</v>
+      <c r="R46" t="s">
+        <v>26</v>
       </c>
       <c r="S46" t="s">
         <v>26</v>
       </c>
       <c r="T46" t="s">
         <v>26</v>
       </c>
       <c r="U46">
-        <v>360.33</v>
+        <v>412.14</v>
       </c>
     </row>
     <row r="47" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>63</v>
+        <v>134</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>1809</v>
+        <v>135</v>
       </c>
       <c r="E47" t="s">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="F47" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G47" t="s">
         <v>25</v>
       </c>
       <c r="H47">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I47" t="b">
         <v>1</v>
       </c>
       <c r="J47" t="s">
         <v>26</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
-      <c r="L47">
-[...3 lines deleted...]
-        <v>116.36</v>
+      <c r="L47" t="s">
+        <v>26</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47">
-        <v>116.81</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>125.97</v>
+      </c>
+      <c r="P47">
+        <v>139.38</v>
+      </c>
+      <c r="Q47">
+        <v>143.42</v>
       </c>
       <c r="R47" t="s">
         <v>26</v>
       </c>
       <c r="S47" t="s">
         <v>26</v>
       </c>
       <c r="T47" t="s">
         <v>26</v>
       </c>
       <c r="U47">
-        <v>345.99</v>
+        <v>408.77</v>
       </c>
     </row>
     <row r="48" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>138</v>
+      </c>
+      <c r="D48">
+        <v>1012</v>
       </c>
       <c r="E48" t="s">
+        <v>29</v>
+      </c>
+      <c r="F48" t="s">
         <v>54</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48" t="s">
         <v>25</v>
       </c>
       <c r="H48">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I48" t="b">
         <v>1</v>
       </c>
       <c r="J48" t="s">
         <v>26</v>
       </c>
       <c r="K48">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L48" t="s">
+        <v>26</v>
+      </c>
+      <c r="M48">
+        <v>94.04</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
-      <c r="O48" t="s">
-        <v>26</v>
+      <c r="O48">
+        <v>97.78</v>
       </c>
       <c r="P48">
-        <v>120.01</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>107.1</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>26</v>
+      </c>
+      <c r="R48">
+        <v>107.86</v>
       </c>
       <c r="S48" t="s">
         <v>26</v>
       </c>
       <c r="T48" t="s">
         <v>26</v>
       </c>
       <c r="U48">
-        <v>345.02</v>
+        <v>406.78</v>
       </c>
     </row>
     <row r="49" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>140</v>
       </c>
       <c r="E49" t="s">
         <v>29</v>
       </c>
       <c r="F49" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G49" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H49">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="I49" t="b">
         <v>1</v>
       </c>
       <c r="J49" t="s">
         <v>26</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
       <c r="M49" t="s">
         <v>26</v>
       </c>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49">
-        <v>116.32</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>123.81</v>
+      </c>
+      <c r="P49">
+        <v>140.53</v>
       </c>
       <c r="Q49">
-        <v>121.24</v>
-[...2 lines deleted...]
-        <v>104.41</v>
+        <v>134.14</v>
+      </c>
+      <c r="R49" t="s">
+        <v>26</v>
       </c>
       <c r="S49" t="s">
         <v>26</v>
       </c>
       <c r="T49" t="s">
         <v>26</v>
       </c>
       <c r="U49">
-        <v>341.97</v>
+        <v>398.48</v>
       </c>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C50" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D50">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="E50" t="s">
-        <v>139</v>
+        <v>34</v>
       </c>
       <c r="F50" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G50" t="s">
         <v>25</v>
       </c>
       <c r="H50">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I50" t="b">
         <v>1</v>
       </c>
       <c r="J50" t="s">
         <v>26</v>
       </c>
       <c r="K50">
         <v>4</v>
       </c>
-      <c r="L50" t="s">
-        <v>26</v>
+      <c r="L50">
+        <v>97.48</v>
       </c>
       <c r="M50" t="s">
         <v>26</v>
       </c>
-      <c r="N50">
-[...6 lines deleted...]
-        <v>98.69</v>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50">
+        <v>97.41</v>
+      </c>
+      <c r="P50" t="s">
+        <v>26</v>
       </c>
       <c r="Q50">
-        <v>94.77</v>
+        <v>104.51</v>
       </c>
       <c r="R50">
-        <v>90.17</v>
+        <v>97.18</v>
       </c>
       <c r="S50" t="s">
         <v>26</v>
       </c>
       <c r="T50" t="s">
         <v>26</v>
       </c>
       <c r="U50">
-        <v>341.16</v>
+        <v>396.58</v>
       </c>
     </row>
     <row r="51" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C51" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D51">
-        <v>1003</v>
+        <v>705</v>
       </c>
       <c r="E51" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="F51" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G51" t="s">
         <v>25</v>
       </c>
       <c r="H51">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I51" t="b">
         <v>1</v>
       </c>
       <c r="J51" t="s">
         <v>26</v>
       </c>
       <c r="K51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51">
-        <v>109.77</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>96.29</v>
+      </c>
+      <c r="N51">
+        <v>96.22</v>
+      </c>
+      <c r="O51" t="s">
+        <v>26</v>
+      </c>
+      <c r="P51" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q51">
+        <v>100.07</v>
       </c>
       <c r="R51" t="s">
         <v>26</v>
       </c>
-      <c r="S51" t="s">
-        <v>26</v>
+      <c r="S51">
+        <v>100.2</v>
       </c>
       <c r="T51" t="s">
         <v>26</v>
       </c>
       <c r="U51">
-        <v>337.4</v>
+        <v>392.78</v>
       </c>
     </row>
     <row r="52" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C52" t="s">
-        <v>143</v>
+        <v>105</v>
       </c>
       <c r="D52">
-        <v>2130</v>
+        <v>202</v>
       </c>
       <c r="E52" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="F52" t="s">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="G52" t="s">
         <v>25</v>
       </c>
       <c r="H52">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>26</v>
       </c>
       <c r="K52">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>73.14</v>
+        <v>5</v>
+      </c>
+      <c r="L52">
+        <v>73.33</v>
+      </c>
+      <c r="M52">
+        <v>76.2</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
       </c>
       <c r="O52">
-        <v>77.52</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>70.99</v>
+      </c>
+      <c r="P52">
+        <v>82.31</v>
       </c>
       <c r="Q52">
-        <v>96.25</v>
-[...2 lines deleted...]
-        <v>89.29</v>
+        <v>83.19</v>
+      </c>
+      <c r="R52" t="s">
+        <v>26</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>26</v>
       </c>
       <c r="U52">
-        <v>336.2</v>
+        <v>386.02</v>
       </c>
     </row>
     <row r="53" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>147</v>
+      </c>
+      <c r="D53">
+        <v>768</v>
       </c>
       <c r="E53" t="s">
-        <v>146</v>
+        <v>37</v>
       </c>
       <c r="F53" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G53" t="s">
         <v>25</v>
       </c>
       <c r="H53">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I53" t="b">
         <v>1</v>
       </c>
       <c r="J53" t="s">
         <v>26</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L53">
-        <v>104.96</v>
+        <v>91.35</v>
       </c>
       <c r="M53" t="s">
         <v>26</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
-      <c r="O53">
-        <v>111.74</v>
+      <c r="O53" t="s">
+        <v>26</v>
       </c>
       <c r="P53">
-        <v>118.18</v>
+        <v>101.02</v>
       </c>
       <c r="Q53" t="s">
         <v>26</v>
       </c>
-      <c r="R53" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R53">
+        <v>98.3</v>
+      </c>
+      <c r="S53">
+        <v>91.22</v>
       </c>
       <c r="T53" t="s">
         <v>26</v>
       </c>
       <c r="U53">
-        <v>334.88</v>
+        <v>381.89</v>
       </c>
     </row>
     <row r="54" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54">
-        <v>1299</v>
+        <v>1957</v>
       </c>
       <c r="E54" t="s">
-        <v>149</v>
+        <v>29</v>
       </c>
       <c r="F54" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="G54" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H54">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I54" t="b">
         <v>1</v>
       </c>
       <c r="J54" t="s">
         <v>26</v>
       </c>
       <c r="K54">
         <v>4</v>
       </c>
-      <c r="L54">
-        <v>78.01</v>
+      <c r="L54" t="s">
+        <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>26</v>
       </c>
       <c r="N54" t="s">
         <v>26</v>
       </c>
-      <c r="O54">
-        <v>70.96</v>
+      <c r="O54" t="s">
+        <v>26</v>
       </c>
       <c r="P54">
-        <v>90.23</v>
+        <v>100.05</v>
       </c>
       <c r="Q54">
-        <v>95.11</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>95.24</v>
+      </c>
+      <c r="R54">
+        <v>93.67</v>
+      </c>
+      <c r="S54">
+        <v>88.93</v>
       </c>
       <c r="T54" t="s">
         <v>26</v>
       </c>
       <c r="U54">
-        <v>334.31</v>
+        <v>377.89</v>
       </c>
     </row>
     <row r="55" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>150</v>
+      </c>
+      <c r="C55" t="s">
         <v>151</v>
       </c>
-      <c r="C55" t="s">
-        <v>152</v>
+      <c r="D55">
+        <v>1580</v>
       </c>
       <c r="E55" t="s">
-        <v>54</v>
+        <v>29</v>
       </c>
       <c r="F55" t="s">
         <v>24</v>
       </c>
       <c r="G55" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H55">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="I55" t="b">
         <v>1</v>
       </c>
       <c r="J55" t="s">
         <v>26</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55">
-        <v>102.45</v>
+        <v>121.74</v>
       </c>
       <c r="N55">
-        <v>92.5</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>122.85</v>
+      </c>
+      <c r="O55">
+        <v>130.12</v>
       </c>
       <c r="P55" t="s">
         <v>26</v>
       </c>
       <c r="Q55" t="s">
         <v>26</v>
       </c>
-      <c r="R55">
-        <v>126.1</v>
+      <c r="R55" t="s">
+        <v>26</v>
       </c>
       <c r="S55" t="s">
         <v>26</v>
       </c>
       <c r="T55" t="s">
         <v>26</v>
       </c>
       <c r="U55">
-        <v>321.05</v>
+        <v>374.71</v>
       </c>
     </row>
     <row r="56" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>35</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
+        <v>152</v>
+      </c>
+      <c r="D56">
+        <v>1809</v>
       </c>
       <c r="E56" t="s">
         <v>29</v>
       </c>
       <c r="F56" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G56" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H56">
+        <v>11</v>
+      </c>
+      <c r="I56" t="b">
+        <v>1</v>
+      </c>
+      <c r="J56" t="s">
+        <v>26</v>
+      </c>
+      <c r="K56">
         <v>3</v>
       </c>
-      <c r="I56" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L56">
-        <v>72.74</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>112.82</v>
+      </c>
+      <c r="M56">
+        <v>116.36</v>
       </c>
       <c r="N56" t="s">
         <v>26</v>
       </c>
       <c r="O56">
-        <v>80.65</v>
-[...5 lines deleted...]
-        <v>83.26</v>
+        <v>116.81</v>
+      </c>
+      <c r="P56" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>26</v>
       </c>
       <c r="R56" t="s">
         <v>26</v>
       </c>
       <c r="S56" t="s">
         <v>26</v>
       </c>
       <c r="T56" t="s">
         <v>26</v>
       </c>
       <c r="U56">
-        <v>318.29</v>
+        <v>345.99</v>
       </c>
     </row>
     <row r="57" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
-        <v>156</v>
+        <v>126</v>
       </c>
       <c r="D57">
-        <v>1179</v>
+        <v>1135</v>
       </c>
       <c r="E57" t="s">
-        <v>29</v>
+        <v>154</v>
       </c>
       <c r="F57" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G57" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H57">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I57" t="b">
         <v>1</v>
       </c>
       <c r="J57" t="s">
         <v>26</v>
       </c>
       <c r="K57">
         <v>3</v>
       </c>
-      <c r="L57">
-        <v>94.9</v>
+      <c r="L57" t="s">
+        <v>26</v>
       </c>
       <c r="M57" t="s">
         <v>26</v>
       </c>
       <c r="N57" t="s">
         <v>26</v>
       </c>
       <c r="O57" t="s">
         <v>26</v>
       </c>
       <c r="P57">
-        <v>109.4</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>112.37</v>
+      </c>
+      <c r="Q57">
+        <v>116.56</v>
+      </c>
+      <c r="R57" t="s">
+        <v>26</v>
+      </c>
+      <c r="S57">
+        <v>113.74</v>
       </c>
       <c r="T57" t="s">
         <v>26</v>
       </c>
       <c r="U57">
-        <v>309.22</v>
+        <v>342.67</v>
       </c>
     </row>
     <row r="58" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C58" t="s">
-        <v>108</v>
+        <v>156</v>
       </c>
       <c r="D58">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="E58" t="s">
         <v>29</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G58" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H58">
+        <v>13</v>
+      </c>
+      <c r="I58" t="b">
+        <v>1</v>
+      </c>
+      <c r="J58" t="s">
+        <v>26</v>
+      </c>
+      <c r="K58">
         <v>3</v>
       </c>
-      <c r="I58" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58">
-        <v>67.84</v>
-[...2 lines deleted...]
-        <v>62.41</v>
+        <v>109.77</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
       </c>
       <c r="O58">
-        <v>79.44</v>
+        <v>107.74</v>
       </c>
       <c r="P58">
-        <v>84.34</v>
+        <v>119.89</v>
       </c>
       <c r="Q58" t="s">
         <v>26</v>
       </c>
       <c r="R58" t="s">
         <v>26</v>
       </c>
       <c r="S58" t="s">
         <v>26</v>
       </c>
       <c r="T58" t="s">
         <v>26</v>
       </c>
       <c r="U58">
-        <v>294.03</v>
+        <v>337.4</v>
       </c>
     </row>
     <row r="59" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
+        <v>83</v>
+      </c>
+      <c r="C59" t="s">
+        <v>157</v>
+      </c>
+      <c r="E59" t="s">
         <v>158</v>
       </c>
-      <c r="C59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="G59" t="s">
         <v>25</v>
       </c>
       <c r="H59">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I59" t="b">
         <v>1</v>
       </c>
       <c r="J59" t="s">
         <v>26</v>
       </c>
       <c r="K59">
         <v>3</v>
       </c>
       <c r="L59" t="s">
         <v>26</v>
       </c>
-      <c r="M59">
-[...3 lines deleted...]
-        <v>96.22</v>
+      <c r="M59" t="s">
+        <v>26</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
       </c>
       <c r="O59" t="s">
         <v>26</v>
       </c>
       <c r="P59" t="s">
         <v>26</v>
       </c>
       <c r="Q59">
-        <v>100.07</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>115.03</v>
+      </c>
+      <c r="R59">
+        <v>107.46</v>
+      </c>
+      <c r="S59">
+        <v>113.63</v>
       </c>
       <c r="T59" t="s">
         <v>26</v>
       </c>
       <c r="U59">
-        <v>292.58</v>
+        <v>336.12</v>
       </c>
     </row>
     <row r="60" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="C60" t="s">
         <v>160</v>
       </c>
       <c r="D60">
-        <v>768</v>
+        <v>949</v>
       </c>
       <c r="E60" t="s">
-        <v>47</v>
+        <v>161</v>
       </c>
       <c r="F60" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G60" t="s">
         <v>25</v>
       </c>
       <c r="H60">
         <v>7</v>
       </c>
       <c r="I60" t="b">
         <v>1</v>
       </c>
       <c r="J60" t="s">
         <v>26</v>
       </c>
       <c r="K60">
         <v>3</v>
       </c>
       <c r="L60">
-        <v>91.35</v>
+        <v>104.96</v>
       </c>
       <c r="M60" t="s">
         <v>26</v>
       </c>
       <c r="N60" t="s">
         <v>26</v>
       </c>
-      <c r="O60" t="s">
-        <v>26</v>
+      <c r="O60">
+        <v>111.74</v>
       </c>
       <c r="P60">
-        <v>101.02</v>
+        <v>118.18</v>
       </c>
       <c r="Q60" t="s">
         <v>26</v>
       </c>
-      <c r="R60">
-        <v>98.3</v>
+      <c r="R60" t="s">
+        <v>26</v>
       </c>
       <c r="S60" t="s">
         <v>26</v>
       </c>
       <c r="T60" t="s">
         <v>26</v>
       </c>
       <c r="U60">
-        <v>290.67</v>
+        <v>334.88</v>
       </c>
     </row>
     <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C61" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>1957</v>
+        <v>163</v>
       </c>
       <c r="E61" t="s">
         <v>29</v>
       </c>
       <c r="F61" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G61" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H61">
         <v>4</v>
       </c>
       <c r="I61" t="b">
         <v>1</v>
       </c>
       <c r="J61" t="s">
         <v>26</v>
       </c>
       <c r="K61">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>4</v>
+      </c>
+      <c r="L61">
+        <v>72.74</v>
       </c>
       <c r="M61" t="s">
         <v>26</v>
       </c>
       <c r="N61" t="s">
         <v>26</v>
       </c>
-      <c r="O61" t="s">
-        <v>26</v>
+      <c r="O61">
+        <v>80.65</v>
       </c>
       <c r="P61">
-        <v>100.05</v>
+        <v>81.64</v>
       </c>
       <c r="Q61">
-        <v>95.24</v>
-[...2 lines deleted...]
-        <v>93.67</v>
+        <v>83.26</v>
+      </c>
+      <c r="R61" t="s">
+        <v>26</v>
       </c>
       <c r="S61" t="s">
         <v>26</v>
       </c>
       <c r="T61" t="s">
         <v>26</v>
       </c>
       <c r="U61">
-        <v>288.96</v>
+        <v>318.29</v>
       </c>
     </row>
     <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C62" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D62">
-        <v>1783</v>
+        <v>1179</v>
       </c>
       <c r="E62" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F62" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="G62" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H62">
         <v>2</v>
       </c>
       <c r="I62" t="b">
         <v>1</v>
       </c>
       <c r="J62" t="s">
         <v>26</v>
       </c>
       <c r="K62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L62">
-        <v>145.6</v>
+        <v>94.9</v>
       </c>
       <c r="M62" t="s">
         <v>26</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
         <v>26</v>
       </c>
-      <c r="P62" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="P62">
+        <v>109.4</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>26</v>
+      </c>
+      <c r="R62">
+        <v>104.92</v>
       </c>
       <c r="S62" t="s">
         <v>26</v>
       </c>
       <c r="T62" t="s">
         <v>26</v>
       </c>
       <c r="U62">
-        <v>287.13</v>
+        <v>309.22</v>
       </c>
     </row>
     <row r="63" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>76</v>
+        <v>166</v>
       </c>
       <c r="C63" t="s">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="D63">
-        <v>869</v>
+        <v>1011</v>
       </c>
       <c r="E63" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F63" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G63" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H63">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I63" t="b">
         <v>1</v>
       </c>
       <c r="J63" t="s">
         <v>26</v>
       </c>
       <c r="K63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
-      <c r="M63" t="s">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="M63">
+        <v>67.84</v>
+      </c>
+      <c r="N63">
+        <v>62.41</v>
+      </c>
+      <c r="O63">
+        <v>79.44</v>
       </c>
       <c r="P63">
-        <v>94.64</v>
-[...5 lines deleted...]
-        <v>94.28</v>
+        <v>84.34</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>26</v>
+      </c>
+      <c r="R63" t="s">
+        <v>26</v>
       </c>
       <c r="S63" t="s">
         <v>26</v>
       </c>
       <c r="T63" t="s">
         <v>26</v>
       </c>
       <c r="U63">
-        <v>281.19</v>
+        <v>294.03</v>
       </c>
     </row>
     <row r="64" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>102</v>
+        <v>167</v>
       </c>
       <c r="C64" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D64">
-        <v>1948</v>
+        <v>1783</v>
       </c>
       <c r="E64" t="s">
-        <v>139</v>
+        <v>37</v>
       </c>
       <c r="F64" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G64" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I64" t="b">
         <v>1</v>
       </c>
       <c r="J64" t="s">
         <v>26</v>
       </c>
       <c r="K64">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L64">
+        <v>145.6</v>
       </c>
       <c r="M64" t="s">
         <v>26</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
-      <c r="O64">
-[...3 lines deleted...]
-        <v>92.21</v>
+      <c r="O64" t="s">
+        <v>26</v>
+      </c>
+      <c r="P64" t="s">
+        <v>26</v>
       </c>
       <c r="Q64">
-        <v>95.58</v>
+        <v>141.53</v>
       </c>
       <c r="R64" t="s">
         <v>26</v>
       </c>
       <c r="S64" t="s">
         <v>26</v>
       </c>
       <c r="T64" t="s">
         <v>26</v>
       </c>
       <c r="U64">
-        <v>271.97</v>
+        <v>287.13</v>
       </c>
     </row>
     <row r="65" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>107</v>
+        <v>169</v>
       </c>
       <c r="C65" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D65">
-        <v>417</v>
+        <v>1700</v>
       </c>
       <c r="E65" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="F65" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G65" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H65">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I65" t="b">
         <v>1</v>
       </c>
       <c r="J65" t="s">
         <v>26</v>
       </c>
       <c r="K65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
-      <c r="M65" t="s">
-        <v>26</v>
+      <c r="M65">
+        <v>90.65</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
-      <c r="O65">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O65" t="s">
+        <v>26</v>
+      </c>
+      <c r="P65" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q65">
+        <v>97.32</v>
       </c>
       <c r="R65" t="s">
         <v>26</v>
       </c>
-      <c r="S65" t="s">
-        <v>26</v>
+      <c r="S65">
+        <v>93.63</v>
       </c>
       <c r="T65" t="s">
         <v>26</v>
       </c>
       <c r="U65">
-        <v>271.03</v>
+        <v>281.6</v>
       </c>
     </row>
     <row r="66" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>168</v>
+        <v>91</v>
       </c>
       <c r="C66" t="s">
-        <v>169</v>
+        <v>171</v>
+      </c>
+      <c r="D66">
+        <v>869</v>
       </c>
       <c r="E66" t="s">
-        <v>170</v>
+        <v>37</v>
       </c>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G66" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H66">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I66" t="b">
         <v>1</v>
       </c>
       <c r="J66" t="s">
         <v>26</v>
       </c>
       <c r="K66">
         <v>3</v>
       </c>
-      <c r="L66">
-        <v>87.44</v>
+      <c r="L66" t="s">
+        <v>26</v>
       </c>
       <c r="M66" t="s">
         <v>26</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
-      <c r="O66">
-        <v>86.53</v>
+      <c r="O66" t="s">
+        <v>26</v>
       </c>
       <c r="P66">
-        <v>94.09</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>94.64</v>
+      </c>
+      <c r="Q66">
+        <v>92.27</v>
+      </c>
+      <c r="R66">
+        <v>94.28</v>
       </c>
       <c r="S66" t="s">
         <v>26</v>
       </c>
       <c r="T66" t="s">
         <v>26</v>
       </c>
       <c r="U66">
-        <v>268.06</v>
+        <v>281.19</v>
       </c>
     </row>
     <row r="67" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67">
-        <v>2217</v>
+        <v>1948</v>
       </c>
       <c r="E67" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="F67" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G67" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H67">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="I67" t="b">
         <v>1</v>
       </c>
       <c r="J67" t="s">
         <v>26</v>
       </c>
       <c r="K67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
       <c r="M67" t="s">
         <v>26</v>
       </c>
-      <c r="N67">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67">
+        <v>84.18</v>
+      </c>
+      <c r="P67">
+        <v>92.21</v>
       </c>
       <c r="Q67">
-        <v>141.05</v>
+        <v>95.58</v>
       </c>
       <c r="R67" t="s">
         <v>26</v>
       </c>
       <c r="S67" t="s">
         <v>26</v>
       </c>
       <c r="T67" t="s">
         <v>26</v>
       </c>
       <c r="U67">
-        <v>267.57</v>
+        <v>271.97</v>
       </c>
     </row>
     <row r="68" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>102</v>
+        <v>137</v>
       </c>
       <c r="C68" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="D68">
+        <v>417</v>
       </c>
       <c r="E68" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F68" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G68" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H68">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I68" t="b">
         <v>1</v>
       </c>
       <c r="J68" t="s">
         <v>26</v>
       </c>
       <c r="K68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
         <v>26</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68">
-        <v>86.26</v>
+        <v>127.99</v>
       </c>
       <c r="P68">
-        <v>92.49</v>
-[...2 lines deleted...]
-        <v>87.19</v>
+        <v>143.04</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>26</v>
       </c>
       <c r="R68" t="s">
         <v>26</v>
       </c>
       <c r="S68" t="s">
         <v>26</v>
       </c>
       <c r="T68" t="s">
         <v>26</v>
       </c>
       <c r="U68">
-        <v>265.94</v>
+        <v>271.03</v>
       </c>
     </row>
     <row r="69" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>78</v>
+        <v>174</v>
       </c>
       <c r="C69" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E69" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
       <c r="F69" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G69" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H69">
         <v>5</v>
       </c>
       <c r="I69" t="b">
         <v>1</v>
       </c>
       <c r="J69" t="s">
         <v>26</v>
       </c>
       <c r="K69">
         <v>3</v>
       </c>
-      <c r="L69" t="s">
-[...3 lines deleted...]
-        <v>87.46</v>
+      <c r="L69">
+        <v>87.44</v>
+      </c>
+      <c r="M69" t="s">
+        <v>26</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69">
-        <v>87.78</v>
+        <v>86.53</v>
       </c>
       <c r="P69">
-        <v>89.26</v>
+        <v>94.09</v>
       </c>
       <c r="Q69" t="s">
         <v>26</v>
       </c>
       <c r="R69" t="s">
         <v>26</v>
       </c>
       <c r="S69" t="s">
         <v>26</v>
       </c>
       <c r="T69" t="s">
         <v>26</v>
       </c>
       <c r="U69">
-        <v>264.5</v>
+        <v>268.06</v>
       </c>
     </row>
     <row r="70" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>117</v>
       </c>
       <c r="C70" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D70">
-        <v>1779</v>
+        <v>2217</v>
       </c>
       <c r="E70" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="F70" t="s">
         <v>24</v>
       </c>
       <c r="G70" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H70">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I70" t="b">
         <v>1</v>
       </c>
       <c r="J70" t="s">
         <v>26</v>
       </c>
       <c r="K70">
         <v>2</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
         <v>26</v>
       </c>
       <c r="N70">
-        <v>125.27</v>
+        <v>126.52</v>
       </c>
       <c r="O70" t="s">
         <v>26</v>
       </c>
       <c r="P70" t="s">
         <v>26</v>
       </c>
       <c r="Q70">
-        <v>133.52</v>
+        <v>141.05</v>
       </c>
       <c r="R70" t="s">
         <v>26</v>
       </c>
       <c r="S70" t="s">
         <v>26</v>
       </c>
       <c r="T70" t="s">
         <v>26</v>
       </c>
       <c r="U70">
-        <v>258.79</v>
+        <v>267.57</v>
       </c>
     </row>
     <row r="71" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="C71" t="s">
-        <v>177</v>
+        <v>178</v>
+      </c>
+      <c r="D71">
+        <v>2501</v>
       </c>
       <c r="E71" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71" t="s">
         <v>54</v>
       </c>
-      <c r="F71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G71" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H71">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I71" t="b">
         <v>1</v>
       </c>
       <c r="J71" t="s">
         <v>26</v>
       </c>
       <c r="K71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
         <v>26</v>
       </c>
       <c r="N71" t="s">
         <v>26</v>
       </c>
       <c r="O71">
-        <v>119.06</v>
+        <v>86.26</v>
       </c>
       <c r="P71">
-        <v>136.37</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>92.49</v>
+      </c>
+      <c r="Q71">
+        <v>87.19</v>
       </c>
       <c r="R71" t="s">
         <v>26</v>
       </c>
       <c r="S71" t="s">
         <v>26</v>
       </c>
       <c r="T71" t="s">
         <v>26</v>
       </c>
       <c r="U71">
-        <v>255.43</v>
+        <v>265.94</v>
       </c>
     </row>
     <row r="72" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>178</v>
+        <v>63</v>
       </c>
       <c r="C72" t="s">
         <v>179</v>
       </c>
       <c r="D72">
-        <v>1426</v>
+        <v>2516</v>
       </c>
       <c r="E72" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="F72" t="s">
         <v>24</v>
       </c>
       <c r="G72" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H72">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I72" t="b">
         <v>1</v>
       </c>
       <c r="J72" t="s">
         <v>26</v>
       </c>
       <c r="K72">
         <v>3</v>
       </c>
-      <c r="L72">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="L72" t="s">
+        <v>26</v>
+      </c>
+      <c r="M72">
+        <v>87.46</v>
       </c>
       <c r="N72" t="s">
         <v>26</v>
       </c>
       <c r="O72">
-        <v>95.03</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>87.78</v>
+      </c>
+      <c r="P72">
+        <v>89.26</v>
       </c>
       <c r="Q72" t="s">
         <v>26</v>
       </c>
-      <c r="R72">
-        <v>72.01</v>
+      <c r="R72" t="s">
+        <v>26</v>
       </c>
       <c r="S72" t="s">
         <v>26</v>
       </c>
       <c r="T72" t="s">
         <v>26</v>
       </c>
       <c r="U72">
-        <v>255.34</v>
+        <v>264.5</v>
       </c>
     </row>
     <row r="73" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>180</v>
+      </c>
+      <c r="C73" t="s">
         <v>181</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73">
+        <v>1779</v>
+      </c>
+      <c r="E73" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F73" t="s">
         <v>24</v>
       </c>
       <c r="G73" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H73">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="I73" t="b">
         <v>1</v>
       </c>
       <c r="J73" t="s">
         <v>26</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
-      <c r="M73">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="M73" t="s">
+        <v>26</v>
+      </c>
+      <c r="N73">
+        <v>125.27</v>
       </c>
       <c r="O73" t="s">
         <v>26</v>
       </c>
-      <c r="P73">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P73" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q73">
+        <v>133.52</v>
       </c>
       <c r="R73" t="s">
         <v>26</v>
       </c>
       <c r="S73" t="s">
         <v>26</v>
       </c>
       <c r="T73" t="s">
         <v>26</v>
       </c>
       <c r="U73">
-        <v>251.92</v>
+        <v>258.79</v>
       </c>
     </row>
     <row r="74" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
+        <v>41</v>
+      </c>
+      <c r="C74" t="s">
         <v>183</v>
       </c>
-      <c r="C74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" t="s">
-        <v>180</v>
+        <v>34</v>
       </c>
       <c r="F74" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G74" t="s">
         <v>25</v>
       </c>
       <c r="H74">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="I74" t="b">
         <v>1</v>
       </c>
       <c r="J74" t="s">
         <v>26</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
-      <c r="M74">
-        <v>114.19</v>
+      <c r="M74" t="s">
+        <v>26</v>
       </c>
       <c r="N74" t="s">
         <v>26</v>
       </c>
-      <c r="O74" t="s">
-        <v>26</v>
+      <c r="O74">
+        <v>119.06</v>
       </c>
       <c r="P74">
-        <v>128.35</v>
+        <v>136.37</v>
       </c>
       <c r="Q74" t="s">
         <v>26</v>
       </c>
       <c r="R74" t="s">
         <v>26</v>
       </c>
       <c r="S74" t="s">
         <v>26</v>
       </c>
       <c r="T74" t="s">
         <v>26</v>
       </c>
       <c r="U74">
-        <v>242.54</v>
+        <v>255.43</v>
       </c>
     </row>
     <row r="75" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>184</v>
       </c>
       <c r="C75" t="s">
         <v>185</v>
       </c>
       <c r="D75">
-        <v>734</v>
+        <v>1426</v>
       </c>
       <c r="E75" t="s">
-        <v>29</v>
+        <v>186</v>
       </c>
       <c r="F75" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G75" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H75">
         <v>7</v>
       </c>
       <c r="I75" t="b">
         <v>1</v>
       </c>
       <c r="J75" t="s">
         <v>26</v>
       </c>
       <c r="K75">
         <v>3</v>
       </c>
       <c r="L75">
-        <v>81.81</v>
-[...8 lines deleted...]
-        <v>26</v>
+        <v>88.3</v>
+      </c>
+      <c r="M75" t="s">
+        <v>26</v>
+      </c>
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75">
+        <v>95.03</v>
       </c>
       <c r="P75" t="s">
         <v>26</v>
       </c>
       <c r="Q75" t="s">
         <v>26</v>
       </c>
-      <c r="R75" t="s">
-        <v>26</v>
+      <c r="R75">
+        <v>72.01</v>
       </c>
       <c r="S75" t="s">
         <v>26</v>
       </c>
       <c r="T75" t="s">
         <v>26</v>
       </c>
       <c r="U75">
-        <v>242.31</v>
+        <v>255.34</v>
       </c>
     </row>
     <row r="76" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>43</v>
+        <v>187</v>
       </c>
       <c r="C76" t="s">
-        <v>141</v>
+        <v>188</v>
       </c>
       <c r="D76">
-        <v>1346</v>
+        <v>2105</v>
       </c>
       <c r="E76" t="s">
         <v>29</v>
       </c>
       <c r="F76" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G76" t="s">
         <v>25</v>
       </c>
       <c r="H76">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I76" t="b">
         <v>1</v>
       </c>
       <c r="J76" t="s">
         <v>26</v>
       </c>
       <c r="K76">
         <v>2</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
-      <c r="M76" t="s">
-        <v>26</v>
+      <c r="M76">
+        <v>118.95</v>
       </c>
       <c r="N76" t="s">
         <v>26</v>
       </c>
       <c r="O76" t="s">
         <v>26</v>
       </c>
-      <c r="P76" t="s">
-[...6 lines deleted...]
-        <v>121.35</v>
+      <c r="P76">
+        <v>132.97</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>26</v>
+      </c>
+      <c r="R76" t="s">
+        <v>26</v>
       </c>
       <c r="S76" t="s">
         <v>26</v>
       </c>
       <c r="T76" t="s">
         <v>26</v>
       </c>
       <c r="U76">
-        <v>237.4</v>
+        <v>251.92</v>
       </c>
     </row>
     <row r="77" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
+        <v>189</v>
+      </c>
+      <c r="C77" t="s">
+        <v>98</v>
+      </c>
+      <c r="D77">
+        <v>1713</v>
+      </c>
+      <c r="E77" t="s">
         <v>186</v>
       </c>
-      <c r="C77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G77" t="s">
         <v>25</v>
       </c>
       <c r="H77">
         <v>14</v>
       </c>
       <c r="I77" t="b">
         <v>1</v>
       </c>
       <c r="J77" t="s">
         <v>26</v>
       </c>
       <c r="K77">
         <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>26</v>
       </c>
       <c r="M77">
-        <v>113.71</v>
+        <v>114.19</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
         <v>26</v>
       </c>
       <c r="P77">
-        <v>122.09</v>
+        <v>128.35</v>
       </c>
       <c r="Q77" t="s">
         <v>26</v>
       </c>
       <c r="R77" t="s">
         <v>26</v>
       </c>
       <c r="S77" t="s">
         <v>26</v>
       </c>
       <c r="T77" t="s">
         <v>26</v>
       </c>
       <c r="U77">
-        <v>235.8</v>
+        <v>242.54</v>
       </c>
     </row>
     <row r="78" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C78" t="s">
-        <v>189</v>
+        <v>191</v>
+      </c>
+      <c r="D78">
+        <v>734</v>
       </c>
       <c r="E78" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F78" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G78" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H78">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I78" t="b">
         <v>1</v>
       </c>
       <c r="J78" t="s">
         <v>26</v>
       </c>
       <c r="K78">
-        <v>2</v>
-[...14 lines deleted...]
-        <v>124.56</v>
+        <v>3</v>
+      </c>
+      <c r="L78">
+        <v>81.81</v>
+      </c>
+      <c r="M78">
+        <v>77.97</v>
+      </c>
+      <c r="N78">
+        <v>82.53</v>
+      </c>
+      <c r="O78" t="s">
+        <v>26</v>
+      </c>
+      <c r="P78" t="s">
+        <v>26</v>
       </c>
       <c r="Q78" t="s">
         <v>26</v>
       </c>
       <c r="R78" t="s">
         <v>26</v>
       </c>
       <c r="S78" t="s">
         <v>26</v>
       </c>
       <c r="T78" t="s">
         <v>26</v>
       </c>
       <c r="U78">
-        <v>235.65</v>
+        <v>242.31</v>
       </c>
     </row>
     <row r="79" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C79" t="s">
-        <v>98</v>
+        <v>155</v>
+      </c>
+      <c r="D79">
+        <v>1894</v>
       </c>
       <c r="E79" t="s">
+        <v>154</v>
+      </c>
+      <c r="F79" t="s">
         <v>54</v>
       </c>
-      <c r="F79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G79" t="s">
         <v>25</v>
       </c>
       <c r="H79">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I79" t="b">
         <v>1</v>
       </c>
       <c r="J79" t="s">
         <v>26</v>
       </c>
       <c r="K79">
         <v>2</v>
       </c>
       <c r="L79" t="s">
         <v>26</v>
       </c>
       <c r="M79" t="s">
         <v>26</v>
       </c>
       <c r="N79" t="s">
         <v>26</v>
       </c>
-      <c r="O79">
-        <v>107.77</v>
+      <c r="O79" t="s">
+        <v>26</v>
       </c>
       <c r="P79">
-        <v>122.65</v>
+        <v>126.79</v>
       </c>
       <c r="Q79" t="s">
         <v>26</v>
       </c>
       <c r="R79" t="s">
         <v>26</v>
       </c>
-      <c r="S79" t="s">
-        <v>26</v>
+      <c r="S79">
+        <v>113.32</v>
       </c>
       <c r="T79" t="s">
         <v>26</v>
       </c>
       <c r="U79">
-        <v>230.42</v>
+        <v>240.11</v>
       </c>
     </row>
     <row r="80" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>191</v>
+        <v>58</v>
       </c>
       <c r="C80" t="s">
-        <v>192</v>
+        <v>156</v>
       </c>
       <c r="D80">
-        <v>1643</v>
+        <v>1346</v>
       </c>
       <c r="E80" t="s">
-        <v>193</v>
+        <v>29</v>
       </c>
       <c r="F80" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G80" t="s">
         <v>25</v>
       </c>
       <c r="H80">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="I80" t="b">
         <v>1</v>
       </c>
       <c r="J80" t="s">
         <v>26</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>26</v>
       </c>
       <c r="M80" t="s">
         <v>26</v>
       </c>
-      <c r="N80">
-        <v>104.63</v>
+      <c r="N80" t="s">
+        <v>26</v>
       </c>
       <c r="O80" t="s">
         <v>26</v>
       </c>
-      <c r="P80">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="P80" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q80">
+        <v>116.05</v>
+      </c>
+      <c r="R80">
+        <v>121.35</v>
       </c>
       <c r="S80" t="s">
         <v>26</v>
       </c>
       <c r="T80" t="s">
         <v>26</v>
       </c>
       <c r="U80">
-        <v>229.12</v>
+        <v>237.4</v>
       </c>
     </row>
     <row r="81" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>193</v>
+      </c>
+      <c r="C81" t="s">
         <v>194</v>
       </c>
-      <c r="C81" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
       <c r="F81" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G81" t="s">
         <v>25</v>
       </c>
       <c r="H81">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="I81" t="b">
         <v>1</v>
       </c>
       <c r="J81" t="s">
         <v>26</v>
       </c>
       <c r="K81">
         <v>2</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
-      <c r="M81" t="s">
-        <v>26</v>
+      <c r="M81">
+        <v>113.71</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
         <v>26</v>
       </c>
       <c r="P81">
-        <v>112.37</v>
-[...2 lines deleted...]
-        <v>116.56</v>
+        <v>122.09</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>26</v>
       </c>
       <c r="R81" t="s">
         <v>26</v>
       </c>
       <c r="S81" t="s">
         <v>26</v>
       </c>
       <c r="T81" t="s">
         <v>26</v>
       </c>
       <c r="U81">
-        <v>228.93</v>
+        <v>235.8</v>
       </c>
     </row>
     <row r="82" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>111</v>
+        <v>195</v>
       </c>
       <c r="C82" t="s">
         <v>196</v>
       </c>
       <c r="E82" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="F82" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G82" t="s">
         <v>25</v>
       </c>
       <c r="H82">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I82" t="b">
         <v>1</v>
       </c>
       <c r="J82" t="s">
         <v>26</v>
       </c>
       <c r="K82">
         <v>2</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
         <v>26</v>
       </c>
       <c r="N82" t="s">
         <v>26</v>
       </c>
-      <c r="O82" t="s">
-[...9 lines deleted...]
-        <v>107.46</v>
+      <c r="O82">
+        <v>111.09</v>
+      </c>
+      <c r="P82">
+        <v>124.56</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>26</v>
+      </c>
+      <c r="R82" t="s">
+        <v>26</v>
       </c>
       <c r="S82" t="s">
         <v>26</v>
       </c>
       <c r="T82" t="s">
         <v>26</v>
       </c>
       <c r="U82">
-        <v>222.49</v>
+        <v>235.65</v>
       </c>
     </row>
     <row r="83" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>55</v>
+        <v>197</v>
       </c>
       <c r="C83" t="s">
         <v>198</v>
       </c>
-      <c r="D83">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="F83" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G83" t="s">
         <v>25</v>
       </c>
       <c r="H83">
         <v>18</v>
       </c>
       <c r="I83" t="b">
         <v>1</v>
       </c>
       <c r="J83" t="s">
         <v>26</v>
       </c>
       <c r="K83">
         <v>2</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
         <v>26</v>
       </c>
       <c r="N83" t="s">
         <v>26</v>
       </c>
       <c r="O83">
-        <v>104.22</v>
+        <v>112.95</v>
       </c>
       <c r="P83" t="s">
         <v>26</v>
       </c>
-      <c r="Q83">
-        <v>117.79</v>
+      <c r="Q83" t="s">
+        <v>26</v>
       </c>
       <c r="R83" t="s">
         <v>26</v>
       </c>
-      <c r="S83" t="s">
-        <v>26</v>
+      <c r="S83">
+        <v>122.34</v>
       </c>
       <c r="T83" t="s">
         <v>26</v>
       </c>
       <c r="U83">
-        <v>222.01</v>
+        <v>235.29</v>
       </c>
     </row>
     <row r="84" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>199</v>
       </c>
       <c r="C84" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>1574</v>
+        <v>82</v>
       </c>
       <c r="E84" t="s">
-        <v>201</v>
+        <v>34</v>
       </c>
       <c r="F84" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G84" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H84">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I84" t="b">
         <v>1</v>
       </c>
       <c r="J84" t="s">
         <v>26</v>
       </c>
       <c r="K84">
         <v>2</v>
       </c>
-      <c r="L84">
-        <v>111.41</v>
+      <c r="L84" t="s">
+        <v>26</v>
       </c>
       <c r="M84" t="s">
         <v>26</v>
       </c>
       <c r="N84" t="s">
         <v>26</v>
       </c>
       <c r="O84">
-        <v>110.28</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>107.77</v>
+      </c>
+      <c r="P84">
+        <v>122.65</v>
       </c>
       <c r="Q84" t="s">
         <v>26</v>
       </c>
       <c r="R84" t="s">
         <v>26</v>
       </c>
       <c r="S84" t="s">
         <v>26</v>
       </c>
       <c r="T84" t="s">
         <v>26</v>
       </c>
       <c r="U84">
-        <v>221.69</v>
+        <v>230.42</v>
       </c>
     </row>
     <row r="85" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>151</v>
+        <v>200</v>
       </c>
       <c r="C85" t="s">
+        <v>201</v>
+      </c>
+      <c r="D85">
+        <v>1643</v>
+      </c>
+      <c r="E85" t="s">
         <v>202</v>
       </c>
-      <c r="E85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F85" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G85" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H85">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="I85" t="b">
         <v>1</v>
       </c>
       <c r="J85" t="s">
         <v>26</v>
       </c>
       <c r="K85">
         <v>2</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
         <v>26</v>
       </c>
-      <c r="N85" t="s">
-        <v>26</v>
+      <c r="N85">
+        <v>104.63</v>
       </c>
       <c r="O85" t="s">
         <v>26</v>
       </c>
       <c r="P85">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>110.48</v>
+        <v>124.49</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>26</v>
       </c>
       <c r="R85" t="s">
         <v>26</v>
       </c>
       <c r="S85" t="s">
         <v>26</v>
       </c>
       <c r="T85" t="s">
         <v>26</v>
       </c>
       <c r="U85">
-        <v>217.73</v>
+        <v>229.12</v>
       </c>
     </row>
     <row r="86" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>107</v>
+        <v>69</v>
       </c>
       <c r="C86" t="s">
         <v>203</v>
       </c>
+      <c r="D86">
+        <v>2350</v>
+      </c>
       <c r="E86" t="s">
-        <v>204</v>
+        <v>99</v>
       </c>
       <c r="F86" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="G86" t="s">
         <v>25</v>
       </c>
       <c r="H86">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="I86" t="b">
         <v>1</v>
       </c>
       <c r="J86" t="s">
         <v>26</v>
       </c>
       <c r="K86">
         <v>2</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>26</v>
       </c>
-      <c r="O86" t="s">
-[...3 lines deleted...]
-        <v>98.21</v>
+      <c r="O86">
+        <v>104.22</v>
+      </c>
+      <c r="P86" t="s">
+        <v>26</v>
       </c>
       <c r="Q86">
-        <v>104.77</v>
+        <v>117.79</v>
       </c>
       <c r="R86" t="s">
         <v>26</v>
       </c>
       <c r="S86" t="s">
         <v>26</v>
       </c>
       <c r="T86" t="s">
         <v>26</v>
       </c>
       <c r="U86">
-        <v>202.98</v>
+        <v>222.01</v>
       </c>
     </row>
     <row r="87" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
+        <v>204</v>
+      </c>
+      <c r="C87" t="s">
+        <v>205</v>
+      </c>
+      <c r="D87">
+        <v>1574</v>
+      </c>
+      <c r="E87" t="s">
         <v>206</v>
       </c>
-      <c r="C87" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G87" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H87">
         <v>4</v>
       </c>
       <c r="I87" t="b">
         <v>1</v>
       </c>
       <c r="J87" t="s">
         <v>26</v>
       </c>
       <c r="K87">
         <v>2</v>
       </c>
-      <c r="L87" t="s">
-        <v>26</v>
+      <c r="L87">
+        <v>111.41</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>26</v>
       </c>
-      <c r="O87" t="s">
-[...6 lines deleted...]
-        <v>94.8</v>
+      <c r="O87">
+        <v>110.28</v>
+      </c>
+      <c r="P87" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>26</v>
       </c>
       <c r="R87" t="s">
         <v>26</v>
       </c>
       <c r="S87" t="s">
         <v>26</v>
       </c>
       <c r="T87" t="s">
         <v>26</v>
       </c>
       <c r="U87">
-        <v>190.35</v>
+        <v>221.69</v>
       </c>
     </row>
     <row r="88" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>208</v>
+        <v>115</v>
       </c>
       <c r="C88" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="E88" t="s">
-        <v>210</v>
+        <v>29</v>
       </c>
       <c r="F88" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G88" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H88">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I88" t="b">
         <v>1</v>
       </c>
       <c r="J88" t="s">
         <v>26</v>
       </c>
       <c r="K88">
         <v>2</v>
       </c>
       <c r="L88" t="s">
         <v>26</v>
       </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>26</v>
       </c>
       <c r="O88" t="s">
         <v>26</v>
       </c>
       <c r="P88">
-        <v>93.39</v>
+        <v>107.25</v>
       </c>
       <c r="Q88">
-        <v>96.12</v>
+        <v>110.48</v>
       </c>
       <c r="R88" t="s">
         <v>26</v>
       </c>
       <c r="S88" t="s">
         <v>26</v>
       </c>
       <c r="T88" t="s">
         <v>26</v>
       </c>
       <c r="U88">
-        <v>189.51</v>
+        <v>217.73</v>
       </c>
     </row>
     <row r="89" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>39</v>
+        <v>208</v>
       </c>
       <c r="C89" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>1821</v>
+        <v>209</v>
       </c>
       <c r="E89" t="s">
-        <v>146</v>
+        <v>210</v>
       </c>
       <c r="F89" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G89" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H89">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="I89" t="b">
         <v>1</v>
       </c>
       <c r="J89" t="s">
         <v>26</v>
       </c>
       <c r="K89">
         <v>2</v>
       </c>
-      <c r="L89">
-        <v>93.69</v>
+      <c r="L89" t="s">
+        <v>26</v>
       </c>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>26</v>
       </c>
-      <c r="O89">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O89" t="s">
+        <v>26</v>
+      </c>
+      <c r="P89">
+        <v>102.31</v>
       </c>
       <c r="Q89" t="s">
         <v>26</v>
       </c>
       <c r="R89" t="s">
         <v>26</v>
       </c>
-      <c r="S89" t="s">
-        <v>26</v>
+      <c r="S89">
+        <v>104.45</v>
       </c>
       <c r="T89" t="s">
         <v>26</v>
       </c>
       <c r="U89">
-        <v>188.24</v>
+        <v>206.76</v>
       </c>
     </row>
     <row r="90" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
+        <v>137</v>
+      </c>
+      <c r="C90" t="s">
+        <v>211</v>
+      </c>
+      <c r="E90" t="s">
         <v>212</v>
       </c>
-      <c r="C90" t="s">
+      <c r="F90" t="s">
         <v>213</v>
       </c>
-      <c r="D90">
-[...7 lines deleted...]
-      </c>
       <c r="G90" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H90">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I90" t="b">
         <v>1</v>
       </c>
       <c r="J90" t="s">
         <v>26</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
       <c r="L90" t="s">
         <v>26</v>
       </c>
-      <c r="M90">
-        <v>90.65</v>
+      <c r="M90" t="s">
+        <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>26</v>
       </c>
       <c r="O90" t="s">
         <v>26</v>
       </c>
-      <c r="P90" t="s">
-        <v>26</v>
+      <c r="P90">
+        <v>98.21</v>
       </c>
       <c r="Q90">
-        <v>97.32</v>
+        <v>104.77</v>
       </c>
       <c r="R90" t="s">
         <v>26</v>
       </c>
       <c r="S90" t="s">
         <v>26</v>
       </c>
       <c r="T90" t="s">
         <v>26</v>
       </c>
       <c r="U90">
-        <v>187.97</v>
+        <v>202.98</v>
       </c>
     </row>
     <row r="91" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
+        <v>55</v>
+      </c>
+      <c r="C91" t="s">
         <v>214</v>
       </c>
-      <c r="C91" t="s">
+      <c r="E91" t="s">
         <v>215</v>
       </c>
-      <c r="D91">
-[...4 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>42</v>
+        <v>216</v>
       </c>
       <c r="G91" t="s">
         <v>25</v>
       </c>
       <c r="H91">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="I91" t="b">
         <v>1</v>
       </c>
       <c r="J91" t="s">
         <v>26</v>
       </c>
       <c r="K91">
         <v>2</v>
       </c>
       <c r="L91" t="s">
         <v>26</v>
       </c>
       <c r="M91" t="s">
         <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>26</v>
       </c>
-      <c r="O91">
-[...3 lines deleted...]
-        <v>96.16</v>
+      <c r="O91" t="s">
+        <v>26</v>
+      </c>
+      <c r="P91" t="s">
+        <v>26</v>
       </c>
       <c r="Q91" t="s">
         <v>26</v>
       </c>
-      <c r="R91" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R91">
+        <v>96.27</v>
+      </c>
+      <c r="S91">
+        <v>102.34</v>
       </c>
       <c r="T91" t="s">
         <v>26</v>
       </c>
       <c r="U91">
-        <v>187.64</v>
+        <v>198.61</v>
       </c>
     </row>
     <row r="92" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>158</v>
+        <v>217</v>
       </c>
       <c r="C92" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E92" t="s">
-        <v>57</v>
+        <v>219</v>
       </c>
       <c r="F92" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="G92" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H92">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I92" t="b">
         <v>1</v>
       </c>
       <c r="J92" t="s">
         <v>26</v>
       </c>
       <c r="K92">
         <v>2</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
       <c r="M92" t="s">
         <v>26</v>
       </c>
       <c r="N92" t="s">
         <v>26</v>
       </c>
       <c r="O92" t="s">
         <v>26</v>
       </c>
-      <c r="P92">
-        <v>94.16</v>
+      <c r="P92" t="s">
+        <v>26</v>
       </c>
       <c r="Q92">
-        <v>92.18</v>
+        <v>99.9</v>
       </c>
       <c r="R92" t="s">
         <v>26</v>
       </c>
-      <c r="S92" t="s">
-        <v>26</v>
+      <c r="S92">
+        <v>94.17</v>
       </c>
       <c r="T92" t="s">
         <v>26</v>
       </c>
       <c r="U92">
-        <v>186.34</v>
+        <v>194.07</v>
       </c>
     </row>
     <row r="93" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C93" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>221</v>
       </c>
       <c r="E93" t="s">
         <v>29</v>
       </c>
       <c r="F93" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G93" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H93">
         <v>5</v>
       </c>
       <c r="I93" t="b">
         <v>1</v>
       </c>
       <c r="J93" t="s">
         <v>26</v>
       </c>
       <c r="K93">
         <v>2</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
-      <c r="N93">
-        <v>80.68</v>
+      <c r="N93" t="s">
+        <v>26</v>
       </c>
       <c r="O93" t="s">
         <v>26</v>
       </c>
       <c r="P93">
-        <v>101.57</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>95.55</v>
+      </c>
+      <c r="Q93">
+        <v>94.8</v>
       </c>
       <c r="R93" t="s">
         <v>26</v>
       </c>
       <c r="S93" t="s">
         <v>26</v>
       </c>
       <c r="T93" t="s">
         <v>26</v>
       </c>
       <c r="U93">
-        <v>182.25</v>
+        <v>190.35</v>
       </c>
     </row>
     <row r="94" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C94" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E94" t="s">
-        <v>81</v>
+        <v>219</v>
       </c>
       <c r="F94" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G94" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H94">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="I94" t="b">
         <v>1</v>
       </c>
       <c r="J94" t="s">
         <v>26</v>
       </c>
       <c r="K94">
         <v>2</v>
       </c>
-      <c r="L94">
-[...3 lines deleted...]
-        <v>93.32</v>
+      <c r="L94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M94" t="s">
+        <v>26</v>
       </c>
       <c r="N94" t="s">
         <v>26</v>
       </c>
       <c r="O94" t="s">
         <v>26</v>
       </c>
       <c r="P94" t="s">
         <v>26</v>
       </c>
-      <c r="Q94" t="s">
-        <v>26</v>
+      <c r="Q94">
+        <v>95.05</v>
       </c>
       <c r="R94" t="s">
         <v>26</v>
       </c>
-      <c r="S94" t="s">
-        <v>26</v>
+      <c r="S94">
+        <v>94.47</v>
       </c>
       <c r="T94" t="s">
         <v>26</v>
       </c>
       <c r="U94">
-        <v>182.21</v>
+        <v>189.52</v>
       </c>
     </row>
     <row r="95" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C95" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>2476</v>
+        <v>225</v>
       </c>
       <c r="E95" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="F95" t="s">
-        <v>36</v>
+        <v>146</v>
       </c>
       <c r="G95" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H95">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I95" t="b">
         <v>1</v>
       </c>
       <c r="J95" t="s">
         <v>26</v>
       </c>
       <c r="K95">
         <v>2</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
-      <c r="M95">
-        <v>87.42</v>
+      <c r="M95" t="s">
+        <v>26</v>
       </c>
       <c r="N95" t="s">
         <v>26</v>
       </c>
       <c r="O95" t="s">
         <v>26</v>
       </c>
-      <c r="P95" t="s">
-        <v>26</v>
+      <c r="P95">
+        <v>93.39</v>
       </c>
       <c r="Q95">
-        <v>93.4</v>
+        <v>96.12</v>
       </c>
       <c r="R95" t="s">
         <v>26</v>
       </c>
       <c r="S95" t="s">
         <v>26</v>
       </c>
       <c r="T95" t="s">
         <v>26</v>
       </c>
       <c r="U95">
-        <v>180.82</v>
+        <v>189.51</v>
       </c>
     </row>
     <row r="96" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>224</v>
+        <v>55</v>
       </c>
       <c r="C96" t="s">
-        <v>80</v>
+        <v>227</v>
+      </c>
+      <c r="D96">
+        <v>1821</v>
       </c>
       <c r="E96" t="s">
-        <v>47</v>
+        <v>161</v>
       </c>
       <c r="F96" t="s">
-        <v>217</v>
+        <v>54</v>
       </c>
       <c r="G96" t="s">
         <v>25</v>
       </c>
       <c r="H96">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I96" t="b">
         <v>1</v>
       </c>
       <c r="J96" t="s">
         <v>26</v>
       </c>
       <c r="K96">
         <v>2</v>
       </c>
-      <c r="L96" t="s">
-        <v>26</v>
+      <c r="L96">
+        <v>93.69</v>
       </c>
       <c r="M96" t="s">
         <v>26</v>
       </c>
       <c r="N96" t="s">
         <v>26</v>
       </c>
-      <c r="O96" t="s">
-[...6 lines deleted...]
-        <v>85.75</v>
+      <c r="O96">
+        <v>94.55</v>
+      </c>
+      <c r="P96" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>26</v>
       </c>
       <c r="R96" t="s">
         <v>26</v>
       </c>
       <c r="S96" t="s">
         <v>26</v>
       </c>
       <c r="T96" t="s">
         <v>26</v>
       </c>
       <c r="U96">
-        <v>170.62</v>
+        <v>188.24</v>
       </c>
     </row>
     <row r="97" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C97" t="s">
-        <v>226</v>
+        <v>229</v>
+      </c>
+      <c r="D97">
+        <v>1558</v>
       </c>
       <c r="E97" t="s">
-        <v>57</v>
+        <v>206</v>
       </c>
       <c r="F97" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G97" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H97">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="I97" t="b">
         <v>1</v>
       </c>
       <c r="J97" t="s">
         <v>26</v>
       </c>
       <c r="K97">
         <v>2</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
-      <c r="M97">
-        <v>80.9</v>
+      <c r="M97" t="s">
+        <v>26</v>
       </c>
       <c r="N97" t="s">
         <v>26</v>
       </c>
-      <c r="O97" t="s">
-        <v>26</v>
+      <c r="O97">
+        <v>91.48</v>
       </c>
       <c r="P97">
-        <v>86.74</v>
+        <v>96.16</v>
       </c>
       <c r="Q97" t="s">
         <v>26</v>
       </c>
       <c r="R97" t="s">
         <v>26</v>
       </c>
       <c r="S97" t="s">
         <v>26</v>
       </c>
       <c r="T97" t="s">
         <v>26</v>
       </c>
       <c r="U97">
-        <v>167.64</v>
+        <v>187.64</v>
       </c>
     </row>
     <row r="98" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>227</v>
+        <v>143</v>
       </c>
       <c r="C98" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="E98" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="F98" t="s">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="G98" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H98">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I98" t="b">
         <v>1</v>
       </c>
       <c r="J98" t="s">
         <v>26</v>
       </c>
       <c r="K98">
         <v>2</v>
       </c>
-      <c r="L98">
-        <v>82.39</v>
+      <c r="L98" t="s">
+        <v>26</v>
       </c>
       <c r="M98" t="s">
         <v>26</v>
       </c>
       <c r="N98" t="s">
         <v>26</v>
       </c>
-      <c r="O98">
-[...6 lines deleted...]
-        <v>26</v>
+      <c r="O98" t="s">
+        <v>26</v>
+      </c>
+      <c r="P98">
+        <v>94.16</v>
+      </c>
+      <c r="Q98">
+        <v>92.18</v>
       </c>
       <c r="R98" t="s">
         <v>26</v>
       </c>
       <c r="S98" t="s">
         <v>26</v>
       </c>
       <c r="T98" t="s">
         <v>26</v>
       </c>
       <c r="U98">
-        <v>166.03</v>
+        <v>186.34</v>
       </c>
     </row>
     <row r="99" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>229</v>
+        <v>95</v>
       </c>
       <c r="C99" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D99">
-        <v>2406</v>
+        <v>1410</v>
       </c>
       <c r="E99" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="F99" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="G99" t="s">
         <v>25</v>
       </c>
       <c r="H99">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I99" t="b">
         <v>1</v>
       </c>
       <c r="J99" t="s">
         <v>26</v>
       </c>
       <c r="K99">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>70.76</v>
+        <v>3</v>
+      </c>
+      <c r="L99" t="s">
+        <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>26</v>
       </c>
       <c r="N99" t="s">
         <v>26</v>
       </c>
       <c r="O99" t="s">
         <v>26</v>
       </c>
       <c r="P99">
-        <v>90.99</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>61.35</v>
+      </c>
+      <c r="Q99">
+        <v>63.84</v>
       </c>
       <c r="R99" t="s">
         <v>26</v>
       </c>
-      <c r="S99" t="s">
-        <v>26</v>
+      <c r="S99">
+        <v>57.96</v>
       </c>
       <c r="T99" t="s">
         <v>26</v>
       </c>
       <c r="U99">
-        <v>161.75</v>
+        <v>183.15</v>
       </c>
     </row>
     <row r="100" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>234</v>
       </c>
       <c r="D100">
-        <v>1662</v>
+        <v>2118</v>
       </c>
       <c r="E100" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="F100" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G100" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H100">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I100" t="b">
         <v>1</v>
       </c>
       <c r="J100" t="s">
         <v>26</v>
       </c>
       <c r="K100">
         <v>2</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
-      <c r="M100">
-[...9 lines deleted...]
-        <v>26</v>
+      <c r="M100" t="s">
+        <v>26</v>
+      </c>
+      <c r="N100">
+        <v>80.68</v>
+      </c>
+      <c r="O100" t="s">
+        <v>26</v>
+      </c>
+      <c r="P100">
+        <v>101.57</v>
       </c>
       <c r="Q100" t="s">
         <v>26</v>
       </c>
       <c r="R100" t="s">
         <v>26</v>
       </c>
       <c r="S100" t="s">
         <v>26</v>
       </c>
       <c r="T100" t="s">
         <v>26</v>
       </c>
       <c r="U100">
-        <v>160.45</v>
+        <v>182.25</v>
       </c>
     </row>
     <row r="101" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>32</v>
+        <v>235</v>
       </c>
       <c r="C101" t="s">
-        <v>232</v>
+        <v>236</v>
+      </c>
+      <c r="D101">
+        <v>2491</v>
       </c>
       <c r="E101" t="s">
-        <v>233</v>
+        <v>99</v>
       </c>
       <c r="F101" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G101" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H101">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="I101" t="b">
         <v>1</v>
       </c>
       <c r="J101" t="s">
         <v>26</v>
       </c>
       <c r="K101">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L101">
+        <v>88.89</v>
+      </c>
+      <c r="M101">
+        <v>93.32</v>
       </c>
       <c r="N101" t="s">
         <v>26</v>
       </c>
-      <c r="O101">
-        <v>151.48</v>
+      <c r="O101" t="s">
+        <v>26</v>
       </c>
       <c r="P101" t="s">
         <v>26</v>
       </c>
       <c r="Q101" t="s">
         <v>26</v>
       </c>
       <c r="R101" t="s">
         <v>26</v>
       </c>
       <c r="S101" t="s">
         <v>26</v>
       </c>
       <c r="T101" t="s">
         <v>26</v>
       </c>
       <c r="U101">
-        <v>151.48</v>
+        <v>182.21</v>
       </c>
     </row>
     <row r="102" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C102" t="s">
-        <v>235</v>
+        <v>238</v>
+      </c>
+      <c r="D102">
+        <v>2476</v>
       </c>
       <c r="E102" t="s">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="F102" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G102" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H102">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I102" t="b">
         <v>1</v>
       </c>
       <c r="J102" t="s">
         <v>26</v>
       </c>
       <c r="K102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
-      <c r="M102" t="s">
-        <v>26</v>
+      <c r="M102">
+        <v>87.42</v>
       </c>
       <c r="N102" t="s">
         <v>26</v>
       </c>
       <c r="O102" t="s">
         <v>26</v>
       </c>
       <c r="P102" t="s">
         <v>26</v>
       </c>
       <c r="Q102">
-        <v>151.04</v>
+        <v>93.4</v>
       </c>
       <c r="R102" t="s">
         <v>26</v>
       </c>
       <c r="S102" t="s">
         <v>26</v>
       </c>
       <c r="T102" t="s">
         <v>26</v>
       </c>
       <c r="U102">
-        <v>151.04</v>
+        <v>180.82</v>
       </c>
     </row>
     <row r="103" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>140</v>
+        <v>239</v>
       </c>
       <c r="C103" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>1397</v>
+        <v>240</v>
       </c>
       <c r="E103" t="s">
-        <v>57</v>
+        <v>219</v>
       </c>
       <c r="F103" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G103" t="s">
         <v>25</v>
       </c>
       <c r="H103">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="I103" t="b">
         <v>1</v>
       </c>
       <c r="J103" t="s">
         <v>26</v>
       </c>
       <c r="K103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
         <v>26</v>
       </c>
       <c r="N103" t="s">
         <v>26</v>
       </c>
       <c r="O103" t="s">
         <v>26</v>
       </c>
-      <c r="P103">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P103" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q103">
+        <v>92.68</v>
       </c>
       <c r="R103" t="s">
         <v>26</v>
       </c>
-      <c r="S103" t="s">
-        <v>26</v>
+      <c r="S103">
+        <v>81.18</v>
       </c>
       <c r="T103" t="s">
         <v>26</v>
       </c>
       <c r="U103">
-        <v>147.61</v>
+        <v>173.86</v>
       </c>
     </row>
     <row r="104" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>238</v>
+        <v>72</v>
       </c>
       <c r="C104" t="s">
-        <v>239</v>
+        <v>98</v>
+      </c>
+      <c r="D104">
+        <v>2271</v>
       </c>
       <c r="E104" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F104" t="s">
         <v>24</v>
       </c>
       <c r="G104" t="s">
         <v>25</v>
       </c>
       <c r="H104">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I104" t="b">
         <v>1</v>
       </c>
       <c r="J104" t="s">
         <v>26</v>
       </c>
       <c r="K104">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>26</v>
       </c>
       <c r="N104" t="s">
         <v>26</v>
       </c>
       <c r="O104" t="s">
         <v>26</v>
       </c>
-      <c r="P104">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P104" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q104">
+        <v>90.48</v>
       </c>
       <c r="R104" t="s">
         <v>26</v>
       </c>
-      <c r="S104" t="s">
-        <v>26</v>
+      <c r="S104">
+        <v>83.06</v>
       </c>
       <c r="T104" t="s">
         <v>26</v>
       </c>
       <c r="U104">
-        <v>142.28</v>
+        <v>173.54</v>
       </c>
     </row>
     <row r="105" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C105" t="s">
-        <v>241</v>
+        <v>98</v>
       </c>
       <c r="E105" t="s">
-        <v>242</v>
+        <v>37</v>
       </c>
       <c r="F105" t="s">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="G105" t="s">
         <v>25</v>
       </c>
       <c r="H105">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I105" t="b">
         <v>1</v>
       </c>
       <c r="J105" t="s">
         <v>26</v>
       </c>
       <c r="K105">
         <v>2</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
         <v>26</v>
       </c>
       <c r="N105" t="s">
         <v>26</v>
       </c>
       <c r="O105" t="s">
         <v>26</v>
       </c>
-      <c r="P105" t="s">
-        <v>26</v>
+      <c r="P105">
+        <v>84.87</v>
       </c>
       <c r="Q105">
-        <v>83.45</v>
-[...2 lines deleted...]
-        <v>56.74</v>
+        <v>85.75</v>
+      </c>
+      <c r="R105" t="s">
+        <v>26</v>
       </c>
       <c r="S105" t="s">
         <v>26</v>
       </c>
       <c r="T105" t="s">
         <v>26</v>
       </c>
       <c r="U105">
-        <v>140.19</v>
+        <v>170.62</v>
       </c>
     </row>
     <row r="106" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>242</v>
+      </c>
+      <c r="C106" t="s">
         <v>243</v>
       </c>
-      <c r="C106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E106" t="s">
-        <v>245</v>
+        <v>37</v>
       </c>
       <c r="F106" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="G106" t="s">
         <v>25</v>
       </c>
       <c r="H106">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="I106" t="b">
         <v>1</v>
       </c>
       <c r="J106" t="s">
         <v>26</v>
       </c>
       <c r="K106">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>138.12</v>
+        <v>2</v>
+      </c>
+      <c r="L106" t="s">
+        <v>26</v>
       </c>
       <c r="M106" t="s">
         <v>26</v>
       </c>
       <c r="N106" t="s">
         <v>26</v>
       </c>
       <c r="O106" t="s">
         <v>26</v>
       </c>
       <c r="P106" t="s">
         <v>26</v>
       </c>
       <c r="Q106" t="s">
         <v>26</v>
       </c>
-      <c r="R106" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R106">
+        <v>76.41</v>
+      </c>
+      <c r="S106">
+        <v>92.71</v>
       </c>
       <c r="T106" t="s">
         <v>26</v>
       </c>
       <c r="U106">
-        <v>138.12</v>
+        <v>169.12</v>
       </c>
     </row>
     <row r="107" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>137</v>
+        <v>244</v>
       </c>
       <c r="C107" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E107" t="s">
-        <v>41</v>
+        <v>71</v>
       </c>
       <c r="F107" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G107" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H107">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="I107" t="b">
         <v>1</v>
       </c>
       <c r="J107" t="s">
         <v>26</v>
       </c>
       <c r="K107">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
-      <c r="M107" t="s">
-        <v>26</v>
+      <c r="M107">
+        <v>80.9</v>
       </c>
       <c r="N107" t="s">
         <v>26</v>
       </c>
       <c r="O107" t="s">
         <v>26</v>
       </c>
-      <c r="P107" t="s">
-[...3 lines deleted...]
-        <v>137.9</v>
+      <c r="P107">
+        <v>86.74</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>26</v>
       </c>
       <c r="R107" t="s">
         <v>26</v>
       </c>
       <c r="S107" t="s">
         <v>26</v>
       </c>
       <c r="T107" t="s">
         <v>26</v>
       </c>
       <c r="U107">
-        <v>137.9</v>
+        <v>167.64</v>
       </c>
     </row>
     <row r="108" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>246</v>
+      </c>
+      <c r="C108" t="s">
         <v>247</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="F108" t="s">
         <v>24</v>
       </c>
       <c r="G108" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H108">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="I108" t="b">
         <v>1</v>
       </c>
       <c r="J108" t="s">
         <v>26</v>
       </c>
       <c r="K108">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
         <v>26</v>
       </c>
       <c r="N108" t="s">
         <v>26</v>
       </c>
       <c r="O108" t="s">
         <v>26</v>
       </c>
-      <c r="P108">
-        <v>136.22</v>
+      <c r="P108" t="s">
+        <v>26</v>
       </c>
       <c r="Q108" t="s">
         <v>26</v>
       </c>
-      <c r="R108" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R108">
+        <v>71.03</v>
+      </c>
+      <c r="S108">
+        <v>96.37</v>
       </c>
       <c r="T108" t="s">
         <v>26</v>
       </c>
       <c r="U108">
-        <v>136.22</v>
+        <v>167.4</v>
       </c>
     </row>
     <row r="109" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="C109" t="s">
-        <v>250</v>
+        <v>198</v>
       </c>
       <c r="E109" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="F109" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G109" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H109">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="I109" t="b">
         <v>1</v>
       </c>
       <c r="J109" t="s">
         <v>26</v>
       </c>
       <c r="K109">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L109">
+        <v>82.39</v>
       </c>
       <c r="M109" t="s">
         <v>26</v>
       </c>
       <c r="N109" t="s">
         <v>26</v>
       </c>
-      <c r="O109" t="s">
-[...3 lines deleted...]
-        <v>135.22</v>
+      <c r="O109">
+        <v>83.64</v>
+      </c>
+      <c r="P109" t="s">
+        <v>26</v>
       </c>
       <c r="Q109" t="s">
         <v>26</v>
       </c>
       <c r="R109" t="s">
         <v>26</v>
       </c>
       <c r="S109" t="s">
         <v>26</v>
       </c>
       <c r="T109" t="s">
         <v>26</v>
       </c>
       <c r="U109">
-        <v>135.22</v>
+        <v>166.03</v>
       </c>
     </row>
     <row r="110" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C110" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D110">
-        <v>2474</v>
+        <v>2406</v>
       </c>
       <c r="E110" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F110" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G110" t="s">
         <v>25</v>
       </c>
       <c r="H110">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="I110" t="b">
         <v>1</v>
       </c>
       <c r="J110" t="s">
         <v>26</v>
       </c>
       <c r="K110">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2</v>
+      </c>
+      <c r="L110">
+        <v>70.76</v>
       </c>
       <c r="M110" t="s">
         <v>26</v>
       </c>
       <c r="N110" t="s">
         <v>26</v>
       </c>
       <c r="O110" t="s">
         <v>26</v>
       </c>
       <c r="P110">
-        <v>134.99</v>
+        <v>90.99</v>
       </c>
       <c r="Q110" t="s">
         <v>26</v>
       </c>
       <c r="R110" t="s">
         <v>26</v>
       </c>
       <c r="S110" t="s">
         <v>26</v>
       </c>
       <c r="T110" t="s">
         <v>26</v>
       </c>
       <c r="U110">
-        <v>134.99</v>
+        <v>161.75</v>
       </c>
     </row>
     <row r="111" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="C111" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E111" t="s">
         <v>26</v>
       </c>
       <c r="F111" t="s">
         <v>24</v>
       </c>
       <c r="G111" t="s">
         <v>25</v>
       </c>
       <c r="H111">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="I111" t="b">
         <v>1</v>
       </c>
       <c r="J111" t="s">
         <v>26</v>
       </c>
       <c r="K111">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>26</v>
       </c>
-      <c r="O111">
-        <v>133.62</v>
+      <c r="O111" t="s">
+        <v>26</v>
       </c>
       <c r="P111" t="s">
         <v>26</v>
       </c>
       <c r="Q111" t="s">
         <v>26</v>
       </c>
-      <c r="R111" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R111">
+        <v>71.98</v>
+      </c>
+      <c r="S111">
+        <v>88.54</v>
       </c>
       <c r="T111" t="s">
         <v>26</v>
       </c>
       <c r="U111">
-        <v>133.62</v>
+        <v>160.52</v>
       </c>
     </row>
     <row r="112" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C112" t="s">
-        <v>255</v>
+        <v>88</v>
+      </c>
+      <c r="D112">
+        <v>1662</v>
       </c>
       <c r="E112" t="s">
-        <v>256</v>
+        <v>49</v>
       </c>
       <c r="F112" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G112" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H112">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="I112" t="b">
         <v>1</v>
       </c>
       <c r="J112" t="s">
         <v>26</v>
       </c>
       <c r="K112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
-      <c r="M112" t="s">
-        <v>26</v>
+      <c r="M112">
+        <v>84.54</v>
       </c>
       <c r="N112" t="s">
         <v>26</v>
       </c>
-      <c r="O112" t="s">
-        <v>26</v>
+      <c r="O112">
+        <v>75.91</v>
       </c>
       <c r="P112" t="s">
         <v>26</v>
       </c>
-      <c r="Q112">
-        <v>133.09</v>
+      <c r="Q112" t="s">
+        <v>26</v>
       </c>
       <c r="R112" t="s">
         <v>26</v>
       </c>
       <c r="S112" t="s">
         <v>26</v>
       </c>
       <c r="T112" t="s">
         <v>26</v>
       </c>
       <c r="U112">
-        <v>133.09</v>
+        <v>160.45</v>
       </c>
     </row>
     <row r="113" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>55</v>
+        <v>254</v>
       </c>
       <c r="C113" t="s">
-        <v>160</v>
+        <v>255</v>
       </c>
       <c r="E113" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="F113" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G113" t="s">
         <v>25</v>
       </c>
       <c r="H113">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I113" t="b">
         <v>1</v>
       </c>
       <c r="J113" t="s">
         <v>26</v>
       </c>
       <c r="K113">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>26</v>
       </c>
       <c r="O113" t="s">
         <v>26</v>
       </c>
       <c r="P113">
-        <v>132.68</v>
+        <v>80.95</v>
       </c>
       <c r="Q113" t="s">
         <v>26</v>
       </c>
       <c r="R113" t="s">
         <v>26</v>
       </c>
-      <c r="S113" t="s">
-        <v>26</v>
+      <c r="S113">
+        <v>75.51</v>
       </c>
       <c r="T113" t="s">
         <v>26</v>
       </c>
       <c r="U113">
-        <v>132.68</v>
+        <v>156.46</v>
       </c>
     </row>
     <row r="114" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>191</v>
+        <v>41</v>
       </c>
       <c r="C114" t="s">
+        <v>256</v>
+      </c>
+      <c r="E114" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F114" t="s">
         <v>24</v>
       </c>
       <c r="G114" t="s">
         <v>25</v>
       </c>
       <c r="H114">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="I114" t="b">
         <v>1</v>
       </c>
       <c r="J114" t="s">
         <v>26</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>26</v>
       </c>
-      <c r="O114" t="s">
-[...3 lines deleted...]
-        <v>131.95</v>
+      <c r="O114">
+        <v>151.48</v>
+      </c>
+      <c r="P114" t="s">
+        <v>26</v>
       </c>
       <c r="Q114" t="s">
         <v>26</v>
       </c>
       <c r="R114" t="s">
         <v>26</v>
       </c>
       <c r="S114" t="s">
         <v>26</v>
       </c>
       <c r="T114" t="s">
         <v>26</v>
       </c>
       <c r="U114">
-        <v>131.95</v>
+        <v>151.48</v>
       </c>
     </row>
     <row r="115" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>111</v>
+        <v>258</v>
       </c>
       <c r="C115" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E115" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F115" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G115" t="s">
         <v>25</v>
       </c>
       <c r="H115">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="I115" t="b">
         <v>1</v>
       </c>
       <c r="J115" t="s">
         <v>26</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>26</v>
       </c>
       <c r="O115" t="s">
         <v>26</v>
       </c>
       <c r="P115" t="s">
         <v>26</v>
       </c>
       <c r="Q115">
-        <v>131.58</v>
+        <v>151.04</v>
       </c>
       <c r="R115" t="s">
         <v>26</v>
       </c>
       <c r="S115" t="s">
         <v>26</v>
       </c>
       <c r="T115" t="s">
         <v>26</v>
       </c>
       <c r="U115">
-        <v>131.58</v>
+        <v>151.04</v>
       </c>
     </row>
     <row r="116" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
       <c r="C116" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D116">
-        <v>1650</v>
+        <v>1397</v>
       </c>
       <c r="E116" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F116" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G116" t="s">
         <v>25</v>
       </c>
       <c r="H116">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I116" t="b">
         <v>1</v>
       </c>
       <c r="J116" t="s">
         <v>26</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
         <v>26</v>
       </c>
       <c r="N116" t="s">
         <v>26</v>
       </c>
       <c r="O116" t="s">
         <v>26</v>
       </c>
       <c r="P116">
-        <v>130.94</v>
+        <v>147.61</v>
       </c>
       <c r="Q116" t="s">
         <v>26</v>
       </c>
       <c r="R116" t="s">
         <v>26</v>
       </c>
       <c r="S116" t="s">
         <v>26</v>
       </c>
       <c r="T116" t="s">
         <v>26</v>
       </c>
       <c r="U116">
-        <v>130.94</v>
+        <v>147.61</v>
       </c>
     </row>
     <row r="117" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C117" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E117" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="F117" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G117" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H117">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="I117" t="b">
         <v>1</v>
       </c>
       <c r="J117" t="s">
         <v>26</v>
       </c>
       <c r="K117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
         <v>26</v>
       </c>
       <c r="N117" t="s">
         <v>26</v>
       </c>
-      <c r="O117">
-        <v>130.91</v>
+      <c r="O117" t="s">
+        <v>26</v>
       </c>
       <c r="P117" t="s">
         <v>26</v>
       </c>
-      <c r="Q117" t="s">
-        <v>26</v>
+      <c r="Q117">
+        <v>73.7</v>
       </c>
       <c r="R117" t="s">
         <v>26</v>
       </c>
-      <c r="S117" t="s">
-        <v>26</v>
+      <c r="S117">
+        <v>73.05</v>
       </c>
       <c r="T117" t="s">
         <v>26</v>
       </c>
       <c r="U117">
-        <v>130.91</v>
+        <v>146.75</v>
       </c>
     </row>
     <row r="118" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>263</v>
+        <v>242</v>
       </c>
       <c r="C118" t="s">
         <v>264</v>
       </c>
-      <c r="D118">
-[...1 lines deleted...]
-      </c>
       <c r="E118" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="F118" t="s">
         <v>24</v>
       </c>
       <c r="G118" t="s">
         <v>25</v>
       </c>
       <c r="H118">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I118" t="b">
         <v>1</v>
       </c>
       <c r="J118" t="s">
         <v>26</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
         <v>26</v>
       </c>
       <c r="N118" t="s">
         <v>26</v>
       </c>
       <c r="O118" t="s">
         <v>26</v>
       </c>
       <c r="P118">
-        <v>130.66</v>
+        <v>142.28</v>
       </c>
       <c r="Q118" t="s">
         <v>26</v>
       </c>
       <c r="R118" t="s">
         <v>26</v>
       </c>
       <c r="S118" t="s">
         <v>26</v>
       </c>
       <c r="T118" t="s">
         <v>26</v>
       </c>
       <c r="U118">
-        <v>130.66</v>
+        <v>142.28</v>
       </c>
     </row>
     <row r="119" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>104</v>
+        <v>265</v>
       </c>
       <c r="C119" t="s">
-        <v>266</v>
+        <v>72</v>
       </c>
       <c r="E119" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="F119" t="s">
         <v>24</v>
       </c>
       <c r="G119" t="s">
         <v>25</v>
       </c>
       <c r="H119">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I119" t="b">
         <v>1</v>
       </c>
       <c r="J119" t="s">
         <v>26</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
       <c r="M119" t="s">
         <v>26</v>
       </c>
       <c r="N119" t="s">
         <v>26</v>
       </c>
       <c r="O119" t="s">
         <v>26</v>
       </c>
       <c r="P119" t="s">
         <v>26</v>
       </c>
-      <c r="Q119">
-        <v>129.29</v>
+      <c r="Q119" t="s">
+        <v>26</v>
       </c>
       <c r="R119" t="s">
         <v>26</v>
       </c>
-      <c r="S119" t="s">
-        <v>26</v>
+      <c r="S119">
+        <v>141.4</v>
       </c>
       <c r="T119" t="s">
         <v>26</v>
       </c>
       <c r="U119">
-        <v>129.29</v>
+        <v>141.4</v>
       </c>
     </row>
     <row r="120" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
+        <v>266</v>
+      </c>
+      <c r="C120" t="s">
+        <v>267</v>
+      </c>
+      <c r="E120" t="s">
         <v>268</v>
       </c>
-      <c r="C120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F120" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G120" t="s">
         <v>25</v>
       </c>
       <c r="H120">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="I120" t="b">
         <v>1</v>
       </c>
       <c r="J120" t="s">
         <v>26</v>
       </c>
       <c r="K120">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
       <c r="M120" t="s">
         <v>26</v>
       </c>
       <c r="N120" t="s">
         <v>26</v>
       </c>
       <c r="O120" t="s">
         <v>26</v>
       </c>
       <c r="P120" t="s">
         <v>26</v>
       </c>
       <c r="Q120">
-        <v>128.72</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>83.45</v>
+      </c>
+      <c r="R120">
+        <v>56.74</v>
       </c>
       <c r="S120" t="s">
         <v>26</v>
       </c>
       <c r="T120" t="s">
         <v>26</v>
       </c>
       <c r="U120">
-        <v>128.72</v>
+        <v>140.19</v>
       </c>
     </row>
     <row r="121" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>269</v>
+      </c>
+      <c r="C121" t="s">
         <v>270</v>
       </c>
-      <c r="C121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="F121" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G121" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H121">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="I121" t="b">
         <v>1</v>
       </c>
       <c r="J121" t="s">
         <v>26</v>
       </c>
       <c r="K121">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>26</v>
       </c>
       <c r="O121" t="s">
         <v>26</v>
       </c>
-      <c r="P121">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P121" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q121">
+        <v>69.31</v>
       </c>
       <c r="R121" t="s">
         <v>26</v>
       </c>
-      <c r="S121" t="s">
-        <v>26</v>
+      <c r="S121">
+        <v>69.14</v>
       </c>
       <c r="T121" t="s">
         <v>26</v>
       </c>
       <c r="U121">
-        <v>126.79</v>
+        <v>138.45</v>
       </c>
     </row>
     <row r="122" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>206</v>
+        <v>271</v>
       </c>
       <c r="C122" t="s">
-        <v>271</v>
+        <v>272</v>
+      </c>
+      <c r="D122">
+        <v>2066</v>
       </c>
       <c r="E122" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F122" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="G122" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H122">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I122" t="b">
         <v>1</v>
       </c>
       <c r="J122" t="s">
         <v>26</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
-      <c r="L122" t="s">
-        <v>26</v>
+      <c r="L122">
+        <v>138.12</v>
       </c>
       <c r="M122" t="s">
         <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>26</v>
       </c>
       <c r="O122" t="s">
         <v>26</v>
       </c>
-      <c r="P122">
-        <v>126.59</v>
+      <c r="P122" t="s">
+        <v>26</v>
       </c>
       <c r="Q122" t="s">
         <v>26</v>
       </c>
       <c r="R122" t="s">
         <v>26</v>
       </c>
       <c r="S122" t="s">
         <v>26</v>
       </c>
       <c r="T122" t="s">
         <v>26</v>
       </c>
       <c r="U122">
-        <v>126.59</v>
+        <v>138.12</v>
       </c>
     </row>
     <row r="123" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="C123" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E123" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F123" t="s">
         <v>24</v>
       </c>
       <c r="G123" t="s">
         <v>25</v>
       </c>
       <c r="H123">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="I123" t="b">
         <v>1</v>
       </c>
       <c r="J123" t="s">
         <v>26</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>26</v>
       </c>
-      <c r="O123">
-        <v>126.23</v>
+      <c r="O123" t="s">
+        <v>26</v>
       </c>
       <c r="P123" t="s">
         <v>26</v>
       </c>
-      <c r="Q123" t="s">
-        <v>26</v>
+      <c r="Q123">
+        <v>137.9</v>
       </c>
       <c r="R123" t="s">
         <v>26</v>
       </c>
       <c r="S123" t="s">
         <v>26</v>
       </c>
       <c r="T123" t="s">
         <v>26</v>
       </c>
       <c r="U123">
-        <v>126.23</v>
+        <v>137.9</v>
       </c>
     </row>
     <row r="124" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>55</v>
+        <v>275</v>
       </c>
       <c r="C124" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>2332</v>
+        <v>276</v>
       </c>
       <c r="E124" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="F124" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G124" t="s">
         <v>25</v>
       </c>
       <c r="H124">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I124" t="b">
         <v>1</v>
       </c>
       <c r="J124" t="s">
         <v>26</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
         <v>26</v>
       </c>
       <c r="N124" t="s">
         <v>26</v>
       </c>
       <c r="O124" t="s">
         <v>26</v>
       </c>
       <c r="P124">
-        <v>125.8</v>
+        <v>136.22</v>
       </c>
       <c r="Q124" t="s">
         <v>26</v>
       </c>
       <c r="R124" t="s">
         <v>26</v>
       </c>
       <c r="S124" t="s">
         <v>26</v>
       </c>
       <c r="T124" t="s">
         <v>26</v>
       </c>
       <c r="U124">
-        <v>125.8</v>
+        <v>136.22</v>
       </c>
     </row>
     <row r="125" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>55</v>
+        <v>277</v>
       </c>
       <c r="C125" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="E125" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F125" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G125" t="s">
         <v>25</v>
       </c>
       <c r="H125">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="I125" t="b">
         <v>1</v>
       </c>
       <c r="J125" t="s">
         <v>26</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
       <c r="L125" t="s">
         <v>26</v>
       </c>
       <c r="M125" t="s">
         <v>26</v>
       </c>
       <c r="N125" t="s">
         <v>26</v>
       </c>
       <c r="O125" t="s">
         <v>26</v>
       </c>
-      <c r="P125" t="s">
-[...3 lines deleted...]
-        <v>125.76</v>
+      <c r="P125">
+        <v>135.22</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>26</v>
       </c>
       <c r="R125" t="s">
         <v>26</v>
       </c>
       <c r="S125" t="s">
         <v>26</v>
       </c>
       <c r="T125" t="s">
         <v>26</v>
       </c>
       <c r="U125">
-        <v>125.76</v>
+        <v>135.22</v>
       </c>
     </row>
     <row r="126" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>126</v>
+        <v>279</v>
       </c>
       <c r="C126" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D126">
-        <v>1410</v>
+        <v>2474</v>
       </c>
       <c r="E126" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F126" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G126" t="s">
         <v>25</v>
       </c>
       <c r="H126">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="I126" t="b">
         <v>1</v>
       </c>
       <c r="J126" t="s">
         <v>26</v>
       </c>
       <c r="K126">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
         <v>26</v>
       </c>
       <c r="N126" t="s">
         <v>26</v>
       </c>
       <c r="O126" t="s">
         <v>26</v>
       </c>
       <c r="P126">
-        <v>61.35</v>
-[...2 lines deleted...]
-        <v>63.84</v>
+        <v>134.99</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>26</v>
       </c>
       <c r="R126" t="s">
         <v>26</v>
       </c>
       <c r="S126" t="s">
         <v>26</v>
       </c>
       <c r="T126" t="s">
         <v>26</v>
       </c>
       <c r="U126">
-        <v>125.19</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="127" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>73</v>
+        <v>258</v>
       </c>
       <c r="C127" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>281</v>
       </c>
       <c r="E127" t="s">
-        <v>210</v>
+        <v>26</v>
       </c>
       <c r="F127" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G127" t="s">
         <v>25</v>
       </c>
       <c r="H127">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="I127" t="b">
         <v>1</v>
       </c>
       <c r="J127" t="s">
         <v>26</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
       <c r="L127" t="s">
         <v>26</v>
       </c>
       <c r="M127" t="s">
         <v>26</v>
       </c>
       <c r="N127" t="s">
         <v>26</v>
       </c>
-      <c r="O127" t="s">
-[...3 lines deleted...]
-        <v>124.62</v>
+      <c r="O127">
+        <v>133.62</v>
+      </c>
+      <c r="P127" t="s">
+        <v>26</v>
       </c>
       <c r="Q127" t="s">
         <v>26</v>
       </c>
       <c r="R127" t="s">
         <v>26</v>
       </c>
       <c r="S127" t="s">
         <v>26</v>
       </c>
       <c r="T127" t="s">
         <v>26</v>
       </c>
       <c r="U127">
-        <v>124.62</v>
+        <v>133.62</v>
       </c>
     </row>
     <row r="128" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>278</v>
+        <v>143</v>
       </c>
       <c r="C128" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>2149</v>
+        <v>140</v>
       </c>
       <c r="E128" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F128" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="G128" t="s">
         <v>25</v>
       </c>
       <c r="H128">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I128" t="b">
         <v>1</v>
       </c>
       <c r="J128" t="s">
         <v>26</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
         <v>26</v>
       </c>
       <c r="N128" t="s">
         <v>26</v>
       </c>
       <c r="O128" t="s">
         <v>26</v>
       </c>
       <c r="P128" t="s">
         <v>26</v>
       </c>
-      <c r="Q128">
-        <v>124.36</v>
+      <c r="Q128" t="s">
+        <v>26</v>
       </c>
       <c r="R128" t="s">
         <v>26</v>
       </c>
-      <c r="S128" t="s">
-        <v>26</v>
+      <c r="S128">
+        <v>133.44</v>
       </c>
       <c r="T128" t="s">
         <v>26</v>
       </c>
       <c r="U128">
-        <v>124.36</v>
+        <v>133.44</v>
       </c>
     </row>
     <row r="129" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>84</v>
+        <v>282</v>
       </c>
       <c r="C129" t="s">
-        <v>173</v>
+        <v>283</v>
       </c>
       <c r="E129" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F129" t="s">
         <v>24</v>
       </c>
       <c r="G129" t="s">
         <v>25</v>
       </c>
       <c r="H129">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I129" t="b">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>26</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
       <c r="M129" t="s">
         <v>26</v>
       </c>
       <c r="N129" t="s">
         <v>26</v>
       </c>
-      <c r="O129">
-        <v>124.17</v>
+      <c r="O129" t="s">
+        <v>26</v>
       </c>
       <c r="P129" t="s">
         <v>26</v>
       </c>
-      <c r="Q129" t="s">
-        <v>26</v>
+      <c r="Q129">
+        <v>133.09</v>
       </c>
       <c r="R129" t="s">
         <v>26</v>
       </c>
       <c r="S129" t="s">
         <v>26</v>
       </c>
       <c r="T129" t="s">
         <v>26</v>
       </c>
       <c r="U129">
-        <v>124.17</v>
+        <v>133.09</v>
       </c>
     </row>
     <row r="130" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>281</v>
+        <v>69</v>
       </c>
       <c r="C130" t="s">
-        <v>282</v>
+        <v>147</v>
       </c>
       <c r="E130" t="s">
-        <v>283</v>
+        <v>37</v>
       </c>
       <c r="F130" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G130" t="s">
         <v>25</v>
       </c>
       <c r="H130">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I130" t="b">
         <v>1</v>
       </c>
       <c r="J130" t="s">
         <v>26</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>26</v>
       </c>
       <c r="N130" t="s">
         <v>26</v>
       </c>
-      <c r="O130">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O130" t="s">
+        <v>26</v>
+      </c>
+      <c r="P130">
+        <v>132.68</v>
       </c>
       <c r="Q130" t="s">
         <v>26</v>
       </c>
       <c r="R130" t="s">
         <v>26</v>
       </c>
       <c r="S130" t="s">
         <v>26</v>
       </c>
       <c r="T130" t="s">
         <v>26</v>
       </c>
       <c r="U130">
-        <v>124.12</v>
+        <v>132.68</v>
       </c>
     </row>
     <row r="131" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="C131" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E131" t="s">
         <v>26</v>
       </c>
       <c r="F131" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G131" t="s">
         <v>25</v>
       </c>
       <c r="H131">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I131" t="b">
         <v>1</v>
       </c>
       <c r="J131" t="s">
         <v>26</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
         <v>26</v>
       </c>
       <c r="N131" t="s">
         <v>26</v>
       </c>
       <c r="O131" t="s">
         <v>26</v>
       </c>
       <c r="P131">
-        <v>123.98</v>
+        <v>131.95</v>
       </c>
       <c r="Q131" t="s">
         <v>26</v>
       </c>
       <c r="R131" t="s">
         <v>26</v>
       </c>
       <c r="S131" t="s">
         <v>26</v>
       </c>
       <c r="T131" t="s">
         <v>26</v>
       </c>
       <c r="U131">
-        <v>123.98</v>
+        <v>131.95</v>
       </c>
     </row>
     <row r="132" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>285</v>
+        <v>83</v>
       </c>
       <c r="C132" t="s">
         <v>286</v>
       </c>
-      <c r="D132">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="s">
-        <v>57</v>
+        <v>287</v>
       </c>
       <c r="F132" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="G132" t="s">
         <v>25</v>
       </c>
       <c r="H132">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="I132" t="b">
         <v>1</v>
       </c>
       <c r="J132" t="s">
         <v>26</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
         <v>26</v>
       </c>
       <c r="N132" t="s">
         <v>26</v>
       </c>
       <c r="O132" t="s">
         <v>26</v>
       </c>
-      <c r="P132">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P132" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q132">
+        <v>131.58</v>
       </c>
       <c r="R132" t="s">
         <v>26</v>
       </c>
       <c r="S132" t="s">
         <v>26</v>
       </c>
       <c r="T132" t="s">
         <v>26</v>
       </c>
       <c r="U132">
-        <v>123.66</v>
+        <v>131.58</v>
       </c>
     </row>
     <row r="133" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>287</v>
+        <v>155</v>
       </c>
       <c r="C133" t="s">
         <v>288</v>
       </c>
+      <c r="D133">
+        <v>1650</v>
+      </c>
       <c r="E133" t="s">
         <v>26</v>
       </c>
       <c r="F133" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G133" t="s">
         <v>25</v>
       </c>
       <c r="H133">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I133" t="b">
         <v>1</v>
       </c>
       <c r="J133" t="s">
         <v>26</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>26</v>
       </c>
       <c r="N133" t="s">
         <v>26</v>
       </c>
-      <c r="O133">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O133" t="s">
+        <v>26</v>
+      </c>
+      <c r="P133">
+        <v>130.94</v>
       </c>
       <c r="Q133" t="s">
         <v>26</v>
       </c>
       <c r="R133" t="s">
         <v>26</v>
       </c>
       <c r="S133" t="s">
         <v>26</v>
       </c>
       <c r="T133" t="s">
         <v>26</v>
       </c>
       <c r="U133">
-        <v>123.16</v>
+        <v>130.94</v>
       </c>
     </row>
     <row r="134" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>289</v>
       </c>
       <c r="C134" t="s">
         <v>290</v>
       </c>
       <c r="E134" t="s">
-        <v>291</v>
+        <v>257</v>
       </c>
       <c r="F134" t="s">
         <v>24</v>
       </c>
       <c r="G134" t="s">
         <v>25</v>
       </c>
       <c r="H134">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="I134" t="b">
         <v>1</v>
       </c>
       <c r="J134" t="s">
         <v>26</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
         <v>26</v>
       </c>
       <c r="N134" t="s">
         <v>26</v>
       </c>
-      <c r="O134" t="s">
-        <v>26</v>
+      <c r="O134">
+        <v>130.91</v>
       </c>
       <c r="P134" t="s">
         <v>26</v>
       </c>
-      <c r="Q134">
-        <v>122.62</v>
+      <c r="Q134" t="s">
+        <v>26</v>
       </c>
       <c r="R134" t="s">
         <v>26</v>
       </c>
       <c r="S134" t="s">
         <v>26</v>
       </c>
       <c r="T134" t="s">
         <v>26</v>
       </c>
       <c r="U134">
-        <v>122.62</v>
+        <v>130.91</v>
       </c>
     </row>
     <row r="135" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>43</v>
+        <v>291</v>
       </c>
       <c r="C135" t="s">
         <v>292</v>
       </c>
+      <c r="D135">
+        <v>1678</v>
+      </c>
       <c r="E135" t="s">
-        <v>26</v>
+        <v>293</v>
       </c>
       <c r="F135" t="s">
         <v>24</v>
       </c>
       <c r="G135" t="s">
         <v>25</v>
       </c>
       <c r="H135">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="I135" t="b">
         <v>1</v>
       </c>
       <c r="J135" t="s">
         <v>26</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>26</v>
       </c>
       <c r="N135" t="s">
         <v>26</v>
       </c>
       <c r="O135" t="s">
         <v>26</v>
       </c>
       <c r="P135">
-        <v>122.52</v>
+        <v>130.66</v>
       </c>
       <c r="Q135" t="s">
         <v>26</v>
       </c>
       <c r="R135" t="s">
         <v>26</v>
       </c>
       <c r="S135" t="s">
         <v>26</v>
       </c>
       <c r="T135" t="s">
         <v>26</v>
       </c>
       <c r="U135">
-        <v>122.52</v>
+        <v>130.66</v>
       </c>
     </row>
     <row r="136" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>90</v>
+        <v>294</v>
       </c>
       <c r="C136" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>1721</v>
+        <v>295</v>
       </c>
       <c r="E136" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F136" t="s">
         <v>24</v>
       </c>
       <c r="G136" t="s">
         <v>25</v>
       </c>
       <c r="H136">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I136" t="b">
         <v>1</v>
       </c>
       <c r="J136" t="s">
         <v>26</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
-      <c r="L136">
-        <v>121.94</v>
+      <c r="L136" t="s">
+        <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>26</v>
       </c>
       <c r="N136" t="s">
         <v>26</v>
       </c>
       <c r="O136" t="s">
         <v>26</v>
       </c>
       <c r="P136" t="s">
         <v>26</v>
       </c>
       <c r="Q136" t="s">
         <v>26</v>
       </c>
       <c r="R136" t="s">
         <v>26</v>
       </c>
-      <c r="S136" t="s">
-        <v>26</v>
+      <c r="S136">
+        <v>130.03</v>
       </c>
       <c r="T136" t="s">
         <v>26</v>
       </c>
       <c r="U136">
-        <v>121.94</v>
+        <v>130.03</v>
       </c>
     </row>
     <row r="137" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>293</v>
+        <v>134</v>
       </c>
       <c r="C137" t="s">
-        <v>228</v>
+        <v>296</v>
       </c>
       <c r="E137" t="s">
-        <v>195</v>
+        <v>297</v>
       </c>
       <c r="F137" t="s">
+        <v>24</v>
+      </c>
+      <c r="G137" t="s">
+        <v>25</v>
+      </c>
+      <c r="H137">
         <v>36</v>
       </c>
-      <c r="G137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I137" t="b">
         <v>1</v>
       </c>
       <c r="J137" t="s">
         <v>26</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>26</v>
       </c>
       <c r="N137" t="s">
         <v>26</v>
       </c>
       <c r="O137" t="s">
         <v>26</v>
       </c>
       <c r="P137" t="s">
         <v>26</v>
       </c>
       <c r="Q137">
-        <v>121.65</v>
+        <v>129.29</v>
       </c>
       <c r="R137" t="s">
         <v>26</v>
       </c>
       <c r="S137" t="s">
         <v>26</v>
       </c>
       <c r="T137" t="s">
         <v>26</v>
       </c>
       <c r="U137">
-        <v>121.65</v>
+        <v>129.29</v>
       </c>
     </row>
     <row r="138" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>294</v>
+        <v>251</v>
       </c>
       <c r="C138" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>2373</v>
+        <v>298</v>
       </c>
       <c r="E138" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="F138" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G138" t="s">
         <v>25</v>
       </c>
       <c r="H138">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="I138" t="b">
         <v>1</v>
       </c>
       <c r="J138" t="s">
         <v>26</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
-      <c r="L138">
-        <v>121.39</v>
+      <c r="L138" t="s">
+        <v>26</v>
       </c>
       <c r="M138" t="s">
         <v>26</v>
       </c>
       <c r="N138" t="s">
         <v>26</v>
       </c>
       <c r="O138" t="s">
         <v>26</v>
       </c>
       <c r="P138" t="s">
         <v>26</v>
       </c>
-      <c r="Q138" t="s">
-        <v>26</v>
+      <c r="Q138">
+        <v>128.72</v>
       </c>
       <c r="R138" t="s">
         <v>26</v>
       </c>
       <c r="S138" t="s">
         <v>26</v>
       </c>
       <c r="T138" t="s">
         <v>26</v>
       </c>
       <c r="U138">
-        <v>121.39</v>
+        <v>128.72</v>
       </c>
     </row>
     <row r="139" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>268</v>
+        <v>299</v>
       </c>
       <c r="C139" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="E139" t="s">
-        <v>47</v>
+        <v>301</v>
       </c>
       <c r="F139" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G139" t="s">
         <v>25</v>
       </c>
       <c r="H139">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I139" t="b">
         <v>1</v>
       </c>
       <c r="J139" t="s">
         <v>26</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
         <v>26</v>
       </c>
       <c r="N139" t="s">
         <v>26</v>
       </c>
       <c r="O139" t="s">
         <v>26</v>
       </c>
       <c r="P139" t="s">
         <v>26</v>
       </c>
       <c r="Q139" t="s">
         <v>26</v>
       </c>
-      <c r="R139">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="R139" t="s">
+        <v>26</v>
+      </c>
+      <c r="S139">
+        <v>127.05</v>
       </c>
       <c r="T139" t="s">
         <v>26</v>
       </c>
       <c r="U139">
-        <v>120.97</v>
+        <v>127.05</v>
       </c>
     </row>
     <row r="140" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>298</v>
+        <v>220</v>
       </c>
       <c r="C140" t="s">
-        <v>70</v>
+        <v>302</v>
       </c>
       <c r="E140" t="s">
-        <v>71</v>
+        <v>303</v>
       </c>
       <c r="F140" t="s">
         <v>24</v>
       </c>
       <c r="G140" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H140">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I140" t="b">
         <v>1</v>
       </c>
       <c r="J140" t="s">
         <v>26</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
         <v>26</v>
       </c>
       <c r="N140" t="s">
         <v>26</v>
       </c>
       <c r="O140" t="s">
         <v>26</v>
       </c>
       <c r="P140">
-        <v>119.59</v>
+        <v>126.59</v>
       </c>
       <c r="Q140" t="s">
         <v>26</v>
       </c>
       <c r="R140" t="s">
         <v>26</v>
       </c>
       <c r="S140" t="s">
         <v>26</v>
       </c>
       <c r="T140" t="s">
         <v>26</v>
       </c>
       <c r="U140">
-        <v>119.59</v>
+        <v>126.59</v>
       </c>
     </row>
     <row r="141" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>299</v>
+        <v>108</v>
       </c>
       <c r="C141" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="E141" t="s">
-        <v>301</v>
+        <v>26</v>
       </c>
       <c r="F141" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G141" t="s">
         <v>25</v>
       </c>
       <c r="H141">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="I141" t="b">
         <v>1</v>
       </c>
       <c r="J141" t="s">
         <v>26</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
-      <c r="L141">
-        <v>119.5</v>
+      <c r="L141" t="s">
+        <v>26</v>
       </c>
       <c r="M141" t="s">
         <v>26</v>
       </c>
       <c r="N141" t="s">
         <v>26</v>
       </c>
-      <c r="O141" t="s">
-        <v>26</v>
+      <c r="O141">
+        <v>126.23</v>
       </c>
       <c r="P141" t="s">
         <v>26</v>
       </c>
       <c r="Q141" t="s">
         <v>26</v>
       </c>
       <c r="R141" t="s">
         <v>26</v>
       </c>
       <c r="S141" t="s">
         <v>26</v>
       </c>
       <c r="T141" t="s">
         <v>26</v>
       </c>
       <c r="U141">
-        <v>119.5</v>
+        <v>126.23</v>
       </c>
     </row>
     <row r="142" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>302</v>
+        <v>69</v>
       </c>
       <c r="C142" t="s">
-        <v>303</v>
+        <v>305</v>
+      </c>
+      <c r="D142">
+        <v>2332</v>
       </c>
       <c r="E142" t="s">
-        <v>256</v>
+        <v>202</v>
       </c>
       <c r="F142" t="s">
+        <v>38</v>
+      </c>
+      <c r="G142" t="s">
+        <v>25</v>
+      </c>
+      <c r="H142">
         <v>24</v>
       </c>
-      <c r="G142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I142" t="b">
         <v>1</v>
       </c>
       <c r="J142" t="s">
         <v>26</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>26</v>
       </c>
       <c r="N142" t="s">
         <v>26</v>
       </c>
       <c r="O142" t="s">
         <v>26</v>
       </c>
-      <c r="P142" t="s">
-[...3 lines deleted...]
-        <v>118.85</v>
+      <c r="P142">
+        <v>125.8</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>26</v>
       </c>
       <c r="R142" t="s">
         <v>26</v>
       </c>
       <c r="S142" t="s">
         <v>26</v>
       </c>
       <c r="T142" t="s">
         <v>26</v>
       </c>
       <c r="U142">
-        <v>118.85</v>
+        <v>125.8</v>
       </c>
     </row>
     <row r="143" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>304</v>
+        <v>69</v>
       </c>
       <c r="C143" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E143" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F143" t="s">
         <v>24</v>
       </c>
       <c r="G143" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H143">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="I143" t="b">
         <v>1</v>
       </c>
       <c r="J143" t="s">
         <v>26</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>26</v>
       </c>
       <c r="N143" t="s">
         <v>26</v>
       </c>
-      <c r="O143">
-        <v>118.68</v>
+      <c r="O143" t="s">
+        <v>26</v>
       </c>
       <c r="P143" t="s">
         <v>26</v>
       </c>
-      <c r="Q143" t="s">
-        <v>26</v>
+      <c r="Q143">
+        <v>125.76</v>
       </c>
       <c r="R143" t="s">
         <v>26</v>
       </c>
       <c r="S143" t="s">
         <v>26</v>
       </c>
       <c r="T143" t="s">
         <v>26</v>
       </c>
       <c r="U143">
-        <v>118.68</v>
+        <v>125.76</v>
       </c>
     </row>
     <row r="144" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>306</v>
+        <v>51</v>
       </c>
       <c r="C144" t="s">
         <v>307</v>
       </c>
+      <c r="D144">
+        <v>963</v>
+      </c>
       <c r="E144" t="s">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="F144" t="s">
+        <v>54</v>
+      </c>
+      <c r="G144" t="s">
+        <v>25</v>
+      </c>
+      <c r="H144">
         <v>24</v>
       </c>
-      <c r="G144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I144" t="b">
         <v>1</v>
       </c>
       <c r="J144" t="s">
         <v>26</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>26</v>
       </c>
       <c r="N144" t="s">
         <v>26</v>
       </c>
-      <c r="O144">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O144" t="s">
+        <v>26</v>
+      </c>
+      <c r="P144">
+        <v>124.62</v>
       </c>
       <c r="Q144" t="s">
         <v>26</v>
       </c>
       <c r="R144" t="s">
         <v>26</v>
       </c>
       <c r="S144" t="s">
         <v>26</v>
       </c>
       <c r="T144" t="s">
         <v>26</v>
       </c>
       <c r="U144">
-        <v>118.08</v>
+        <v>124.62</v>
       </c>
     </row>
     <row r="145" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>21</v>
+        <v>308</v>
       </c>
       <c r="C145" t="s">
-        <v>308</v>
+        <v>309</v>
+      </c>
+      <c r="D145">
+        <v>2149</v>
       </c>
       <c r="E145" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F145" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G145" t="s">
         <v>25</v>
       </c>
       <c r="H145">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="I145" t="b">
         <v>1</v>
       </c>
       <c r="J145" t="s">
         <v>26</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
         <v>26</v>
       </c>
       <c r="N145" t="s">
         <v>26</v>
       </c>
       <c r="O145" t="s">
         <v>26</v>
       </c>
-      <c r="P145">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P145" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q145">
+        <v>124.36</v>
       </c>
       <c r="R145" t="s">
         <v>26</v>
       </c>
       <c r="S145" t="s">
         <v>26</v>
       </c>
       <c r="T145" t="s">
         <v>26</v>
       </c>
       <c r="U145">
-        <v>116.68</v>
+        <v>124.36</v>
       </c>
     </row>
     <row r="146" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>163</v>
+        <v>108</v>
       </c>
       <c r="C146" t="s">
-        <v>309</v>
+        <v>179</v>
       </c>
       <c r="E146" t="s">
-        <v>54</v>
+        <v>310</v>
       </c>
       <c r="F146" t="s">
         <v>24</v>
       </c>
       <c r="G146" t="s">
         <v>25</v>
       </c>
       <c r="H146">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I146" t="b">
         <v>1</v>
       </c>
       <c r="J146" t="s">
         <v>26</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>26</v>
       </c>
       <c r="N146" t="s">
         <v>26</v>
       </c>
-      <c r="O146" t="s">
-[...3 lines deleted...]
-        <v>116.63</v>
+      <c r="O146">
+        <v>124.17</v>
+      </c>
+      <c r="P146" t="s">
+        <v>26</v>
       </c>
       <c r="Q146" t="s">
         <v>26</v>
       </c>
       <c r="R146" t="s">
         <v>26</v>
       </c>
       <c r="S146" t="s">
         <v>26</v>
       </c>
       <c r="T146" t="s">
         <v>26</v>
       </c>
       <c r="U146">
-        <v>116.63</v>
+        <v>124.17</v>
       </c>
     </row>
     <row r="147" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C147" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E147" t="s">
-        <v>29</v>
+        <v>313</v>
       </c>
       <c r="F147" t="s">
-        <v>312</v>
+        <v>38</v>
       </c>
       <c r="G147" t="s">
         <v>25</v>
       </c>
       <c r="H147">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="I147" t="b">
         <v>1</v>
       </c>
       <c r="J147" t="s">
         <v>26</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>26</v>
       </c>
       <c r="N147" t="s">
         <v>26</v>
       </c>
-      <c r="O147" t="s">
-[...3 lines deleted...]
-        <v>116.63</v>
+      <c r="O147">
+        <v>124.12</v>
+      </c>
+      <c r="P147" t="s">
+        <v>26</v>
       </c>
       <c r="Q147" t="s">
         <v>26</v>
       </c>
       <c r="R147" t="s">
         <v>26</v>
       </c>
       <c r="S147" t="s">
         <v>26</v>
       </c>
       <c r="T147" t="s">
         <v>26</v>
       </c>
       <c r="U147">
-        <v>116.63</v>
+        <v>124.12</v>
       </c>
     </row>
     <row r="148" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>313</v>
+        <v>195</v>
       </c>
       <c r="C148" t="s">
         <v>314</v>
       </c>
       <c r="E148" t="s">
         <v>26</v>
       </c>
       <c r="F148" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G148" t="s">
         <v>25</v>
       </c>
       <c r="H148">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="I148" t="b">
         <v>1</v>
       </c>
       <c r="J148" t="s">
         <v>26</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
-      <c r="M148">
-        <v>116.09</v>
+      <c r="M148" t="s">
+        <v>26</v>
       </c>
       <c r="N148" t="s">
         <v>26</v>
       </c>
       <c r="O148" t="s">
         <v>26</v>
       </c>
-      <c r="P148" t="s">
-        <v>26</v>
+      <c r="P148">
+        <v>123.98</v>
       </c>
       <c r="Q148" t="s">
         <v>26</v>
       </c>
       <c r="R148" t="s">
         <v>26</v>
       </c>
       <c r="S148" t="s">
         <v>26</v>
       </c>
       <c r="T148" t="s">
         <v>26</v>
       </c>
       <c r="U148">
-        <v>116.09</v>
+        <v>123.98</v>
       </c>
     </row>
     <row r="149" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>188</v>
+        <v>315</v>
       </c>
       <c r="C149" t="s">
-        <v>315</v>
+        <v>316</v>
+      </c>
+      <c r="D149">
+        <v>2339</v>
       </c>
       <c r="E149" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F149" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G149" t="s">
         <v>25</v>
       </c>
       <c r="H149">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="I149" t="b">
         <v>1</v>
       </c>
       <c r="J149" t="s">
         <v>26</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
-      <c r="M149">
-        <v>115.86</v>
+      <c r="M149" t="s">
+        <v>26</v>
       </c>
       <c r="N149" t="s">
         <v>26</v>
       </c>
       <c r="O149" t="s">
         <v>26</v>
       </c>
-      <c r="P149" t="s">
-        <v>26</v>
+      <c r="P149">
+        <v>123.66</v>
       </c>
       <c r="Q149" t="s">
         <v>26</v>
       </c>
       <c r="R149" t="s">
         <v>26</v>
       </c>
       <c r="S149" t="s">
         <v>26</v>
       </c>
       <c r="T149" t="s">
         <v>26</v>
       </c>
       <c r="U149">
-        <v>115.86</v>
+        <v>123.66</v>
       </c>
     </row>
     <row r="150" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C150" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E150" t="s">
-        <v>180</v>
+        <v>26</v>
       </c>
       <c r="F150" t="s">
         <v>24</v>
       </c>
       <c r="G150" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H150">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="I150" t="b">
         <v>1</v>
       </c>
       <c r="J150" t="s">
         <v>26</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
         <v>26</v>
       </c>
       <c r="N150" t="s">
         <v>26</v>
       </c>
-      <c r="O150" t="s">
-[...3 lines deleted...]
-        <v>115.34</v>
+      <c r="O150">
+        <v>123.16</v>
+      </c>
+      <c r="P150" t="s">
+        <v>26</v>
       </c>
       <c r="Q150" t="s">
         <v>26</v>
       </c>
       <c r="R150" t="s">
         <v>26</v>
       </c>
       <c r="S150" t="s">
         <v>26</v>
       </c>
       <c r="T150" t="s">
         <v>26</v>
       </c>
       <c r="U150">
-        <v>115.34</v>
+        <v>123.16</v>
       </c>
     </row>
     <row r="151" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C151" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E151" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F151" t="s">
         <v>24</v>
       </c>
       <c r="G151" t="s">
         <v>25</v>
       </c>
       <c r="H151">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="I151" t="b">
         <v>1</v>
       </c>
       <c r="J151" t="s">
         <v>26</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
-      <c r="L151">
-        <v>114.17</v>
+      <c r="L151" t="s">
+        <v>26</v>
       </c>
       <c r="M151" t="s">
         <v>26</v>
       </c>
       <c r="N151" t="s">
         <v>26</v>
       </c>
       <c r="O151" t="s">
         <v>26</v>
       </c>
       <c r="P151" t="s">
         <v>26</v>
       </c>
-      <c r="Q151" t="s">
-        <v>26</v>
+      <c r="Q151">
+        <v>122.62</v>
       </c>
       <c r="R151" t="s">
         <v>26</v>
       </c>
       <c r="S151" t="s">
         <v>26</v>
       </c>
       <c r="T151" t="s">
         <v>26</v>
       </c>
       <c r="U151">
-        <v>114.17</v>
+        <v>122.62</v>
       </c>
     </row>
     <row r="152" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>321</v>
+        <v>58</v>
       </c>
       <c r="C152" t="s">
-        <v>228</v>
+        <v>322</v>
       </c>
       <c r="E152" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F152" t="s">
         <v>24</v>
       </c>
       <c r="G152" t="s">
         <v>25</v>
       </c>
       <c r="H152">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I152" t="b">
         <v>1</v>
       </c>
       <c r="J152" t="s">
         <v>26</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
         <v>26</v>
       </c>
       <c r="N152" t="s">
         <v>26</v>
       </c>
-      <c r="O152">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O152" t="s">
+        <v>26</v>
+      </c>
+      <c r="P152">
+        <v>122.52</v>
       </c>
       <c r="Q152" t="s">
         <v>26</v>
       </c>
       <c r="R152" t="s">
         <v>26</v>
       </c>
       <c r="S152" t="s">
         <v>26</v>
       </c>
       <c r="T152" t="s">
         <v>26</v>
       </c>
       <c r="U152">
-        <v>112.95</v>
+        <v>122.52</v>
       </c>
     </row>
     <row r="153" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>322</v>
+        <v>110</v>
       </c>
       <c r="C153" t="s">
-        <v>323</v>
+        <v>126</v>
+      </c>
+      <c r="D153">
+        <v>1721</v>
       </c>
       <c r="E153" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F153" t="s">
         <v>24</v>
       </c>
       <c r="G153" t="s">
         <v>25</v>
       </c>
       <c r="H153">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="I153" t="b">
         <v>1</v>
       </c>
       <c r="J153" t="s">
         <v>26</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
-      <c r="L153" t="s">
-[...3 lines deleted...]
-        <v>112.7</v>
+      <c r="L153">
+        <v>121.94</v>
+      </c>
+      <c r="M153" t="s">
+        <v>26</v>
       </c>
       <c r="N153" t="s">
         <v>26</v>
       </c>
       <c r="O153" t="s">
         <v>26</v>
       </c>
       <c r="P153" t="s">
         <v>26</v>
       </c>
       <c r="Q153" t="s">
         <v>26</v>
       </c>
       <c r="R153" t="s">
         <v>26</v>
       </c>
       <c r="S153" t="s">
         <v>26</v>
       </c>
       <c r="T153" t="s">
         <v>26</v>
       </c>
       <c r="U153">
-        <v>112.7</v>
+        <v>121.94</v>
       </c>
     </row>
     <row r="154" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C154" t="s">
-        <v>325</v>
+        <v>198</v>
       </c>
       <c r="E154" t="s">
-        <v>57</v>
+        <v>154</v>
       </c>
       <c r="F154" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G154" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H154">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="I154" t="b">
         <v>1</v>
       </c>
       <c r="J154" t="s">
         <v>26</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>26</v>
       </c>
       <c r="N154" t="s">
         <v>26</v>
       </c>
       <c r="O154" t="s">
         <v>26</v>
       </c>
-      <c r="P154">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P154" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q154">
+        <v>121.65</v>
       </c>
       <c r="R154" t="s">
         <v>26</v>
       </c>
       <c r="S154" t="s">
         <v>26</v>
       </c>
       <c r="T154" t="s">
         <v>26</v>
       </c>
       <c r="U154">
-        <v>112.11</v>
+        <v>121.65</v>
       </c>
     </row>
     <row r="155" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>63</v>
+        <v>324</v>
       </c>
       <c r="C155" t="s">
+        <v>325</v>
+      </c>
+      <c r="D155">
+        <v>2373</v>
+      </c>
+      <c r="E155" t="s">
         <v>326</v>
       </c>
-      <c r="E155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F155" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G155" t="s">
         <v>25</v>
       </c>
       <c r="H155">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="I155" t="b">
         <v>1</v>
       </c>
       <c r="J155" t="s">
         <v>26</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
-      <c r="L155" t="s">
-        <v>26</v>
+      <c r="L155">
+        <v>121.39</v>
       </c>
       <c r="M155" t="s">
         <v>26</v>
       </c>
-      <c r="N155">
-        <v>111.35</v>
+      <c r="N155" t="s">
+        <v>26</v>
       </c>
       <c r="O155" t="s">
         <v>26</v>
       </c>
       <c r="P155" t="s">
         <v>26</v>
       </c>
       <c r="Q155" t="s">
         <v>26</v>
       </c>
       <c r="R155" t="s">
         <v>26</v>
       </c>
       <c r="S155" t="s">
         <v>26</v>
       </c>
       <c r="T155" t="s">
         <v>26</v>
       </c>
       <c r="U155">
-        <v>111.35</v>
+        <v>121.39</v>
       </c>
     </row>
     <row r="156" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>251</v>
+      </c>
+      <c r="C156" t="s">
         <v>327</v>
       </c>
-      <c r="C156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" t="s">
-        <v>329</v>
+        <v>37</v>
       </c>
       <c r="F156" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G156" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H156">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="I156" t="b">
         <v>1</v>
       </c>
       <c r="J156" t="s">
         <v>26</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>26</v>
       </c>
       <c r="N156" t="s">
         <v>26</v>
       </c>
       <c r="O156" t="s">
         <v>26</v>
       </c>
       <c r="P156" t="s">
         <v>26</v>
       </c>
-      <c r="Q156">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q156" t="s">
+        <v>26</v>
+      </c>
+      <c r="R156">
+        <v>120.97</v>
       </c>
       <c r="S156" t="s">
         <v>26</v>
       </c>
       <c r="T156" t="s">
         <v>26</v>
       </c>
       <c r="U156">
-        <v>111.11</v>
+        <v>120.97</v>
       </c>
     </row>
     <row r="157" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>55</v>
+        <v>328</v>
       </c>
       <c r="C157" t="s">
-        <v>330</v>
+        <v>48</v>
       </c>
       <c r="E157" t="s">
-        <v>331</v>
+        <v>49</v>
       </c>
       <c r="F157" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G157" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H157">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="I157" t="b">
         <v>1</v>
       </c>
       <c r="J157" t="s">
         <v>26</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>26</v>
       </c>
       <c r="N157" t="s">
         <v>26</v>
       </c>
-      <c r="O157">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O157" t="s">
+        <v>26</v>
+      </c>
+      <c r="P157">
+        <v>119.59</v>
       </c>
       <c r="Q157" t="s">
         <v>26</v>
       </c>
       <c r="R157" t="s">
         <v>26</v>
       </c>
       <c r="S157" t="s">
         <v>26</v>
       </c>
       <c r="T157" t="s">
         <v>26</v>
       </c>
       <c r="U157">
-        <v>110.84</v>
+        <v>119.59</v>
       </c>
     </row>
     <row r="158" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>234</v>
+        <v>329</v>
       </c>
       <c r="C158" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E158" t="s">
-        <v>29</v>
+        <v>331</v>
       </c>
       <c r="F158" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G158" t="s">
         <v>25</v>
       </c>
       <c r="H158">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I158" t="b">
         <v>1</v>
       </c>
       <c r="J158" t="s">
         <v>26</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
-      <c r="L158" t="s">
-        <v>26</v>
+      <c r="L158">
+        <v>119.5</v>
       </c>
       <c r="M158" t="s">
         <v>26</v>
       </c>
       <c r="N158" t="s">
         <v>26</v>
       </c>
       <c r="O158" t="s">
         <v>26</v>
       </c>
-      <c r="P158">
-        <v>110.71</v>
+      <c r="P158" t="s">
+        <v>26</v>
       </c>
       <c r="Q158" t="s">
         <v>26</v>
       </c>
       <c r="R158" t="s">
         <v>26</v>
       </c>
       <c r="S158" t="s">
         <v>26</v>
       </c>
       <c r="T158" t="s">
         <v>26</v>
       </c>
       <c r="U158">
-        <v>110.71</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="159" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>76</v>
+        <v>332</v>
       </c>
       <c r="C159" t="s">
         <v>333</v>
       </c>
-      <c r="D159">
-[...1 lines deleted...]
-      </c>
       <c r="E159" t="s">
-        <v>47</v>
+        <v>284</v>
       </c>
       <c r="F159" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G159" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H159">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="I159" t="b">
         <v>1</v>
       </c>
       <c r="J159" t="s">
         <v>26</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
-      <c r="L159">
-        <v>110.12</v>
+      <c r="L159" t="s">
+        <v>26</v>
       </c>
       <c r="M159" t="s">
         <v>26</v>
       </c>
       <c r="N159" t="s">
         <v>26</v>
       </c>
       <c r="O159" t="s">
         <v>26</v>
       </c>
       <c r="P159" t="s">
         <v>26</v>
       </c>
-      <c r="Q159" t="s">
-        <v>26</v>
+      <c r="Q159">
+        <v>118.85</v>
       </c>
       <c r="R159" t="s">
         <v>26</v>
       </c>
       <c r="S159" t="s">
         <v>26</v>
       </c>
       <c r="T159" t="s">
         <v>26</v>
       </c>
       <c r="U159">
-        <v>110.12</v>
+        <v>118.85</v>
       </c>
     </row>
     <row r="160" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>334</v>
       </c>
       <c r="C160" t="s">
         <v>335</v>
       </c>
       <c r="E160" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F160" t="s">
         <v>24</v>
       </c>
       <c r="G160" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H160">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="I160" t="b">
         <v>1</v>
       </c>
       <c r="J160" t="s">
         <v>26</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
         <v>26</v>
       </c>
       <c r="N160" t="s">
         <v>26</v>
       </c>
       <c r="O160">
-        <v>109.48</v>
+        <v>118.68</v>
       </c>
       <c r="P160" t="s">
         <v>26</v>
       </c>
       <c r="Q160" t="s">
         <v>26</v>
       </c>
       <c r="R160" t="s">
         <v>26</v>
       </c>
       <c r="S160" t="s">
         <v>26</v>
       </c>
       <c r="T160" t="s">
         <v>26</v>
       </c>
       <c r="U160">
-        <v>109.48</v>
+        <v>118.68</v>
       </c>
     </row>
     <row r="161" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>336</v>
       </c>
       <c r="C161" t="s">
         <v>337</v>
       </c>
       <c r="E161" t="s">
-        <v>29</v>
+        <v>257</v>
       </c>
       <c r="F161" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G161" t="s">
         <v>25</v>
       </c>
       <c r="H161">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I161" t="b">
         <v>1</v>
       </c>
       <c r="J161" t="s">
         <v>26</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
         <v>26</v>
       </c>
       <c r="N161" t="s">
         <v>26</v>
       </c>
-      <c r="O161" t="s">
-[...3 lines deleted...]
-        <v>109.3</v>
+      <c r="O161">
+        <v>118.08</v>
+      </c>
+      <c r="P161" t="s">
+        <v>26</v>
       </c>
       <c r="Q161" t="s">
         <v>26</v>
       </c>
       <c r="R161" t="s">
         <v>26</v>
       </c>
       <c r="S161" t="s">
         <v>26</v>
       </c>
       <c r="T161" t="s">
         <v>26</v>
       </c>
       <c r="U161">
-        <v>109.3</v>
+        <v>118.08</v>
       </c>
     </row>
     <row r="162" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
+        <v>21</v>
+      </c>
+      <c r="C162" t="s">
         <v>338</v>
       </c>
-      <c r="C162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E162" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F162" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G162" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H162">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="I162" t="b">
         <v>1</v>
       </c>
       <c r="J162" t="s">
         <v>26</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>26</v>
       </c>
       <c r="N162" t="s">
         <v>26</v>
       </c>
       <c r="O162" t="s">
         <v>26</v>
       </c>
       <c r="P162">
-        <v>109.2</v>
+        <v>116.68</v>
       </c>
       <c r="Q162" t="s">
         <v>26</v>
       </c>
       <c r="R162" t="s">
         <v>26</v>
       </c>
       <c r="S162" t="s">
         <v>26</v>
       </c>
       <c r="T162" t="s">
         <v>26</v>
       </c>
       <c r="U162">
-        <v>109.2</v>
+        <v>116.68</v>
       </c>
     </row>
     <row r="163" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>340</v>
+        <v>167</v>
       </c>
       <c r="C163" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E163" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="F163" t="s">
         <v>24</v>
       </c>
       <c r="G163" t="s">
         <v>25</v>
       </c>
       <c r="H163">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="I163" t="b">
         <v>1</v>
       </c>
       <c r="J163" t="s">
         <v>26</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
-      <c r="M163">
-        <v>108.19</v>
+      <c r="M163" t="s">
+        <v>26</v>
       </c>
       <c r="N163" t="s">
         <v>26</v>
       </c>
       <c r="O163" t="s">
         <v>26</v>
       </c>
-      <c r="P163" t="s">
-        <v>26</v>
+      <c r="P163">
+        <v>116.63</v>
       </c>
       <c r="Q163" t="s">
         <v>26</v>
       </c>
       <c r="R163" t="s">
         <v>26</v>
       </c>
       <c r="S163" t="s">
         <v>26</v>
       </c>
       <c r="T163" t="s">
         <v>26</v>
       </c>
       <c r="U163">
-        <v>108.19</v>
+        <v>116.63</v>
       </c>
     </row>
     <row r="164" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="C164" t="s">
-        <v>343</v>
+        <v>341</v>
+      </c>
+      <c r="D164">
+        <v>2535</v>
       </c>
       <c r="E164" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="F164" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="G164" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H164">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I164" t="b">
         <v>1</v>
       </c>
       <c r="J164" t="s">
         <v>26</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
         <v>26</v>
       </c>
       <c r="N164" t="s">
         <v>26</v>
       </c>
       <c r="O164" t="s">
         <v>26</v>
       </c>
-      <c r="P164" t="s">
-[...3 lines deleted...]
-        <v>108.13</v>
+      <c r="P164">
+        <v>116.63</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>26</v>
       </c>
       <c r="R164" t="s">
         <v>26</v>
       </c>
       <c r="S164" t="s">
         <v>26</v>
       </c>
       <c r="T164" t="s">
         <v>26</v>
       </c>
       <c r="U164">
-        <v>108.13</v>
+        <v>116.63</v>
       </c>
     </row>
     <row r="165" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C165" t="s">
-        <v>51</v>
+        <v>343</v>
       </c>
       <c r="E165" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F165" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G165" t="s">
         <v>25</v>
       </c>
       <c r="H165">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I165" t="b">
         <v>1</v>
       </c>
       <c r="J165" t="s">
         <v>26</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
-      <c r="L165">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="L165" t="s">
+        <v>26</v>
+      </c>
+      <c r="M165">
+        <v>116.09</v>
       </c>
       <c r="N165" t="s">
         <v>26</v>
       </c>
       <c r="O165" t="s">
         <v>26</v>
       </c>
       <c r="P165" t="s">
         <v>26</v>
       </c>
       <c r="Q165" t="s">
         <v>26</v>
       </c>
       <c r="R165" t="s">
         <v>26</v>
       </c>
       <c r="S165" t="s">
         <v>26</v>
       </c>
       <c r="T165" t="s">
         <v>26</v>
       </c>
       <c r="U165">
-        <v>108.06</v>
+        <v>116.09</v>
       </c>
     </row>
     <row r="166" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>345</v>
+        <v>195</v>
       </c>
       <c r="C166" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E166" t="s">
-        <v>347</v>
+        <v>26</v>
       </c>
       <c r="F166" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G166" t="s">
         <v>25</v>
       </c>
       <c r="H166">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I166" t="b">
         <v>1</v>
       </c>
       <c r="J166" t="s">
         <v>26</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
-      <c r="M166" t="s">
-        <v>26</v>
+      <c r="M166">
+        <v>115.86</v>
       </c>
       <c r="N166" t="s">
         <v>26</v>
       </c>
       <c r="O166" t="s">
         <v>26</v>
       </c>
       <c r="P166" t="s">
         <v>26</v>
       </c>
-      <c r="Q166">
-        <v>107.89</v>
+      <c r="Q166" t="s">
+        <v>26</v>
       </c>
       <c r="R166" t="s">
         <v>26</v>
       </c>
       <c r="S166" t="s">
         <v>26</v>
       </c>
       <c r="T166" t="s">
         <v>26</v>
       </c>
       <c r="U166">
-        <v>107.89</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="167" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="C167" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="E167" t="s">
-        <v>26</v>
+        <v>186</v>
       </c>
       <c r="F167" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G167" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H167">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="I167" t="b">
         <v>1</v>
       </c>
       <c r="J167" t="s">
         <v>26</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>26</v>
       </c>
       <c r="N167" t="s">
         <v>26</v>
       </c>
       <c r="O167" t="s">
         <v>26</v>
       </c>
-      <c r="P167" t="s">
-[...3 lines deleted...]
-        <v>107.29</v>
+      <c r="P167">
+        <v>115.34</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>26</v>
       </c>
       <c r="R167" t="s">
         <v>26</v>
       </c>
       <c r="S167" t="s">
         <v>26</v>
       </c>
       <c r="T167" t="s">
         <v>26</v>
       </c>
       <c r="U167">
-        <v>107.29</v>
+        <v>115.34</v>
       </c>
     </row>
     <row r="168" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="C168" t="s">
-        <v>350</v>
+        <v>31</v>
       </c>
       <c r="E168" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F168" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G168" t="s">
         <v>25</v>
       </c>
       <c r="H168">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I168" t="b">
         <v>1</v>
       </c>
       <c r="J168" t="s">
         <v>26</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>26</v>
       </c>
       <c r="N168" t="s">
         <v>26</v>
       </c>
       <c r="O168" t="s">
         <v>26</v>
       </c>
-      <c r="P168">
-        <v>107.25</v>
+      <c r="P168" t="s">
+        <v>26</v>
       </c>
       <c r="Q168" t="s">
         <v>26</v>
       </c>
       <c r="R168" t="s">
         <v>26</v>
       </c>
-      <c r="S168" t="s">
-        <v>26</v>
+      <c r="S168">
+        <v>115.13</v>
       </c>
       <c r="T168" t="s">
         <v>26</v>
       </c>
       <c r="U168">
-        <v>107.25</v>
+        <v>115.13</v>
       </c>
     </row>
     <row r="169" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C169" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="E169" t="s">
-        <v>97</v>
+        <v>349</v>
       </c>
       <c r="F169" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G169" t="s">
         <v>25</v>
       </c>
       <c r="H169">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="I169" t="b">
         <v>1</v>
       </c>
       <c r="J169" t="s">
         <v>26</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
-      <c r="L169" t="s">
-        <v>26</v>
+      <c r="L169">
+        <v>114.17</v>
       </c>
       <c r="M169" t="s">
         <v>26</v>
       </c>
       <c r="N169" t="s">
         <v>26</v>
       </c>
       <c r="O169" t="s">
         <v>26</v>
       </c>
-      <c r="P169">
-        <v>106.96</v>
+      <c r="P169" t="s">
+        <v>26</v>
       </c>
       <c r="Q169" t="s">
         <v>26</v>
       </c>
       <c r="R169" t="s">
         <v>26</v>
       </c>
       <c r="S169" t="s">
         <v>26</v>
       </c>
       <c r="T169" t="s">
         <v>26</v>
       </c>
       <c r="U169">
-        <v>106.96</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="170" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>126</v>
+        <v>141</v>
       </c>
       <c r="C170" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="E170" t="s">
-        <v>54</v>
+        <v>351</v>
       </c>
       <c r="F170" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G170" t="s">
         <v>25</v>
       </c>
       <c r="H170">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="I170" t="b">
         <v>1</v>
       </c>
       <c r="J170" t="s">
         <v>26</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
         <v>26</v>
       </c>
       <c r="N170" t="s">
         <v>26</v>
       </c>
       <c r="O170" t="s">
         <v>26</v>
       </c>
-      <c r="P170">
-        <v>106.91</v>
+      <c r="P170" t="s">
+        <v>26</v>
       </c>
       <c r="Q170" t="s">
         <v>26</v>
       </c>
       <c r="R170" t="s">
         <v>26</v>
       </c>
-      <c r="S170" t="s">
-        <v>26</v>
+      <c r="S170">
+        <v>113.84</v>
       </c>
       <c r="T170" t="s">
         <v>26</v>
       </c>
       <c r="U170">
-        <v>106.91</v>
+        <v>113.84</v>
       </c>
     </row>
     <row r="171" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>84</v>
+        <v>352</v>
       </c>
       <c r="C171" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>2351</v>
+        <v>353</v>
       </c>
       <c r="E171" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="F171" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G171" t="s">
         <v>25</v>
       </c>
       <c r="H171">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I171" t="b">
         <v>1</v>
       </c>
       <c r="J171" t="s">
         <v>26</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
-      <c r="M171" t="s">
-        <v>26</v>
+      <c r="M171">
+        <v>112.7</v>
       </c>
       <c r="N171" t="s">
         <v>26</v>
       </c>
       <c r="O171" t="s">
         <v>26</v>
       </c>
-      <c r="P171">
-        <v>106.53</v>
+      <c r="P171" t="s">
+        <v>26</v>
       </c>
       <c r="Q171" t="s">
         <v>26</v>
       </c>
       <c r="R171" t="s">
         <v>26</v>
       </c>
       <c r="S171" t="s">
         <v>26</v>
       </c>
       <c r="T171" t="s">
         <v>26</v>
       </c>
       <c r="U171">
-        <v>106.53</v>
+        <v>112.7</v>
       </c>
     </row>
     <row r="172" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>355</v>
+        <v>242</v>
       </c>
       <c r="C172" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="E172" t="s">
-        <v>26</v>
+        <v>351</v>
       </c>
       <c r="F172" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G172" t="s">
         <v>25</v>
       </c>
       <c r="H172">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="I172" t="b">
         <v>1</v>
       </c>
       <c r="J172" t="s">
         <v>26</v>
       </c>
       <c r="K172">
         <v>1</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
-      <c r="M172">
-        <v>106.29</v>
+      <c r="M172" t="s">
+        <v>26</v>
       </c>
       <c r="N172" t="s">
         <v>26</v>
       </c>
       <c r="O172" t="s">
         <v>26</v>
       </c>
       <c r="P172" t="s">
         <v>26</v>
       </c>
       <c r="Q172" t="s">
         <v>26</v>
       </c>
       <c r="R172" t="s">
         <v>26</v>
       </c>
-      <c r="S172" t="s">
-        <v>26</v>
+      <c r="S172">
+        <v>112.12</v>
       </c>
       <c r="T172" t="s">
         <v>26</v>
       </c>
       <c r="U172">
-        <v>106.29</v>
+        <v>112.12</v>
       </c>
     </row>
     <row r="173" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C173" t="s">
-        <v>358</v>
+        <v>214</v>
       </c>
       <c r="E173" t="s">
-        <v>233</v>
+        <v>71</v>
       </c>
       <c r="F173" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G173" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H173">
-        <v>51</v>
+        <v>10</v>
       </c>
       <c r="I173" t="b">
         <v>1</v>
       </c>
       <c r="J173" t="s">
         <v>26</v>
       </c>
       <c r="K173">
         <v>1</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
         <v>26</v>
       </c>
       <c r="N173" t="s">
         <v>26</v>
       </c>
-      <c r="O173">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O173" t="s">
+        <v>26</v>
+      </c>
+      <c r="P173">
+        <v>112.11</v>
       </c>
       <c r="Q173" t="s">
         <v>26</v>
       </c>
       <c r="R173" t="s">
         <v>26</v>
       </c>
       <c r="S173" t="s">
         <v>26</v>
       </c>
       <c r="T173" t="s">
         <v>26</v>
       </c>
       <c r="U173">
-        <v>106.19</v>
+        <v>112.11</v>
       </c>
     </row>
     <row r="174" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>359</v>
+        <v>35</v>
       </c>
       <c r="C174" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E174" t="s">
-        <v>361</v>
+        <v>26</v>
       </c>
       <c r="F174" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G174" t="s">
         <v>25</v>
       </c>
       <c r="H174">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="I174" t="b">
         <v>1</v>
       </c>
       <c r="J174" t="s">
         <v>26</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>26</v>
       </c>
-      <c r="N174" t="s">
-[...3 lines deleted...]
-        <v>106.04</v>
+      <c r="N174">
+        <v>111.35</v>
+      </c>
+      <c r="O174" t="s">
+        <v>26</v>
       </c>
       <c r="P174" t="s">
         <v>26</v>
       </c>
       <c r="Q174" t="s">
         <v>26</v>
       </c>
       <c r="R174" t="s">
         <v>26</v>
       </c>
       <c r="S174" t="s">
         <v>26</v>
       </c>
       <c r="T174" t="s">
         <v>26</v>
       </c>
       <c r="U174">
-        <v>106.04</v>
+        <v>111.35</v>
       </c>
     </row>
     <row r="175" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="C175" t="s">
-        <v>363</v>
+        <v>358</v>
+      </c>
+      <c r="D175">
+        <v>2460</v>
       </c>
       <c r="E175" t="s">
-        <v>26</v>
+        <v>284</v>
       </c>
       <c r="F175" t="s">
         <v>24</v>
       </c>
       <c r="G175" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H175">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="I175" t="b">
         <v>1</v>
       </c>
       <c r="J175" t="s">
         <v>26</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>26</v>
       </c>
       <c r="N175" t="s">
         <v>26</v>
       </c>
-      <c r="O175">
-        <v>105.9</v>
+      <c r="O175" t="s">
+        <v>26</v>
       </c>
       <c r="P175" t="s">
         <v>26</v>
       </c>
       <c r="Q175" t="s">
         <v>26</v>
       </c>
       <c r="R175" t="s">
         <v>26</v>
       </c>
-      <c r="S175" t="s">
-        <v>26</v>
+      <c r="S175">
+        <v>111.25</v>
       </c>
       <c r="T175" t="s">
         <v>26</v>
       </c>
       <c r="U175">
-        <v>105.9</v>
+        <v>111.25</v>
       </c>
     </row>
     <row r="176" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>55</v>
+        <v>359</v>
       </c>
       <c r="C176" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="E176" t="s">
-        <v>26</v>
+        <v>361</v>
       </c>
       <c r="F176" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G176" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H176">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I176" t="b">
         <v>1</v>
       </c>
       <c r="J176" t="s">
         <v>26</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
         <v>26</v>
       </c>
       <c r="N176" t="s">
         <v>26</v>
       </c>
-      <c r="O176">
-        <v>105.86</v>
+      <c r="O176" t="s">
+        <v>26</v>
       </c>
       <c r="P176" t="s">
         <v>26</v>
       </c>
-      <c r="Q176" t="s">
-        <v>26</v>
+      <c r="Q176">
+        <v>111.11</v>
       </c>
       <c r="R176" t="s">
         <v>26</v>
       </c>
       <c r="S176" t="s">
         <v>26</v>
       </c>
       <c r="T176" t="s">
         <v>26</v>
       </c>
       <c r="U176">
-        <v>105.86</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="177" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C177" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E177" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="F177" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G177" t="s">
         <v>25</v>
       </c>
       <c r="H177">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I177" t="b">
         <v>1</v>
       </c>
       <c r="J177" t="s">
         <v>26</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>26</v>
       </c>
       <c r="N177" t="s">
         <v>26</v>
       </c>
-      <c r="O177">
-        <v>105.2</v>
+      <c r="O177" t="s">
+        <v>26</v>
       </c>
       <c r="P177" t="s">
         <v>26</v>
       </c>
       <c r="Q177" t="s">
         <v>26</v>
       </c>
       <c r="R177" t="s">
         <v>26</v>
       </c>
-      <c r="S177" t="s">
-        <v>26</v>
+      <c r="S177">
+        <v>111.05</v>
       </c>
       <c r="T177" t="s">
         <v>26</v>
       </c>
       <c r="U177">
-        <v>105.2</v>
+        <v>111.05</v>
       </c>
     </row>
     <row r="178" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>368</v>
+        <v>69</v>
       </c>
       <c r="C178" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="E178" t="s">
-        <v>57</v>
+        <v>366</v>
       </c>
       <c r="F178" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G178" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H178">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="I178" t="b">
         <v>1</v>
       </c>
       <c r="J178" t="s">
         <v>26</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>26</v>
       </c>
       <c r="N178" t="s">
         <v>26</v>
       </c>
-      <c r="O178" t="s">
-[...3 lines deleted...]
-        <v>105.13</v>
+      <c r="O178">
+        <v>110.84</v>
+      </c>
+      <c r="P178" t="s">
+        <v>26</v>
       </c>
       <c r="Q178" t="s">
         <v>26</v>
       </c>
       <c r="R178" t="s">
         <v>26</v>
       </c>
       <c r="S178" t="s">
         <v>26</v>
       </c>
       <c r="T178" t="s">
         <v>26</v>
       </c>
       <c r="U178">
-        <v>105.13</v>
+        <v>110.84</v>
       </c>
     </row>
     <row r="179" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>155</v>
+        <v>317</v>
       </c>
       <c r="C179" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="E179" t="s">
+        <v>351</v>
+      </c>
+      <c r="F179" t="s">
+        <v>54</v>
+      </c>
+      <c r="G179" t="s">
+        <v>25</v>
+      </c>
+      <c r="H179">
         <v>29</v>
       </c>
-      <c r="F179" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I179" t="b">
         <v>1</v>
       </c>
       <c r="J179" t="s">
         <v>26</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>26</v>
       </c>
       <c r="N179" t="s">
         <v>26</v>
       </c>
       <c r="O179" t="s">
         <v>26</v>
       </c>
       <c r="P179" t="s">
         <v>26</v>
       </c>
-      <c r="Q179">
-        <v>104.66</v>
+      <c r="Q179" t="s">
+        <v>26</v>
       </c>
       <c r="R179" t="s">
         <v>26</v>
       </c>
-      <c r="S179" t="s">
-        <v>26</v>
+      <c r="S179">
+        <v>110.8</v>
       </c>
       <c r="T179" t="s">
         <v>26</v>
       </c>
       <c r="U179">
-        <v>104.66</v>
+        <v>110.8</v>
       </c>
     </row>
     <row r="180" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>371</v>
+        <v>258</v>
       </c>
       <c r="C180" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="E180" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="F180" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G180" t="s">
         <v>25</v>
       </c>
       <c r="H180">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="I180" t="b">
         <v>1</v>
       </c>
       <c r="J180" t="s">
         <v>26</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>26</v>
       </c>
       <c r="N180" t="s">
         <v>26</v>
       </c>
       <c r="O180" t="s">
         <v>26</v>
       </c>
       <c r="P180">
-        <v>104.63</v>
+        <v>110.71</v>
       </c>
       <c r="Q180" t="s">
         <v>26</v>
       </c>
       <c r="R180" t="s">
         <v>26</v>
       </c>
       <c r="S180" t="s">
         <v>26</v>
       </c>
       <c r="T180" t="s">
         <v>26</v>
       </c>
       <c r="U180">
-        <v>104.63</v>
+        <v>110.71</v>
       </c>
     </row>
     <row r="181" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>373</v>
+        <v>91</v>
       </c>
       <c r="C181" t="s">
-        <v>374</v>
+        <v>369</v>
+      </c>
+      <c r="D181">
+        <v>2457</v>
       </c>
       <c r="E181" t="s">
-        <v>375</v>
+        <v>37</v>
       </c>
       <c r="F181" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G181" t="s">
         <v>25</v>
       </c>
       <c r="H181">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="I181" t="b">
         <v>1</v>
       </c>
       <c r="J181" t="s">
         <v>26</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
-      <c r="L181" t="s">
-        <v>26</v>
+      <c r="L181">
+        <v>110.12</v>
       </c>
       <c r="M181" t="s">
         <v>26</v>
       </c>
       <c r="N181" t="s">
         <v>26</v>
       </c>
       <c r="O181" t="s">
         <v>26</v>
       </c>
       <c r="P181" t="s">
         <v>26</v>
       </c>
-      <c r="Q181">
-        <v>104.09</v>
+      <c r="Q181" t="s">
+        <v>26</v>
       </c>
       <c r="R181" t="s">
         <v>26</v>
       </c>
       <c r="S181" t="s">
         <v>26</v>
       </c>
       <c r="T181" t="s">
         <v>26</v>
       </c>
       <c r="U181">
-        <v>104.09</v>
+        <v>110.12</v>
       </c>
     </row>
     <row r="182" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="C182" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>1303</v>
+        <v>371</v>
       </c>
       <c r="E182" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F182" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G182" t="s">
         <v>25</v>
       </c>
       <c r="H182">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="I182" t="b">
         <v>1</v>
       </c>
       <c r="J182" t="s">
         <v>26</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>26</v>
       </c>
       <c r="N182" t="s">
         <v>26</v>
       </c>
-      <c r="O182" t="s">
-[...3 lines deleted...]
-        <v>103.46</v>
+      <c r="O182">
+        <v>109.48</v>
+      </c>
+      <c r="P182" t="s">
+        <v>26</v>
       </c>
       <c r="Q182" t="s">
         <v>26</v>
       </c>
       <c r="R182" t="s">
         <v>26</v>
       </c>
       <c r="S182" t="s">
         <v>26</v>
       </c>
       <c r="T182" t="s">
         <v>26</v>
       </c>
       <c r="U182">
-        <v>103.46</v>
+        <v>109.48</v>
       </c>
     </row>
     <row r="183" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>107</v>
+        <v>372</v>
       </c>
       <c r="C183" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="E183" t="s">
-        <v>180</v>
+        <v>29</v>
       </c>
       <c r="F183" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G183" t="s">
         <v>25</v>
       </c>
       <c r="H183">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I183" t="b">
         <v>1</v>
       </c>
       <c r="J183" t="s">
         <v>26</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>26</v>
       </c>
       <c r="N183" t="s">
         <v>26</v>
       </c>
-      <c r="O183">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O183" t="s">
+        <v>26</v>
+      </c>
+      <c r="P183">
+        <v>109.3</v>
       </c>
       <c r="Q183" t="s">
         <v>26</v>
       </c>
       <c r="R183" t="s">
         <v>26</v>
       </c>
       <c r="S183" t="s">
         <v>26</v>
       </c>
       <c r="T183" t="s">
         <v>26</v>
       </c>
       <c r="U183">
-        <v>103.41</v>
+        <v>109.3</v>
       </c>
     </row>
     <row r="184" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C184" t="s">
-        <v>307</v>
+        <v>375</v>
       </c>
       <c r="E184" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F184" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G184" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H184">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="I184" t="b">
         <v>1</v>
       </c>
       <c r="J184" t="s">
         <v>26</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>26</v>
       </c>
       <c r="N184" t="s">
         <v>26</v>
       </c>
-      <c r="O184">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O184" t="s">
+        <v>26</v>
+      </c>
+      <c r="P184">
+        <v>109.2</v>
       </c>
       <c r="Q184" t="s">
         <v>26</v>
       </c>
       <c r="R184" t="s">
         <v>26</v>
       </c>
       <c r="S184" t="s">
         <v>26</v>
       </c>
       <c r="T184" t="s">
         <v>26</v>
       </c>
       <c r="U184">
-        <v>102.81</v>
+        <v>109.2</v>
       </c>
     </row>
     <row r="185" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C185" t="s">
-        <v>381</v>
+        <v>377</v>
+      </c>
+      <c r="D185">
+        <v>2106</v>
       </c>
       <c r="E185" t="s">
-        <v>382</v>
+        <v>37</v>
       </c>
       <c r="F185" t="s">
         <v>24</v>
       </c>
       <c r="G185" t="s">
         <v>25</v>
       </c>
       <c r="H185">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I185" t="b">
         <v>1</v>
       </c>
       <c r="J185" t="s">
         <v>26</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185">
-        <v>102.73</v>
+        <v>108.19</v>
       </c>
       <c r="N185" t="s">
         <v>26</v>
       </c>
       <c r="O185" t="s">
         <v>26</v>
       </c>
       <c r="P185" t="s">
         <v>26</v>
       </c>
       <c r="Q185" t="s">
         <v>26</v>
       </c>
       <c r="R185" t="s">
         <v>26</v>
       </c>
       <c r="S185" t="s">
         <v>26</v>
       </c>
       <c r="T185" t="s">
         <v>26</v>
       </c>
       <c r="U185">
-        <v>102.73</v>
+        <v>108.19</v>
       </c>
     </row>
     <row r="186" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C186" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="E186" t="s">
-        <v>26</v>
+        <v>297</v>
       </c>
       <c r="F186" t="s">
         <v>24</v>
       </c>
       <c r="G186" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H186">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="I186" t="b">
         <v>1</v>
       </c>
       <c r="J186" t="s">
         <v>26</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
         <v>26</v>
       </c>
       <c r="N186" t="s">
         <v>26</v>
       </c>
       <c r="O186" t="s">
         <v>26</v>
       </c>
       <c r="P186" t="s">
         <v>26</v>
       </c>
       <c r="Q186">
-        <v>102.69</v>
+        <v>108.13</v>
       </c>
       <c r="R186" t="s">
         <v>26</v>
       </c>
       <c r="S186" t="s">
         <v>26</v>
       </c>
       <c r="T186" t="s">
         <v>26</v>
       </c>
       <c r="U186">
-        <v>102.69</v>
+        <v>108.13</v>
       </c>
     </row>
     <row r="187" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C187" t="s">
-        <v>386</v>
+        <v>67</v>
       </c>
       <c r="E187" t="s">
-        <v>387</v>
+        <v>29</v>
       </c>
       <c r="F187" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G187" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H187">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="I187" t="b">
         <v>1</v>
       </c>
       <c r="J187" t="s">
         <v>26</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
-      <c r="L187" t="s">
-        <v>26</v>
+      <c r="L187">
+        <v>108.06</v>
       </c>
       <c r="M187" t="s">
         <v>26</v>
       </c>
       <c r="N187" t="s">
         <v>26</v>
       </c>
       <c r="O187" t="s">
         <v>26</v>
       </c>
-      <c r="P187">
-        <v>102.31</v>
+      <c r="P187" t="s">
+        <v>26</v>
       </c>
       <c r="Q187" t="s">
         <v>26</v>
       </c>
       <c r="R187" t="s">
         <v>26</v>
       </c>
       <c r="S187" t="s">
         <v>26</v>
       </c>
       <c r="T187" t="s">
         <v>26</v>
       </c>
       <c r="U187">
-        <v>102.31</v>
+        <v>108.06</v>
       </c>
     </row>
     <row r="188" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>114</v>
+        <v>381</v>
       </c>
       <c r="C188" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="E188" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="F188" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G188" t="s">
         <v>25</v>
       </c>
       <c r="H188">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="I188" t="b">
         <v>1</v>
       </c>
       <c r="J188" t="s">
         <v>26</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
         <v>26</v>
       </c>
       <c r="N188" t="s">
         <v>26</v>
       </c>
-      <c r="O188">
-        <v>102.29</v>
+      <c r="O188" t="s">
+        <v>26</v>
       </c>
       <c r="P188" t="s">
         <v>26</v>
       </c>
-      <c r="Q188" t="s">
-        <v>26</v>
+      <c r="Q188">
+        <v>107.89</v>
       </c>
       <c r="R188" t="s">
         <v>26</v>
       </c>
       <c r="S188" t="s">
         <v>26</v>
       </c>
       <c r="T188" t="s">
         <v>26</v>
       </c>
       <c r="U188">
-        <v>102.29</v>
+        <v>107.89</v>
       </c>
     </row>
     <row r="189" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>32</v>
+        <v>384</v>
       </c>
       <c r="C189" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E189" t="s">
-        <v>54</v>
+        <v>331</v>
       </c>
       <c r="F189" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G189" t="s">
         <v>25</v>
       </c>
       <c r="H189">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="I189" t="b">
         <v>1</v>
       </c>
       <c r="J189" t="s">
         <v>26</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
-      <c r="L189">
-        <v>102.04</v>
+      <c r="L189" t="s">
+        <v>26</v>
       </c>
       <c r="M189" t="s">
         <v>26</v>
       </c>
       <c r="N189" t="s">
         <v>26</v>
       </c>
       <c r="O189" t="s">
         <v>26</v>
       </c>
       <c r="P189" t="s">
         <v>26</v>
       </c>
       <c r="Q189" t="s">
         <v>26</v>
       </c>
       <c r="R189" t="s">
         <v>26</v>
       </c>
-      <c r="S189" t="s">
-        <v>26</v>
+      <c r="S189">
+        <v>107.39</v>
       </c>
       <c r="T189" t="s">
         <v>26</v>
       </c>
       <c r="U189">
-        <v>102.04</v>
+        <v>107.39</v>
       </c>
     </row>
     <row r="190" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="C190" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="E190" t="s">
         <v>26</v>
       </c>
       <c r="F190" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G190" t="s">
         <v>25</v>
       </c>
       <c r="H190">
-        <v>60</v>
+        <v>33</v>
       </c>
       <c r="I190" t="b">
         <v>1</v>
       </c>
       <c r="J190" t="s">
         <v>26</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>26</v>
       </c>
       <c r="N190" t="s">
         <v>26</v>
       </c>
-      <c r="O190">
-        <v>101.92</v>
+      <c r="O190" t="s">
+        <v>26</v>
       </c>
       <c r="P190" t="s">
         <v>26</v>
       </c>
-      <c r="Q190" t="s">
-        <v>26</v>
+      <c r="Q190">
+        <v>107.29</v>
       </c>
       <c r="R190" t="s">
         <v>26</v>
       </c>
       <c r="S190" t="s">
         <v>26</v>
       </c>
       <c r="T190" t="s">
         <v>26</v>
       </c>
       <c r="U190">
-        <v>101.92</v>
+        <v>107.29</v>
       </c>
     </row>
     <row r="191" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>392</v>
+        <v>81</v>
       </c>
       <c r="C191" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>2078</v>
+        <v>388</v>
       </c>
       <c r="E191" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F191" t="s">
         <v>24</v>
       </c>
       <c r="G191" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H191">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="I191" t="b">
         <v>1</v>
       </c>
       <c r="J191" t="s">
         <v>26</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>26</v>
       </c>
       <c r="N191" t="s">
         <v>26</v>
       </c>
       <c r="O191" t="s">
         <v>26</v>
       </c>
       <c r="P191">
-        <v>101.75</v>
+        <v>107.25</v>
       </c>
       <c r="Q191" t="s">
         <v>26</v>
       </c>
       <c r="R191" t="s">
         <v>26</v>
       </c>
       <c r="S191" t="s">
         <v>26</v>
       </c>
       <c r="T191" t="s">
         <v>26</v>
       </c>
       <c r="U191">
-        <v>101.75</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="192" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>102</v>
+        <v>389</v>
       </c>
       <c r="C192" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>1593</v>
+        <v>390</v>
       </c>
       <c r="E192" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="F192" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G192" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H192">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="I192" t="b">
         <v>1</v>
       </c>
       <c r="J192" t="s">
         <v>26</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
         <v>26</v>
       </c>
       <c r="N192" t="s">
         <v>26</v>
       </c>
       <c r="O192" t="s">
         <v>26</v>
       </c>
       <c r="P192">
-        <v>101.4</v>
+        <v>106.96</v>
       </c>
       <c r="Q192" t="s">
         <v>26</v>
       </c>
       <c r="R192" t="s">
         <v>26</v>
       </c>
       <c r="S192" t="s">
         <v>26</v>
       </c>
       <c r="T192" t="s">
         <v>26</v>
       </c>
       <c r="U192">
-        <v>101.4</v>
+        <v>106.96</v>
       </c>
     </row>
     <row r="193" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>395</v>
+        <v>95</v>
       </c>
       <c r="C193" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="E193" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F193" t="s">
         <v>24</v>
       </c>
       <c r="G193" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H193">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="I193" t="b">
         <v>1</v>
       </c>
       <c r="J193" t="s">
         <v>26</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
         <v>26</v>
       </c>
       <c r="N193" t="s">
         <v>26</v>
       </c>
       <c r="O193" t="s">
         <v>26</v>
       </c>
-      <c r="P193" t="s">
-[...3 lines deleted...]
-        <v>100.98</v>
+      <c r="P193">
+        <v>106.91</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>26</v>
       </c>
       <c r="R193" t="s">
         <v>26</v>
       </c>
       <c r="S193" t="s">
         <v>26</v>
       </c>
       <c r="T193" t="s">
         <v>26</v>
       </c>
       <c r="U193">
-        <v>100.98</v>
+        <v>106.91</v>
       </c>
     </row>
     <row r="194" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>137</v>
+        <v>108</v>
       </c>
       <c r="C194" t="s">
-        <v>397</v>
+        <v>295</v>
       </c>
       <c r="D194">
-        <v>692</v>
+        <v>2351</v>
       </c>
       <c r="E194" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="F194" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G194" t="s">
         <v>25</v>
       </c>
       <c r="H194">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="I194" t="b">
         <v>1</v>
       </c>
       <c r="J194" t="s">
         <v>26</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
         <v>26</v>
       </c>
       <c r="N194" t="s">
         <v>26</v>
       </c>
-      <c r="O194">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O194" t="s">
+        <v>26</v>
+      </c>
+      <c r="P194">
+        <v>106.53</v>
       </c>
       <c r="Q194" t="s">
         <v>26</v>
       </c>
       <c r="R194" t="s">
         <v>26</v>
       </c>
       <c r="S194" t="s">
         <v>26</v>
       </c>
       <c r="T194" t="s">
         <v>26</v>
       </c>
       <c r="U194">
-        <v>100.97</v>
+        <v>106.53</v>
       </c>
     </row>
     <row r="195" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>84</v>
+        <v>392</v>
       </c>
       <c r="C195" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="E195" t="s">
-        <v>399</v>
+        <v>26</v>
       </c>
       <c r="F195" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G195" t="s">
         <v>25</v>
       </c>
       <c r="H195">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I195" t="b">
         <v>1</v>
       </c>
       <c r="J195" t="s">
         <v>26</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
-      <c r="L195">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="L195" t="s">
+        <v>26</v>
+      </c>
+      <c r="M195">
+        <v>106.29</v>
       </c>
       <c r="N195" t="s">
         <v>26</v>
       </c>
       <c r="O195" t="s">
         <v>26</v>
       </c>
       <c r="P195" t="s">
         <v>26</v>
       </c>
       <c r="Q195" t="s">
         <v>26</v>
       </c>
       <c r="R195" t="s">
         <v>26</v>
       </c>
       <c r="S195" t="s">
         <v>26</v>
       </c>
       <c r="T195" t="s">
         <v>26</v>
       </c>
       <c r="U195">
-        <v>100.83</v>
+        <v>106.29</v>
       </c>
     </row>
     <row r="196" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="C196" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="E196" t="s">
-        <v>402</v>
+        <v>257</v>
       </c>
       <c r="F196" t="s">
         <v>24</v>
       </c>
       <c r="G196" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H196">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="I196" t="b">
         <v>1</v>
       </c>
       <c r="J196" t="s">
         <v>26</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>26</v>
       </c>
       <c r="N196" t="s">
         <v>26</v>
       </c>
-      <c r="O196" t="s">
-        <v>26</v>
+      <c r="O196">
+        <v>106.19</v>
       </c>
       <c r="P196" t="s">
         <v>26</v>
       </c>
-      <c r="Q196">
-        <v>99.9</v>
+      <c r="Q196" t="s">
+        <v>26</v>
       </c>
       <c r="R196" t="s">
         <v>26</v>
       </c>
       <c r="S196" t="s">
         <v>26</v>
       </c>
       <c r="T196" t="s">
         <v>26</v>
       </c>
       <c r="U196">
-        <v>99.9</v>
+        <v>106.19</v>
       </c>
     </row>
     <row r="197" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="C197" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="E197" t="s">
-        <v>180</v>
+        <v>398</v>
       </c>
       <c r="F197" t="s">
         <v>24</v>
       </c>
       <c r="G197" t="s">
         <v>25</v>
       </c>
       <c r="H197">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I197" t="b">
         <v>1</v>
       </c>
       <c r="J197" t="s">
         <v>26</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>26</v>
       </c>
       <c r="N197" t="s">
         <v>26</v>
       </c>
       <c r="O197">
-        <v>99.9</v>
+        <v>106.04</v>
       </c>
       <c r="P197" t="s">
         <v>26</v>
       </c>
       <c r="Q197" t="s">
         <v>26</v>
       </c>
       <c r="R197" t="s">
         <v>26</v>
       </c>
       <c r="S197" t="s">
         <v>26</v>
       </c>
       <c r="T197" t="s">
         <v>26</v>
       </c>
       <c r="U197">
-        <v>99.9</v>
+        <v>106.04</v>
       </c>
     </row>
     <row r="198" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="C198" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="E198" t="s">
-        <v>367</v>
+        <v>26</v>
       </c>
       <c r="F198" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G198" t="s">
         <v>25</v>
       </c>
       <c r="H198">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="I198" t="b">
         <v>1</v>
       </c>
       <c r="J198" t="s">
         <v>26</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>26</v>
       </c>
       <c r="N198" t="s">
         <v>26</v>
       </c>
       <c r="O198">
-        <v>99.58</v>
+        <v>105.9</v>
       </c>
       <c r="P198" t="s">
         <v>26</v>
       </c>
       <c r="Q198" t="s">
         <v>26</v>
       </c>
       <c r="R198" t="s">
         <v>26</v>
       </c>
       <c r="S198" t="s">
         <v>26</v>
       </c>
       <c r="T198" t="s">
         <v>26</v>
       </c>
       <c r="U198">
-        <v>99.58</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="199" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>407</v>
+        <v>69</v>
       </c>
       <c r="C199" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="E199" t="s">
-        <v>375</v>
+        <v>26</v>
       </c>
       <c r="F199" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G199" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H199">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="I199" t="b">
         <v>1</v>
       </c>
       <c r="J199" t="s">
         <v>26</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
         <v>26</v>
       </c>
       <c r="N199" t="s">
         <v>26</v>
       </c>
-      <c r="O199" t="s">
-        <v>26</v>
+      <c r="O199">
+        <v>105.86</v>
       </c>
       <c r="P199" t="s">
         <v>26</v>
       </c>
-      <c r="Q199">
-        <v>99.11</v>
+      <c r="Q199" t="s">
+        <v>26</v>
       </c>
       <c r="R199" t="s">
         <v>26</v>
       </c>
       <c r="S199" t="s">
         <v>26</v>
       </c>
       <c r="T199" t="s">
         <v>26</v>
       </c>
       <c r="U199">
-        <v>99.11</v>
+        <v>105.86</v>
       </c>
     </row>
     <row r="200" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>409</v>
+        <v>91</v>
       </c>
       <c r="C200" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>1020</v>
+        <v>402</v>
       </c>
       <c r="E200" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F200" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G200" t="s">
         <v>25</v>
       </c>
       <c r="H200">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="I200" t="b">
         <v>1</v>
       </c>
       <c r="J200" t="s">
         <v>26</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>26</v>
       </c>
       <c r="N200" t="s">
         <v>26</v>
       </c>
-      <c r="O200">
-        <v>98.51</v>
+      <c r="O200" t="s">
+        <v>26</v>
       </c>
       <c r="P200" t="s">
         <v>26</v>
       </c>
       <c r="Q200" t="s">
         <v>26</v>
       </c>
       <c r="R200" t="s">
         <v>26</v>
       </c>
-      <c r="S200" t="s">
-        <v>26</v>
+      <c r="S200">
+        <v>105.48</v>
       </c>
       <c r="T200" t="s">
         <v>26</v>
       </c>
       <c r="U200">
-        <v>98.51</v>
+        <v>105.48</v>
       </c>
     </row>
     <row r="201" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="C201" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="E201" t="s">
-        <v>26</v>
+        <v>405</v>
       </c>
       <c r="F201" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G201" t="s">
         <v>25</v>
       </c>
       <c r="H201">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="I201" t="b">
         <v>1</v>
       </c>
       <c r="J201" t="s">
         <v>26</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>26</v>
       </c>
       <c r="N201" t="s">
         <v>26</v>
       </c>
       <c r="O201">
-        <v>97.94</v>
+        <v>105.2</v>
       </c>
       <c r="P201" t="s">
         <v>26</v>
       </c>
       <c r="Q201" t="s">
         <v>26</v>
       </c>
       <c r="R201" t="s">
         <v>26</v>
       </c>
       <c r="S201" t="s">
         <v>26</v>
       </c>
       <c r="T201" t="s">
         <v>26</v>
       </c>
       <c r="U201">
-        <v>97.94</v>
+        <v>105.2</v>
       </c>
     </row>
     <row r="202" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C202" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E202" t="s">
-        <v>413</v>
+        <v>71</v>
       </c>
       <c r="F202" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G202" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H202">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="I202" t="b">
         <v>1</v>
       </c>
       <c r="J202" t="s">
         <v>26</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>26</v>
       </c>
       <c r="N202" t="s">
         <v>26</v>
       </c>
-      <c r="O202">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O202" t="s">
+        <v>26</v>
+      </c>
+      <c r="P202">
+        <v>105.13</v>
       </c>
       <c r="Q202" t="s">
         <v>26</v>
       </c>
       <c r="R202" t="s">
         <v>26</v>
       </c>
       <c r="S202" t="s">
         <v>26</v>
       </c>
       <c r="T202" t="s">
         <v>26</v>
       </c>
       <c r="U202">
-        <v>97.72</v>
+        <v>105.13</v>
       </c>
     </row>
     <row r="203" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>407</v>
+        <v>164</v>
       </c>
       <c r="C203" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="E203" t="s">
         <v>29</v>
       </c>
       <c r="F203" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G203" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H203">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I203" t="b">
         <v>1</v>
       </c>
       <c r="J203" t="s">
         <v>26</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>26</v>
       </c>
       <c r="N203" t="s">
         <v>26</v>
       </c>
       <c r="O203" t="s">
         <v>26</v>
       </c>
-      <c r="P203">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P203" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q203">
+        <v>104.66</v>
       </c>
       <c r="R203" t="s">
         <v>26</v>
       </c>
       <c r="S203" t="s">
         <v>26</v>
       </c>
       <c r="T203" t="s">
         <v>26</v>
       </c>
       <c r="U203">
-        <v>97.49</v>
+        <v>104.66</v>
       </c>
     </row>
     <row r="204" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>249</v>
+        <v>409</v>
       </c>
       <c r="C204" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>410</v>
       </c>
       <c r="E204" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="F204" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G204" t="s">
         <v>25</v>
       </c>
       <c r="H204">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="I204" t="b">
         <v>1</v>
       </c>
       <c r="J204" t="s">
         <v>26</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>26</v>
       </c>
       <c r="N204" t="s">
         <v>26</v>
       </c>
       <c r="O204" t="s">
         <v>26</v>
       </c>
       <c r="P204">
-        <v>96.59</v>
+        <v>104.63</v>
       </c>
       <c r="Q204" t="s">
         <v>26</v>
       </c>
       <c r="R204" t="s">
         <v>26</v>
       </c>
       <c r="S204" t="s">
         <v>26</v>
       </c>
       <c r="T204" t="s">
         <v>26</v>
       </c>
       <c r="U204">
-        <v>96.59</v>
+        <v>104.63</v>
       </c>
     </row>
     <row r="205" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="C205" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="E205" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="F205" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G205" t="s">
         <v>25</v>
       </c>
       <c r="H205">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="I205" t="b">
         <v>1</v>
       </c>
       <c r="J205" t="s">
         <v>26</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
         <v>26</v>
       </c>
       <c r="N205" t="s">
         <v>26</v>
       </c>
       <c r="O205" t="s">
         <v>26</v>
       </c>
-      <c r="P205">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P205" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q205">
+        <v>104.09</v>
       </c>
       <c r="R205" t="s">
         <v>26</v>
       </c>
       <c r="S205" t="s">
         <v>26</v>
       </c>
       <c r="T205" t="s">
         <v>26</v>
       </c>
       <c r="U205">
-        <v>96.59</v>
+        <v>104.09</v>
       </c>
     </row>
     <row r="206" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>122</v>
+        <v>414</v>
       </c>
       <c r="C206" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>415</v>
       </c>
       <c r="E206" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="F206" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G206" t="s">
         <v>25</v>
       </c>
       <c r="H206">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="I206" t="b">
         <v>1</v>
       </c>
       <c r="J206" t="s">
         <v>26</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
-      <c r="M206">
-        <v>96.52</v>
+      <c r="M206" t="s">
+        <v>26</v>
       </c>
       <c r="N206" t="s">
         <v>26</v>
       </c>
       <c r="O206" t="s">
         <v>26</v>
       </c>
       <c r="P206" t="s">
         <v>26</v>
       </c>
       <c r="Q206" t="s">
         <v>26</v>
       </c>
       <c r="R206" t="s">
         <v>26</v>
       </c>
-      <c r="S206" t="s">
-        <v>26</v>
+      <c r="S206">
+        <v>103.65</v>
       </c>
       <c r="T206" t="s">
         <v>26</v>
       </c>
       <c r="U206">
-        <v>96.52</v>
+        <v>103.65</v>
       </c>
     </row>
     <row r="207" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>76</v>
+        <v>416</v>
       </c>
       <c r="C207" t="s">
-        <v>420</v>
+        <v>417</v>
+      </c>
+      <c r="D207">
+        <v>1303</v>
       </c>
       <c r="E207" t="s">
-        <v>421</v>
+        <v>29</v>
       </c>
       <c r="F207" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G207" t="s">
         <v>25</v>
       </c>
       <c r="H207">
         <v>36</v>
       </c>
       <c r="I207" t="b">
         <v>1</v>
       </c>
       <c r="J207" t="s">
         <v>26</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
         <v>26</v>
       </c>
       <c r="N207" t="s">
         <v>26</v>
       </c>
       <c r="O207" t="s">
         <v>26</v>
       </c>
-      <c r="P207" t="s">
-        <v>26</v>
+      <c r="P207">
+        <v>103.46</v>
       </c>
       <c r="Q207" t="s">
         <v>26</v>
       </c>
-      <c r="R207">
-        <v>96.29</v>
+      <c r="R207" t="s">
+        <v>26</v>
       </c>
       <c r="S207" t="s">
         <v>26</v>
       </c>
       <c r="T207" t="s">
         <v>26</v>
       </c>
       <c r="U207">
-        <v>96.29</v>
+        <v>103.46</v>
       </c>
     </row>
     <row r="208" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="C208" t="s">
-        <v>325</v>
+        <v>418</v>
       </c>
       <c r="E208" t="s">
-        <v>422</v>
+        <v>186</v>
       </c>
       <c r="F208" t="s">
-        <v>312</v>
+        <v>54</v>
       </c>
       <c r="G208" t="s">
         <v>25</v>
       </c>
       <c r="H208">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="I208" t="b">
         <v>1</v>
       </c>
       <c r="J208" t="s">
         <v>26</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>26</v>
       </c>
       <c r="N208" t="s">
         <v>26</v>
       </c>
-      <c r="O208" t="s">
-        <v>26</v>
+      <c r="O208">
+        <v>103.41</v>
       </c>
       <c r="P208" t="s">
         <v>26</v>
       </c>
       <c r="Q208" t="s">
         <v>26</v>
       </c>
-      <c r="R208">
-        <v>96.27</v>
+      <c r="R208" t="s">
+        <v>26</v>
       </c>
       <c r="S208" t="s">
         <v>26</v>
       </c>
       <c r="T208" t="s">
         <v>26</v>
       </c>
       <c r="U208">
-        <v>96.27</v>
+        <v>103.41</v>
       </c>
     </row>
     <row r="209" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C209" t="s">
-        <v>411</v>
+        <v>337</v>
       </c>
       <c r="E209" t="s">
-        <v>424</v>
+        <v>26</v>
       </c>
       <c r="F209" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="G209" t="s">
         <v>25</v>
       </c>
       <c r="H209">
-        <v>3</v>
+        <v>61</v>
       </c>
       <c r="I209" t="b">
         <v>1</v>
       </c>
       <c r="J209" t="s">
         <v>26</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>26</v>
       </c>
       <c r="N209" t="s">
         <v>26</v>
       </c>
-      <c r="O209" t="s">
-[...3 lines deleted...]
-        <v>96.24</v>
+      <c r="O209">
+        <v>102.81</v>
+      </c>
+      <c r="P209" t="s">
+        <v>26</v>
       </c>
       <c r="Q209" t="s">
         <v>26</v>
       </c>
       <c r="R209" t="s">
         <v>26</v>
       </c>
       <c r="S209" t="s">
         <v>26</v>
       </c>
       <c r="T209" t="s">
         <v>26</v>
       </c>
       <c r="U209">
-        <v>96.24</v>
+        <v>102.81</v>
       </c>
     </row>
     <row r="210" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>142</v>
+        <v>420</v>
       </c>
       <c r="C210" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="E210" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="F210" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G210" t="s">
         <v>25</v>
       </c>
       <c r="H210">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="I210" t="b">
         <v>1</v>
       </c>
       <c r="J210" t="s">
         <v>26</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
-      <c r="M210" t="s">
-        <v>26</v>
+      <c r="M210">
+        <v>102.73</v>
       </c>
       <c r="N210" t="s">
         <v>26</v>
       </c>
       <c r="O210" t="s">
         <v>26</v>
       </c>
       <c r="P210" t="s">
         <v>26</v>
       </c>
-      <c r="Q210">
-        <v>96.15</v>
+      <c r="Q210" t="s">
+        <v>26</v>
       </c>
       <c r="R210" t="s">
         <v>26</v>
       </c>
       <c r="S210" t="s">
         <v>26</v>
       </c>
       <c r="T210" t="s">
         <v>26</v>
       </c>
       <c r="U210">
-        <v>96.15</v>
+        <v>102.73</v>
       </c>
     </row>
     <row r="211" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>61</v>
+        <v>423</v>
       </c>
       <c r="C211" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>2484</v>
+        <v>424</v>
       </c>
       <c r="E211" t="s">
-        <v>428</v>
+        <v>26</v>
       </c>
       <c r="F211" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G211" t="s">
         <v>25</v>
       </c>
       <c r="H211">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="I211" t="b">
         <v>1</v>
       </c>
       <c r="J211" t="s">
         <v>26</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
         <v>26</v>
       </c>
       <c r="N211" t="s">
         <v>26</v>
       </c>
       <c r="O211" t="s">
         <v>26</v>
       </c>
       <c r="P211" t="s">
         <v>26</v>
       </c>
-      <c r="Q211" t="s">
-[...3 lines deleted...]
-        <v>95.21</v>
+      <c r="Q211">
+        <v>102.69</v>
+      </c>
+      <c r="R211" t="s">
+        <v>26</v>
       </c>
       <c r="S211" t="s">
         <v>26</v>
       </c>
       <c r="T211" t="s">
         <v>26</v>
       </c>
       <c r="U211">
-        <v>95.21</v>
+        <v>102.69</v>
       </c>
     </row>
     <row r="212" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>429</v>
+        <v>141</v>
       </c>
       <c r="C212" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="E212" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="F212" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G212" t="s">
         <v>25</v>
       </c>
       <c r="H212">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="I212" t="b">
         <v>1</v>
       </c>
       <c r="J212" t="s">
         <v>26</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>26</v>
       </c>
       <c r="N212" t="s">
         <v>26</v>
       </c>
-      <c r="O212" t="s">
-        <v>26</v>
+      <c r="O212">
+        <v>102.29</v>
       </c>
       <c r="P212" t="s">
         <v>26</v>
       </c>
-      <c r="Q212">
-        <v>95.05</v>
+      <c r="Q212" t="s">
+        <v>26</v>
       </c>
       <c r="R212" t="s">
         <v>26</v>
       </c>
       <c r="S212" t="s">
         <v>26</v>
       </c>
       <c r="T212" t="s">
         <v>26</v>
       </c>
       <c r="U212">
-        <v>95.05</v>
+        <v>102.29</v>
       </c>
     </row>
     <row r="213" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>431</v>
+        <v>41</v>
       </c>
       <c r="C213" t="s">
-        <v>317</v>
+        <v>426</v>
       </c>
       <c r="E213" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F213" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G213" t="s">
         <v>25</v>
       </c>
       <c r="H213">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="I213" t="b">
         <v>1</v>
       </c>
       <c r="J213" t="s">
         <v>26</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
-      <c r="L213" t="s">
-        <v>26</v>
+      <c r="L213">
+        <v>102.04</v>
       </c>
       <c r="M213" t="s">
         <v>26</v>
       </c>
       <c r="N213" t="s">
         <v>26</v>
       </c>
-      <c r="O213">
-        <v>94.17</v>
+      <c r="O213" t="s">
+        <v>26</v>
       </c>
       <c r="P213" t="s">
         <v>26</v>
       </c>
       <c r="Q213" t="s">
         <v>26</v>
       </c>
       <c r="R213" t="s">
         <v>26</v>
       </c>
       <c r="S213" t="s">
         <v>26</v>
       </c>
       <c r="T213" t="s">
         <v>26</v>
       </c>
       <c r="U213">
-        <v>94.17</v>
+        <v>102.04</v>
       </c>
     </row>
     <row r="214" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C214" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="E214" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F214" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G214" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H214">
-        <v>11</v>
+        <v>66</v>
       </c>
       <c r="I214" t="b">
         <v>1</v>
       </c>
       <c r="J214" t="s">
         <v>26</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>26</v>
       </c>
       <c r="N214" t="s">
         <v>26</v>
       </c>
-      <c r="O214" t="s">
-[...3 lines deleted...]
-        <v>94.01</v>
+      <c r="O214">
+        <v>101.92</v>
+      </c>
+      <c r="P214" t="s">
+        <v>26</v>
       </c>
       <c r="Q214" t="s">
         <v>26</v>
       </c>
       <c r="R214" t="s">
         <v>26</v>
       </c>
       <c r="S214" t="s">
         <v>26</v>
       </c>
       <c r="T214" t="s">
         <v>26</v>
       </c>
       <c r="U214">
-        <v>94.01</v>
+        <v>101.92</v>
       </c>
     </row>
     <row r="215" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>102</v>
+        <v>429</v>
       </c>
       <c r="C215" t="s">
-        <v>434</v>
+        <v>430</v>
+      </c>
+      <c r="D215">
+        <v>2078</v>
       </c>
       <c r="E215" t="s">
-        <v>435</v>
+        <v>37</v>
       </c>
       <c r="F215" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G215" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H215">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="I215" t="b">
         <v>1</v>
       </c>
       <c r="J215" t="s">
         <v>26</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>26</v>
       </c>
       <c r="N215" t="s">
         <v>26</v>
       </c>
       <c r="O215" t="s">
         <v>26</v>
       </c>
-      <c r="P215" t="s">
-[...3 lines deleted...]
-        <v>93.88</v>
+      <c r="P215">
+        <v>101.75</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>26</v>
       </c>
       <c r="R215" t="s">
         <v>26</v>
       </c>
       <c r="S215" t="s">
         <v>26</v>
       </c>
       <c r="T215" t="s">
         <v>26</v>
       </c>
       <c r="U215">
-        <v>93.88</v>
+        <v>101.75</v>
       </c>
     </row>
     <row r="216" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>436</v>
+        <v>132</v>
       </c>
       <c r="C216" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D216">
-        <v>2202</v>
+        <v>1593</v>
       </c>
       <c r="E216" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="F216" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G216" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H216">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="I216" t="b">
         <v>1</v>
       </c>
       <c r="J216" t="s">
         <v>26</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
         <v>26</v>
       </c>
       <c r="N216" t="s">
         <v>26</v>
       </c>
       <c r="O216" t="s">
         <v>26</v>
       </c>
       <c r="P216">
-        <v>93.79</v>
+        <v>101.4</v>
       </c>
       <c r="Q216" t="s">
         <v>26</v>
       </c>
       <c r="R216" t="s">
         <v>26</v>
       </c>
       <c r="S216" t="s">
         <v>26</v>
       </c>
       <c r="T216" t="s">
         <v>26</v>
       </c>
       <c r="U216">
-        <v>93.79</v>
+        <v>101.4</v>
       </c>
     </row>
     <row r="217" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>84</v>
+        <v>432</v>
       </c>
       <c r="C217" t="s">
-        <v>352</v>
+        <v>433</v>
       </c>
       <c r="E217" t="s">
         <v>26</v>
       </c>
       <c r="F217" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G217" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H217">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="I217" t="b">
         <v>1</v>
       </c>
       <c r="J217" t="s">
         <v>26</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>26</v>
       </c>
       <c r="N217" t="s">
         <v>26</v>
       </c>
       <c r="O217" t="s">
         <v>26</v>
       </c>
       <c r="P217" t="s">
         <v>26</v>
       </c>
       <c r="Q217">
-        <v>93.67</v>
+        <v>100.98</v>
       </c>
       <c r="R217" t="s">
         <v>26</v>
       </c>
       <c r="S217" t="s">
         <v>26</v>
       </c>
       <c r="T217" t="s">
         <v>26</v>
       </c>
       <c r="U217">
-        <v>93.67</v>
+        <v>100.98</v>
       </c>
     </row>
     <row r="218" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>438</v>
+        <v>120</v>
       </c>
       <c r="C218" t="s">
-        <v>56</v>
+        <v>434</v>
       </c>
       <c r="D218">
-        <v>575</v>
+        <v>692</v>
       </c>
       <c r="E218" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F218" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G218" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H218">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I218" t="b">
         <v>1</v>
       </c>
       <c r="J218" t="s">
         <v>26</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>26</v>
       </c>
       <c r="N218" t="s">
         <v>26</v>
       </c>
-      <c r="O218" t="s">
-        <v>26</v>
+      <c r="O218">
+        <v>100.97</v>
       </c>
       <c r="P218" t="s">
         <v>26</v>
       </c>
-      <c r="Q218">
-        <v>93.58</v>
+      <c r="Q218" t="s">
+        <v>26</v>
       </c>
       <c r="R218" t="s">
         <v>26</v>
       </c>
       <c r="S218" t="s">
         <v>26</v>
       </c>
       <c r="T218" t="s">
         <v>26</v>
       </c>
       <c r="U218">
-        <v>93.58</v>
+        <v>100.97</v>
       </c>
     </row>
     <row r="219" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>178</v>
+        <v>108</v>
       </c>
       <c r="C219" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="E219" t="s">
-        <v>259</v>
+        <v>436</v>
       </c>
       <c r="F219" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G219" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H219">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I219" t="b">
         <v>1</v>
       </c>
       <c r="J219" t="s">
         <v>26</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
-      <c r="L219" t="s">
-        <v>26</v>
+      <c r="L219">
+        <v>100.83</v>
       </c>
       <c r="M219" t="s">
         <v>26</v>
       </c>
       <c r="N219" t="s">
         <v>26</v>
       </c>
       <c r="O219" t="s">
         <v>26</v>
       </c>
       <c r="P219" t="s">
         <v>26</v>
       </c>
-      <c r="Q219">
-        <v>93.58</v>
+      <c r="Q219" t="s">
+        <v>26</v>
       </c>
       <c r="R219" t="s">
         <v>26</v>
       </c>
       <c r="S219" t="s">
         <v>26</v>
       </c>
       <c r="T219" t="s">
         <v>26</v>
       </c>
       <c r="U219">
-        <v>93.58</v>
+        <v>100.83</v>
       </c>
     </row>
     <row r="220" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="C220" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="E220" t="s">
-        <v>320</v>
+        <v>186</v>
       </c>
       <c r="F220" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G220" t="s">
         <v>25</v>
       </c>
       <c r="H220">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="I220" t="b">
         <v>1</v>
       </c>
       <c r="J220" t="s">
         <v>26</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
-      <c r="L220">
-        <v>93.47</v>
+      <c r="L220" t="s">
+        <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>26</v>
       </c>
       <c r="N220" t="s">
         <v>26</v>
       </c>
-      <c r="O220" t="s">
-        <v>26</v>
+      <c r="O220">
+        <v>99.9</v>
       </c>
       <c r="P220" t="s">
         <v>26</v>
       </c>
       <c r="Q220" t="s">
         <v>26</v>
       </c>
       <c r="R220" t="s">
         <v>26</v>
       </c>
       <c r="S220" t="s">
         <v>26</v>
       </c>
       <c r="T220" t="s">
         <v>26</v>
       </c>
       <c r="U220">
-        <v>93.47</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="221" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>116</v>
+        <v>439</v>
       </c>
       <c r="C221" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>1900</v>
+        <v>440</v>
       </c>
       <c r="E221" t="s">
-        <v>443</v>
+        <v>405</v>
       </c>
       <c r="F221" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G221" t="s">
         <v>25</v>
       </c>
       <c r="H221">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="I221" t="b">
         <v>1</v>
       </c>
       <c r="J221" t="s">
         <v>26</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
-      <c r="M221">
-        <v>93.39</v>
+      <c r="M221" t="s">
+        <v>26</v>
       </c>
       <c r="N221" t="s">
         <v>26</v>
       </c>
-      <c r="O221" t="s">
-        <v>26</v>
+      <c r="O221">
+        <v>99.58</v>
       </c>
       <c r="P221" t="s">
         <v>26</v>
       </c>
       <c r="Q221" t="s">
         <v>26</v>
       </c>
       <c r="R221" t="s">
         <v>26</v>
       </c>
       <c r="S221" t="s">
         <v>26</v>
       </c>
       <c r="T221" t="s">
         <v>26</v>
       </c>
       <c r="U221">
-        <v>93.39</v>
+        <v>99.58</v>
       </c>
     </row>
     <row r="222" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>95</v>
+        <v>441</v>
       </c>
       <c r="C222" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="E222" t="s">
-        <v>26</v>
+        <v>413</v>
       </c>
       <c r="F222" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G222" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H222">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="I222" t="b">
         <v>1</v>
       </c>
       <c r="J222" t="s">
         <v>26</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>26</v>
       </c>
       <c r="N222" t="s">
         <v>26</v>
       </c>
       <c r="O222" t="s">
         <v>26</v>
       </c>
-      <c r="P222">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P222" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q222">
+        <v>99.11</v>
       </c>
       <c r="R222" t="s">
         <v>26</v>
       </c>
       <c r="S222" t="s">
         <v>26</v>
       </c>
       <c r="T222" t="s">
         <v>26</v>
       </c>
       <c r="U222">
-        <v>93.39</v>
+        <v>99.11</v>
       </c>
     </row>
     <row r="223" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>431</v>
+        <v>443</v>
       </c>
       <c r="C223" t="s">
-        <v>445</v>
+        <v>360</v>
+      </c>
+      <c r="D223">
+        <v>1020</v>
       </c>
       <c r="E223" t="s">
-        <v>402</v>
+        <v>29</v>
       </c>
       <c r="F223" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G223" t="s">
         <v>25</v>
       </c>
       <c r="H223">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="I223" t="b">
         <v>1</v>
       </c>
       <c r="J223" t="s">
         <v>26</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>26</v>
       </c>
       <c r="N223" t="s">
         <v>26</v>
       </c>
-      <c r="O223" t="s">
-        <v>26</v>
+      <c r="O223">
+        <v>98.51</v>
       </c>
       <c r="P223" t="s">
         <v>26</v>
       </c>
-      <c r="Q223">
-        <v>92.68</v>
+      <c r="Q223" t="s">
+        <v>26</v>
       </c>
       <c r="R223" t="s">
         <v>26</v>
       </c>
       <c r="S223" t="s">
         <v>26</v>
       </c>
       <c r="T223" t="s">
         <v>26</v>
       </c>
       <c r="U223">
-        <v>92.68</v>
+        <v>98.51</v>
       </c>
     </row>
     <row r="224" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>348</v>
+        <v>444</v>
       </c>
       <c r="C224" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="E224" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F224" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G224" t="s">
         <v>25</v>
       </c>
       <c r="H224">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="I224" t="b">
         <v>1</v>
       </c>
       <c r="J224" t="s">
         <v>26</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
         <v>26</v>
       </c>
       <c r="N224" t="s">
         <v>26</v>
       </c>
-      <c r="O224" t="s">
-[...3 lines deleted...]
-        <v>92.64</v>
+      <c r="O224">
+        <v>97.94</v>
+      </c>
+      <c r="P224" t="s">
+        <v>26</v>
       </c>
       <c r="Q224" t="s">
         <v>26</v>
       </c>
       <c r="R224" t="s">
         <v>26</v>
       </c>
       <c r="S224" t="s">
         <v>26</v>
       </c>
       <c r="T224" t="s">
         <v>26</v>
       </c>
       <c r="U224">
-        <v>92.64</v>
+        <v>97.94</v>
       </c>
     </row>
     <row r="225" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>190</v>
+        <v>446</v>
       </c>
       <c r="C225" t="s">
+        <v>440</v>
+      </c>
+      <c r="E225" t="s">
         <v>447</v>
       </c>
-      <c r="E225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F225" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G225" t="s">
         <v>25</v>
       </c>
       <c r="H225">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="I225" t="b">
         <v>1</v>
       </c>
       <c r="J225" t="s">
         <v>26</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
         <v>26</v>
       </c>
       <c r="N225" t="s">
         <v>26</v>
       </c>
-      <c r="O225" t="s">
-[...3 lines deleted...]
-        <v>92.17</v>
+      <c r="O225">
+        <v>97.72</v>
+      </c>
+      <c r="P225" t="s">
+        <v>26</v>
       </c>
       <c r="Q225" t="s">
         <v>26</v>
       </c>
       <c r="R225" t="s">
         <v>26</v>
       </c>
       <c r="S225" t="s">
         <v>26</v>
       </c>
       <c r="T225" t="s">
         <v>26</v>
       </c>
       <c r="U225">
-        <v>92.17</v>
+        <v>97.72</v>
       </c>
     </row>
     <row r="226" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>39</v>
+        <v>441</v>
       </c>
       <c r="C226" t="s">
-        <v>228</v>
+        <v>448</v>
+      </c>
+      <c r="D226">
+        <v>2539</v>
       </c>
       <c r="E226" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F226" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G226" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H226">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="I226" t="b">
         <v>1</v>
       </c>
       <c r="J226" t="s">
         <v>26</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>26</v>
       </c>
-      <c r="N226">
-        <v>92.13</v>
+      <c r="N226" t="s">
+        <v>26</v>
       </c>
       <c r="O226" t="s">
         <v>26</v>
       </c>
-      <c r="P226" t="s">
-        <v>26</v>
+      <c r="P226">
+        <v>97.49</v>
       </c>
       <c r="Q226" t="s">
         <v>26</v>
       </c>
       <c r="R226" t="s">
         <v>26</v>
       </c>
       <c r="S226" t="s">
         <v>26</v>
       </c>
       <c r="T226" t="s">
         <v>26</v>
       </c>
       <c r="U226">
-        <v>92.13</v>
+        <v>97.49</v>
       </c>
     </row>
     <row r="227" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>448</v>
+        <v>277</v>
       </c>
       <c r="C227" t="s">
         <v>449</v>
       </c>
+      <c r="D227">
+        <v>888</v>
+      </c>
       <c r="E227" t="s">
-        <v>291</v>
+        <v>29</v>
       </c>
       <c r="F227" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G227" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H227">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I227" t="b">
         <v>1</v>
       </c>
       <c r="J227" t="s">
         <v>26</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>26</v>
       </c>
       <c r="N227" t="s">
         <v>26</v>
       </c>
       <c r="O227" t="s">
         <v>26</v>
       </c>
-      <c r="P227" t="s">
-[...3 lines deleted...]
-        <v>91.77</v>
+      <c r="P227">
+        <v>96.59</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>26</v>
       </c>
       <c r="R227" t="s">
         <v>26</v>
       </c>
       <c r="S227" t="s">
         <v>26</v>
       </c>
       <c r="T227" t="s">
         <v>26</v>
       </c>
       <c r="U227">
-        <v>91.77</v>
+        <v>96.59</v>
       </c>
     </row>
     <row r="228" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>348</v>
+        <v>450</v>
       </c>
       <c r="C228" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E228" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F228" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G228" t="s">
         <v>25</v>
       </c>
       <c r="H228">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="I228" t="b">
         <v>1</v>
       </c>
       <c r="J228" t="s">
         <v>26</v>
       </c>
       <c r="K228">
         <v>1</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>26</v>
       </c>
       <c r="N228" t="s">
         <v>26</v>
       </c>
-      <c r="O228">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O228" t="s">
+        <v>26</v>
+      </c>
+      <c r="P228">
+        <v>96.59</v>
       </c>
       <c r="Q228" t="s">
         <v>26</v>
       </c>
       <c r="R228" t="s">
         <v>26</v>
       </c>
       <c r="S228" t="s">
         <v>26</v>
       </c>
       <c r="T228" t="s">
         <v>26</v>
       </c>
       <c r="U228">
-        <v>91.07</v>
+        <v>96.59</v>
       </c>
     </row>
     <row r="229" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>452</v>
+        <v>150</v>
       </c>
       <c r="C229" t="s">
         <v>453</v>
       </c>
+      <c r="D229">
+        <v>2322</v>
+      </c>
       <c r="E229" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F229" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="G229" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H229">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I229" t="b">
         <v>1</v>
       </c>
       <c r="J229" t="s">
         <v>26</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
-      <c r="M229" t="s">
-        <v>26</v>
+      <c r="M229">
+        <v>96.52</v>
       </c>
       <c r="N229" t="s">
         <v>26</v>
       </c>
       <c r="O229" t="s">
         <v>26</v>
       </c>
-      <c r="P229">
-        <v>91.05</v>
+      <c r="P229" t="s">
+        <v>26</v>
       </c>
       <c r="Q229" t="s">
         <v>26</v>
       </c>
       <c r="R229" t="s">
         <v>26</v>
       </c>
       <c r="S229" t="s">
         <v>26</v>
       </c>
       <c r="T229" t="s">
         <v>26</v>
       </c>
       <c r="U229">
-        <v>91.05</v>
+        <v>96.52</v>
       </c>
     </row>
     <row r="230" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="C230" t="s">
         <v>454</v>
       </c>
-      <c r="D230">
-[...1 lines deleted...]
-      </c>
       <c r="E230" t="s">
-        <v>428</v>
+        <v>455</v>
       </c>
       <c r="F230" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G230" t="s">
         <v>25</v>
       </c>
       <c r="H230">
         <v>42</v>
       </c>
       <c r="I230" t="b">
         <v>1</v>
       </c>
       <c r="J230" t="s">
         <v>26</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>26</v>
       </c>
       <c r="N230" t="s">
         <v>26</v>
       </c>
       <c r="O230" t="s">
         <v>26</v>
       </c>
       <c r="P230" t="s">
         <v>26</v>
       </c>
-      <c r="Q230">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q230" t="s">
+        <v>26</v>
+      </c>
+      <c r="R230">
+        <v>96.29</v>
       </c>
       <c r="S230" t="s">
         <v>26</v>
       </c>
       <c r="T230" t="s">
         <v>26</v>
       </c>
       <c r="U230">
-        <v>90.51</v>
+        <v>96.29</v>
       </c>
     </row>
     <row r="231" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>86</v>
+        <v>456</v>
       </c>
       <c r="C231" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2271</v>
+        <v>445</v>
       </c>
       <c r="E231" t="s">
-        <v>26</v>
+        <v>457</v>
       </c>
       <c r="F231" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="G231" t="s">
         <v>25</v>
       </c>
       <c r="H231">
-        <v>65</v>
+        <v>3</v>
       </c>
       <c r="I231" t="b">
         <v>1</v>
       </c>
       <c r="J231" t="s">
         <v>26</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>26</v>
       </c>
       <c r="N231" t="s">
         <v>26</v>
       </c>
       <c r="O231" t="s">
         <v>26</v>
       </c>
-      <c r="P231" t="s">
-[...3 lines deleted...]
-        <v>90.48</v>
+      <c r="P231">
+        <v>96.24</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>26</v>
       </c>
       <c r="R231" t="s">
         <v>26</v>
       </c>
       <c r="S231" t="s">
         <v>26</v>
       </c>
       <c r="T231" t="s">
         <v>26</v>
       </c>
       <c r="U231">
-        <v>90.48</v>
+        <v>96.24</v>
       </c>
     </row>
     <row r="232" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="C232" t="s">
-        <v>110</v>
+        <v>458</v>
       </c>
       <c r="E232" t="s">
-        <v>26</v>
+        <v>459</v>
       </c>
       <c r="F232" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G232" t="s">
         <v>25</v>
       </c>
       <c r="H232">
-        <v>66</v>
+        <v>43</v>
       </c>
       <c r="I232" t="b">
         <v>1</v>
       </c>
       <c r="J232" t="s">
         <v>26</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>26</v>
       </c>
-      <c r="N232">
-        <v>90.42</v>
+      <c r="N232" t="s">
+        <v>26</v>
       </c>
       <c r="O232" t="s">
         <v>26</v>
       </c>
       <c r="P232" t="s">
         <v>26</v>
       </c>
-      <c r="Q232" t="s">
-        <v>26</v>
+      <c r="Q232">
+        <v>96.15</v>
       </c>
       <c r="R232" t="s">
         <v>26</v>
       </c>
       <c r="S232" t="s">
         <v>26</v>
       </c>
       <c r="T232" t="s">
         <v>26</v>
       </c>
       <c r="U232">
-        <v>90.42</v>
+        <v>96.15</v>
       </c>
     </row>
     <row r="233" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>455</v>
+        <v>112</v>
       </c>
       <c r="C233" t="s">
-        <v>35</v>
+        <v>460</v>
+      </c>
+      <c r="D233">
+        <v>1796</v>
       </c>
       <c r="E233" t="s">
-        <v>456</v>
+        <v>26</v>
       </c>
       <c r="F233" t="s">
-        <v>312</v>
+        <v>38</v>
       </c>
       <c r="G233" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H233">
-        <v>1</v>
+        <v>41</v>
       </c>
       <c r="I233" t="b">
         <v>1</v>
       </c>
       <c r="J233" t="s">
         <v>26</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>26</v>
       </c>
       <c r="N233" t="s">
         <v>26</v>
       </c>
       <c r="O233" t="s">
         <v>26</v>
       </c>
-      <c r="P233">
-        <v>90.4</v>
+      <c r="P233" t="s">
+        <v>26</v>
       </c>
       <c r="Q233" t="s">
         <v>26</v>
       </c>
       <c r="R233" t="s">
         <v>26</v>
       </c>
-      <c r="S233" t="s">
-        <v>26</v>
+      <c r="S233">
+        <v>95.88</v>
       </c>
       <c r="T233" t="s">
         <v>26</v>
       </c>
       <c r="U233">
-        <v>90.4</v>
+        <v>95.88</v>
       </c>
     </row>
     <row r="234" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="C234" t="s">
-        <v>457</v>
+        <v>461</v>
+      </c>
+      <c r="D234">
+        <v>2484</v>
       </c>
       <c r="E234" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F234" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G234" t="s">
         <v>25</v>
       </c>
       <c r="H234">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="I234" t="b">
         <v>1</v>
       </c>
       <c r="J234" t="s">
         <v>26</v>
       </c>
       <c r="K234">
         <v>1</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>26</v>
       </c>
       <c r="N234" t="s">
         <v>26</v>
       </c>
       <c r="O234" t="s">
         <v>26</v>
       </c>
       <c r="P234" t="s">
         <v>26</v>
       </c>
-      <c r="Q234">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="Q234" t="s">
+        <v>26</v>
+      </c>
+      <c r="R234">
+        <v>95.21</v>
       </c>
       <c r="S234" t="s">
         <v>26</v>
       </c>
       <c r="T234" t="s">
         <v>26</v>
       </c>
       <c r="U234">
-        <v>90.06</v>
+        <v>95.21</v>
       </c>
     </row>
     <row r="235" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>102</v>
+        <v>463</v>
       </c>
       <c r="C235" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="E235" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="F235" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G235" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H235">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I235" t="b">
         <v>1</v>
       </c>
       <c r="J235" t="s">
         <v>26</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>26</v>
       </c>
       <c r="N235" t="s">
         <v>26</v>
       </c>
       <c r="O235" t="s">
         <v>26</v>
       </c>
-      <c r="P235">
-        <v>89.96</v>
+      <c r="P235" t="s">
+        <v>26</v>
       </c>
       <c r="Q235" t="s">
         <v>26</v>
       </c>
       <c r="R235" t="s">
         <v>26</v>
       </c>
-      <c r="S235" t="s">
-        <v>26</v>
+      <c r="S235">
+        <v>94.43</v>
       </c>
       <c r="T235" t="s">
         <v>26</v>
       </c>
       <c r="U235">
-        <v>89.96</v>
+        <v>94.43</v>
       </c>
     </row>
     <row r="236" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>460</v>
+        <v>239</v>
       </c>
       <c r="C236" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-        <v>1171</v>
+        <v>346</v>
       </c>
       <c r="E236" t="s">
-        <v>462</v>
+        <v>26</v>
       </c>
       <c r="F236" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G236" t="s">
         <v>25</v>
       </c>
       <c r="H236">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I236" t="b">
         <v>1</v>
       </c>
       <c r="J236" t="s">
         <v>26</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
-      <c r="M236">
-        <v>89.65</v>
+      <c r="M236" t="s">
+        <v>26</v>
       </c>
       <c r="N236" t="s">
         <v>26</v>
       </c>
-      <c r="O236" t="s">
-        <v>26</v>
+      <c r="O236">
+        <v>94.17</v>
       </c>
       <c r="P236" t="s">
         <v>26</v>
       </c>
       <c r="Q236" t="s">
         <v>26</v>
       </c>
       <c r="R236" t="s">
         <v>26</v>
       </c>
       <c r="S236" t="s">
         <v>26</v>
       </c>
       <c r="T236" t="s">
         <v>26</v>
       </c>
       <c r="U236">
-        <v>89.65</v>
+        <v>94.17</v>
       </c>
     </row>
     <row r="237" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C237" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E237" t="s">
-        <v>210</v>
+        <v>29</v>
       </c>
       <c r="F237" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="G237" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H237">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I237" t="b">
         <v>1</v>
       </c>
       <c r="J237" t="s">
         <v>26</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>26</v>
       </c>
       <c r="N237" t="s">
         <v>26</v>
       </c>
       <c r="O237" t="s">
         <v>26</v>
       </c>
-      <c r="P237" t="s">
-[...3 lines deleted...]
-        <v>89.56</v>
+      <c r="P237">
+        <v>94.01</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>26</v>
       </c>
       <c r="R237" t="s">
         <v>26</v>
       </c>
       <c r="S237" t="s">
         <v>26</v>
       </c>
       <c r="T237" t="s">
         <v>26</v>
       </c>
       <c r="U237">
-        <v>89.56</v>
+        <v>94.01</v>
       </c>
     </row>
     <row r="238" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>32</v>
+        <v>132</v>
       </c>
       <c r="C238" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D238">
-        <v>1544</v>
+        <v>2498</v>
       </c>
       <c r="E238" t="s">
-        <v>57</v>
+        <v>468</v>
       </c>
       <c r="F238" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="G238" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H238">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="I238" t="b">
         <v>1</v>
       </c>
       <c r="J238" t="s">
         <v>26</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>26</v>
       </c>
       <c r="N238" t="s">
         <v>26</v>
       </c>
       <c r="O238" t="s">
         <v>26</v>
       </c>
-      <c r="P238">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P238" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q238">
+        <v>93.88</v>
       </c>
       <c r="R238" t="s">
         <v>26</v>
       </c>
       <c r="S238" t="s">
         <v>26</v>
       </c>
       <c r="T238" t="s">
         <v>26</v>
       </c>
       <c r="U238">
-        <v>88.93</v>
+        <v>93.88</v>
       </c>
     </row>
     <row r="239" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="C239" t="s">
-        <v>467</v>
+        <v>470</v>
+      </c>
+      <c r="D239">
+        <v>2202</v>
       </c>
       <c r="E239" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F239" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G239" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H239">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="I239" t="b">
         <v>1</v>
       </c>
       <c r="J239" t="s">
         <v>26</v>
       </c>
       <c r="K239">
         <v>1</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>26</v>
       </c>
       <c r="N239" t="s">
         <v>26</v>
       </c>
       <c r="O239" t="s">
         <v>26</v>
       </c>
       <c r="P239">
-        <v>88.21</v>
+        <v>93.79</v>
       </c>
       <c r="Q239" t="s">
         <v>26</v>
       </c>
       <c r="R239" t="s">
         <v>26</v>
       </c>
       <c r="S239" t="s">
         <v>26</v>
       </c>
       <c r="T239" t="s">
         <v>26</v>
       </c>
       <c r="U239">
-        <v>88.21</v>
+        <v>93.79</v>
       </c>
     </row>
     <row r="240" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>468</v>
+        <v>108</v>
       </c>
       <c r="C240" t="s">
-        <v>255</v>
+        <v>390</v>
       </c>
       <c r="E240" t="s">
         <v>26</v>
       </c>
       <c r="F240" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G240" t="s">
         <v>25</v>
       </c>
       <c r="H240">
-        <v>67</v>
+        <v>42</v>
       </c>
       <c r="I240" t="b">
         <v>1</v>
       </c>
       <c r="J240" t="s">
         <v>26</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>26</v>
       </c>
       <c r="N240" t="s">
         <v>26</v>
       </c>
-      <c r="O240">
-        <v>88.21</v>
+      <c r="O240" t="s">
+        <v>26</v>
       </c>
       <c r="P240" t="s">
         <v>26</v>
       </c>
-      <c r="Q240" t="s">
-        <v>26</v>
+      <c r="Q240">
+        <v>93.67</v>
       </c>
       <c r="R240" t="s">
         <v>26</v>
       </c>
       <c r="S240" t="s">
         <v>26</v>
       </c>
       <c r="T240" t="s">
         <v>26</v>
       </c>
       <c r="U240">
-        <v>88.21</v>
+        <v>93.67</v>
       </c>
     </row>
     <row r="241" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>392</v>
+        <v>471</v>
       </c>
       <c r="C241" t="s">
-        <v>469</v>
+        <v>70</v>
+      </c>
+      <c r="D241">
+        <v>575</v>
       </c>
       <c r="E241" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F241" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G241" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H241">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="I241" t="b">
         <v>1</v>
       </c>
       <c r="J241" t="s">
         <v>26</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
         <v>26</v>
       </c>
       <c r="N241" t="s">
         <v>26</v>
       </c>
       <c r="O241" t="s">
         <v>26</v>
       </c>
       <c r="P241" t="s">
         <v>26</v>
       </c>
       <c r="Q241">
-        <v>87.99</v>
+        <v>93.58</v>
       </c>
       <c r="R241" t="s">
         <v>26</v>
       </c>
       <c r="S241" t="s">
         <v>26</v>
       </c>
       <c r="T241" t="s">
         <v>26</v>
       </c>
       <c r="U241">
-        <v>87.99</v>
+        <v>93.58</v>
       </c>
     </row>
     <row r="242" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>470</v>
+        <v>184</v>
       </c>
       <c r="C242" t="s">
-        <v>58</v>
+        <v>472</v>
       </c>
       <c r="E242" t="s">
-        <v>26</v>
+        <v>287</v>
       </c>
       <c r="F242" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G242" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H242">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="I242" t="b">
         <v>1</v>
       </c>
       <c r="J242" t="s">
         <v>26</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
         <v>26</v>
       </c>
       <c r="N242" t="s">
         <v>26</v>
       </c>
-      <c r="O242">
-        <v>87.98</v>
+      <c r="O242" t="s">
+        <v>26</v>
       </c>
       <c r="P242" t="s">
         <v>26</v>
       </c>
-      <c r="Q242" t="s">
-        <v>26</v>
+      <c r="Q242">
+        <v>93.58</v>
       </c>
       <c r="R242" t="s">
         <v>26</v>
       </c>
       <c r="S242" t="s">
         <v>26</v>
       </c>
       <c r="T242" t="s">
         <v>26</v>
       </c>
       <c r="U242">
-        <v>87.98</v>
+        <v>93.58</v>
       </c>
     </row>
     <row r="243" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>90</v>
+        <v>473</v>
       </c>
       <c r="C243" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="E243" t="s">
-        <v>291</v>
+        <v>219</v>
       </c>
       <c r="F243" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G243" t="s">
         <v>25</v>
       </c>
       <c r="H243">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="I243" t="b">
         <v>1</v>
       </c>
       <c r="J243" t="s">
         <v>26</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>26</v>
       </c>
       <c r="N243" t="s">
         <v>26</v>
       </c>
       <c r="O243" t="s">
         <v>26</v>
       </c>
       <c r="P243" t="s">
         <v>26</v>
       </c>
-      <c r="Q243">
-        <v>87.93</v>
+      <c r="Q243" t="s">
+        <v>26</v>
       </c>
       <c r="R243" t="s">
         <v>26</v>
       </c>
-      <c r="S243" t="s">
-        <v>26</v>
+      <c r="S243">
+        <v>93.56</v>
       </c>
       <c r="T243" t="s">
         <v>26</v>
       </c>
       <c r="U243">
-        <v>87.93</v>
+        <v>93.56</v>
       </c>
     </row>
     <row r="244" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>109</v>
+        <v>475</v>
       </c>
       <c r="C244" t="s">
-        <v>447</v>
+        <v>476</v>
       </c>
       <c r="E244" t="s">
-        <v>97</v>
+        <v>349</v>
       </c>
       <c r="F244" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="G244" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H244">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="I244" t="b">
         <v>1</v>
       </c>
       <c r="J244" t="s">
         <v>26</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
-      <c r="L244" t="s">
-        <v>26</v>
+      <c r="L244">
+        <v>93.47</v>
       </c>
       <c r="M244" t="s">
         <v>26</v>
       </c>
       <c r="N244" t="s">
         <v>26</v>
       </c>
       <c r="O244" t="s">
         <v>26</v>
       </c>
-      <c r="P244">
-        <v>87.57</v>
+      <c r="P244" t="s">
+        <v>26</v>
       </c>
       <c r="Q244" t="s">
         <v>26</v>
       </c>
       <c r="R244" t="s">
         <v>26</v>
       </c>
       <c r="S244" t="s">
         <v>26</v>
       </c>
       <c r="T244" t="s">
         <v>26</v>
       </c>
       <c r="U244">
-        <v>87.57</v>
+        <v>93.47</v>
       </c>
     </row>
     <row r="245" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>142</v>
+        <v>93</v>
       </c>
       <c r="C245" t="s">
-        <v>472</v>
+        <v>477</v>
+      </c>
+      <c r="D245">
+        <v>1900</v>
       </c>
       <c r="E245" t="s">
-        <v>291</v>
+        <v>478</v>
       </c>
       <c r="F245" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G245" t="s">
         <v>25</v>
       </c>
       <c r="H245">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="I245" t="b">
         <v>1</v>
       </c>
       <c r="J245" t="s">
         <v>26</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
-      <c r="M245" t="s">
-        <v>26</v>
+      <c r="M245">
+        <v>93.39</v>
       </c>
       <c r="N245" t="s">
         <v>26</v>
       </c>
       <c r="O245" t="s">
         <v>26</v>
       </c>
       <c r="P245" t="s">
         <v>26</v>
       </c>
-      <c r="Q245">
-        <v>87.43</v>
+      <c r="Q245" t="s">
+        <v>26</v>
       </c>
       <c r="R245" t="s">
         <v>26</v>
       </c>
       <c r="S245" t="s">
         <v>26</v>
       </c>
       <c r="T245" t="s">
         <v>26</v>
       </c>
       <c r="U245">
-        <v>87.43</v>
+        <v>93.39</v>
       </c>
     </row>
     <row r="246" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>473</v>
+        <v>117</v>
       </c>
       <c r="C246" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="E246" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="F246" t="s">
         <v>24</v>
       </c>
       <c r="G246" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H246">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="I246" t="b">
         <v>1</v>
       </c>
       <c r="J246" t="s">
         <v>26</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>26</v>
       </c>
       <c r="N246" t="s">
         <v>26</v>
       </c>
       <c r="O246" t="s">
         <v>26</v>
       </c>
-      <c r="P246" t="s">
-[...3 lines deleted...]
-        <v>87.14</v>
+      <c r="P246">
+        <v>93.39</v>
+      </c>
+      <c r="Q246" t="s">
+        <v>26</v>
       </c>
       <c r="R246" t="s">
         <v>26</v>
       </c>
       <c r="S246" t="s">
         <v>26</v>
       </c>
       <c r="T246" t="s">
         <v>26</v>
       </c>
       <c r="U246">
-        <v>87.14</v>
+        <v>93.39</v>
       </c>
     </row>
     <row r="247" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>475</v>
+        <v>155</v>
       </c>
       <c r="C247" t="s">
-        <v>228</v>
+        <v>480</v>
       </c>
       <c r="E247" t="s">
-        <v>57</v>
+        <v>351</v>
       </c>
       <c r="F247" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="G247" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H247">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="I247" t="b">
         <v>1</v>
       </c>
       <c r="J247" t="s">
         <v>26</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>26</v>
       </c>
       <c r="N247" t="s">
         <v>26</v>
       </c>
       <c r="O247" t="s">
         <v>26</v>
       </c>
-      <c r="P247">
-        <v>86.9</v>
+      <c r="P247" t="s">
+        <v>26</v>
       </c>
       <c r="Q247" t="s">
         <v>26</v>
       </c>
       <c r="R247" t="s">
         <v>26</v>
       </c>
-      <c r="S247" t="s">
-        <v>26</v>
+      <c r="S247">
+        <v>93.17</v>
       </c>
       <c r="T247" t="s">
         <v>26</v>
       </c>
       <c r="U247">
-        <v>86.9</v>
+        <v>93.17</v>
       </c>
     </row>
     <row r="248" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>247</v>
+        <v>299</v>
       </c>
       <c r="C248" t="s">
-        <v>476</v>
+        <v>198</v>
+      </c>
+      <c r="D248">
+        <v>1305</v>
       </c>
       <c r="E248" t="s">
-        <v>477</v>
+        <v>26</v>
       </c>
       <c r="F248" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G248" t="s">
         <v>25</v>
       </c>
       <c r="H248">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I248" t="b">
         <v>1</v>
       </c>
       <c r="J248" t="s">
         <v>26</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>26</v>
       </c>
       <c r="N248" t="s">
         <v>26</v>
       </c>
       <c r="O248" t="s">
         <v>26</v>
       </c>
       <c r="P248" t="s">
         <v>26</v>
       </c>
-      <c r="Q248">
-        <v>86.88</v>
+      <c r="Q248" t="s">
+        <v>26</v>
       </c>
       <c r="R248" t="s">
         <v>26</v>
       </c>
-      <c r="S248" t="s">
-        <v>26</v>
+      <c r="S248">
+        <v>92.71</v>
       </c>
       <c r="T248" t="s">
         <v>26</v>
       </c>
       <c r="U248">
-        <v>86.88</v>
+        <v>92.71</v>
       </c>
     </row>
     <row r="249" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>478</v>
+        <v>386</v>
       </c>
       <c r="C249" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E249" t="s">
-        <v>480</v>
+        <v>71</v>
       </c>
       <c r="F249" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="G249" t="s">
         <v>25</v>
       </c>
       <c r="H249">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="I249" t="b">
         <v>1</v>
       </c>
       <c r="J249" t="s">
         <v>26</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
         <v>26</v>
       </c>
       <c r="N249" t="s">
         <v>26</v>
       </c>
       <c r="O249" t="s">
         <v>26</v>
       </c>
       <c r="P249">
-        <v>86.34</v>
+        <v>92.64</v>
       </c>
       <c r="Q249" t="s">
         <v>26</v>
       </c>
       <c r="R249" t="s">
         <v>26</v>
       </c>
       <c r="S249" t="s">
         <v>26</v>
       </c>
       <c r="T249" t="s">
         <v>26</v>
       </c>
       <c r="U249">
-        <v>86.34</v>
+        <v>92.64</v>
       </c>
     </row>
     <row r="250" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>481</v>
+        <v>199</v>
       </c>
       <c r="C250" t="s">
         <v>482</v>
       </c>
       <c r="E250" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="F250" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G250" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H250">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I250" t="b">
         <v>1</v>
       </c>
       <c r="J250" t="s">
         <v>26</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
         <v>26</v>
       </c>
       <c r="N250" t="s">
         <v>26</v>
       </c>
       <c r="O250" t="s">
         <v>26</v>
       </c>
       <c r="P250">
-        <v>86.18</v>
+        <v>92.17</v>
       </c>
       <c r="Q250" t="s">
         <v>26</v>
       </c>
       <c r="R250" t="s">
         <v>26</v>
       </c>
       <c r="S250" t="s">
         <v>26</v>
       </c>
       <c r="T250" t="s">
         <v>26</v>
       </c>
       <c r="U250">
-        <v>86.18</v>
+        <v>92.17</v>
       </c>
     </row>
     <row r="251" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>483</v>
+        <v>55</v>
       </c>
       <c r="C251" t="s">
-        <v>484</v>
+        <v>198</v>
       </c>
       <c r="E251" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F251" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G251" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H251">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="I251" t="b">
         <v>1</v>
       </c>
       <c r="J251" t="s">
         <v>26</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
         <v>26</v>
       </c>
-      <c r="N251" t="s">
-        <v>26</v>
+      <c r="N251">
+        <v>92.13</v>
       </c>
       <c r="O251" t="s">
         <v>26</v>
       </c>
-      <c r="P251">
-        <v>85.63</v>
+      <c r="P251" t="s">
+        <v>26</v>
       </c>
       <c r="Q251" t="s">
         <v>26</v>
       </c>
       <c r="R251" t="s">
         <v>26</v>
       </c>
       <c r="S251" t="s">
         <v>26</v>
       </c>
       <c r="T251" t="s">
         <v>26</v>
       </c>
       <c r="U251">
-        <v>85.63</v>
+        <v>92.13</v>
       </c>
     </row>
     <row r="252" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C252" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>1466</v>
+        <v>484</v>
       </c>
       <c r="E252" t="s">
-        <v>210</v>
+        <v>321</v>
       </c>
       <c r="F252" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G252" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H252">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="I252" t="b">
         <v>1</v>
       </c>
       <c r="J252" t="s">
         <v>26</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>26</v>
       </c>
       <c r="N252" t="s">
         <v>26</v>
       </c>
       <c r="O252" t="s">
         <v>26</v>
       </c>
       <c r="P252" t="s">
         <v>26</v>
       </c>
       <c r="Q252">
-        <v>85.37</v>
+        <v>91.77</v>
       </c>
       <c r="R252" t="s">
         <v>26</v>
       </c>
       <c r="S252" t="s">
         <v>26</v>
       </c>
       <c r="T252" t="s">
         <v>26</v>
       </c>
       <c r="U252">
-        <v>85.37</v>
+        <v>91.77</v>
       </c>
     </row>
     <row r="253" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>487</v>
+        <v>386</v>
       </c>
       <c r="C253" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="E253" t="s">
-        <v>139</v>
+        <v>486</v>
       </c>
       <c r="F253" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G253" t="s">
         <v>25</v>
       </c>
       <c r="H253">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="I253" t="b">
         <v>1</v>
       </c>
       <c r="J253" t="s">
         <v>26</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>26</v>
       </c>
       <c r="N253" t="s">
         <v>26</v>
       </c>
-      <c r="O253" t="s">
-        <v>26</v>
+      <c r="O253">
+        <v>91.07</v>
       </c>
       <c r="P253" t="s">
         <v>26</v>
       </c>
-      <c r="Q253">
-        <v>85.24</v>
+      <c r="Q253" t="s">
+        <v>26</v>
       </c>
       <c r="R253" t="s">
         <v>26</v>
       </c>
       <c r="S253" t="s">
         <v>26</v>
       </c>
       <c r="T253" t="s">
         <v>26</v>
       </c>
       <c r="U253">
-        <v>85.24</v>
+        <v>91.07</v>
       </c>
     </row>
     <row r="254" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="C254" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="E254" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F254" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="G254" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H254">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="I254" t="b">
         <v>1</v>
       </c>
       <c r="J254" t="s">
         <v>26</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
         <v>26</v>
       </c>
       <c r="N254" t="s">
         <v>26</v>
       </c>
       <c r="O254" t="s">
         <v>26</v>
       </c>
       <c r="P254">
-        <v>84.93</v>
+        <v>91.05</v>
       </c>
       <c r="Q254" t="s">
         <v>26</v>
       </c>
       <c r="R254" t="s">
         <v>26</v>
       </c>
       <c r="S254" t="s">
         <v>26</v>
       </c>
       <c r="T254" t="s">
         <v>26</v>
       </c>
       <c r="U254">
-        <v>84.93</v>
+        <v>91.05</v>
       </c>
     </row>
     <row r="255" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C255" t="s">
-        <v>317</v>
+        <v>490</v>
       </c>
       <c r="E255" t="s">
-        <v>26</v>
+        <v>219</v>
       </c>
       <c r="F255" t="s">
         <v>24</v>
       </c>
       <c r="G255" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H255">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I255" t="b">
         <v>1</v>
       </c>
       <c r="J255" t="s">
         <v>26</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
         <v>26</v>
       </c>
       <c r="N255" t="s">
         <v>26</v>
       </c>
-      <c r="O255">
-        <v>84.65</v>
+      <c r="O255" t="s">
+        <v>26</v>
       </c>
       <c r="P255" t="s">
         <v>26</v>
       </c>
       <c r="Q255" t="s">
         <v>26</v>
       </c>
       <c r="R255" t="s">
         <v>26</v>
       </c>
-      <c r="S255" t="s">
-        <v>26</v>
+      <c r="S255">
+        <v>91.05</v>
       </c>
       <c r="T255" t="s">
         <v>26</v>
       </c>
       <c r="U255">
-        <v>84.65</v>
+        <v>91.05</v>
       </c>
     </row>
     <row r="256" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
+        <v>491</v>
+      </c>
+      <c r="C256" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="E256" t="s">
         <v>26</v>
       </c>
       <c r="F256" t="s">
         <v>24</v>
       </c>
       <c r="G256" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H256">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I256" t="b">
         <v>1</v>
       </c>
       <c r="J256" t="s">
         <v>26</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>26</v>
       </c>
       <c r="N256" t="s">
         <v>26</v>
       </c>
-      <c r="O256">
-        <v>83.67</v>
+      <c r="O256" t="s">
+        <v>26</v>
       </c>
       <c r="P256" t="s">
         <v>26</v>
       </c>
       <c r="Q256" t="s">
         <v>26</v>
       </c>
       <c r="R256" t="s">
         <v>26</v>
       </c>
-      <c r="S256" t="s">
-        <v>26</v>
+      <c r="S256">
+        <v>90.95</v>
       </c>
       <c r="T256" t="s">
         <v>26</v>
       </c>
       <c r="U256">
-        <v>83.67</v>
+        <v>90.95</v>
       </c>
     </row>
     <row r="257" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>494</v>
+        <v>93</v>
       </c>
       <c r="C257" t="s">
-        <v>317</v>
+        <v>493</v>
+      </c>
+      <c r="D257">
+        <v>2377</v>
       </c>
       <c r="E257" t="s">
-        <v>26</v>
+        <v>462</v>
       </c>
       <c r="F257" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G257" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H257">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="I257" t="b">
         <v>1</v>
       </c>
       <c r="J257" t="s">
         <v>26</v>
       </c>
       <c r="K257">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>26</v>
       </c>
       <c r="N257" t="s">
         <v>26</v>
       </c>
-      <c r="O257">
-        <v>83.62</v>
+      <c r="O257" t="s">
+        <v>26</v>
       </c>
       <c r="P257" t="s">
         <v>26</v>
       </c>
-      <c r="Q257" t="s">
-        <v>26</v>
+      <c r="Q257">
+        <v>90.51</v>
       </c>
       <c r="R257" t="s">
         <v>26</v>
       </c>
-      <c r="S257" t="s">
-        <v>26</v>
+      <c r="S257">
+        <v>0</v>
       </c>
       <c r="T257" t="s">
         <v>26</v>
       </c>
       <c r="U257">
-        <v>83.62</v>
+        <v>90.51</v>
       </c>
     </row>
     <row r="258" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>495</v>
+        <v>120</v>
       </c>
       <c r="C258" t="s">
-        <v>496</v>
+        <v>140</v>
       </c>
       <c r="E258" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F258" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="G258" t="s">
         <v>25</v>
       </c>
       <c r="H258">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="I258" t="b">
         <v>1</v>
       </c>
       <c r="J258" t="s">
         <v>26</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
         <v>26</v>
       </c>
-      <c r="N258" t="s">
-        <v>26</v>
+      <c r="N258">
+        <v>90.42</v>
       </c>
       <c r="O258" t="s">
         <v>26</v>
       </c>
-      <c r="P258">
-        <v>83.17</v>
+      <c r="P258" t="s">
+        <v>26</v>
       </c>
       <c r="Q258" t="s">
         <v>26</v>
       </c>
       <c r="R258" t="s">
         <v>26</v>
       </c>
       <c r="S258" t="s">
         <v>26</v>
       </c>
       <c r="T258" t="s">
         <v>26</v>
       </c>
       <c r="U258">
-        <v>83.17</v>
+        <v>90.42</v>
       </c>
     </row>
     <row r="259" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>61</v>
+        <v>494</v>
       </c>
       <c r="C259" t="s">
-        <v>208</v>
+        <v>44</v>
       </c>
       <c r="E259" t="s">
-        <v>57</v>
+        <v>495</v>
       </c>
       <c r="F259" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="G259" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H259">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I259" t="b">
         <v>1</v>
       </c>
       <c r="J259" t="s">
         <v>26</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
         <v>26</v>
       </c>
       <c r="N259" t="s">
         <v>26</v>
       </c>
       <c r="O259" t="s">
         <v>26</v>
       </c>
       <c r="P259">
-        <v>82.97</v>
+        <v>90.4</v>
       </c>
       <c r="Q259" t="s">
         <v>26</v>
       </c>
       <c r="R259" t="s">
         <v>26</v>
       </c>
       <c r="S259" t="s">
         <v>26</v>
       </c>
       <c r="T259" t="s">
         <v>26</v>
       </c>
       <c r="U259">
-        <v>82.97</v>
+        <v>90.4</v>
       </c>
     </row>
     <row r="260" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>497</v>
+        <v>21</v>
       </c>
       <c r="C260" t="s">
-        <v>498</v>
+        <v>251</v>
+      </c>
+      <c r="D260">
+        <v>2521</v>
       </c>
       <c r="E260" t="s">
-        <v>259</v>
+        <v>26</v>
       </c>
       <c r="F260" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G260" t="s">
         <v>25</v>
       </c>
       <c r="H260">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="I260" t="b">
         <v>1</v>
       </c>
       <c r="J260" t="s">
         <v>26</v>
       </c>
       <c r="K260">
         <v>1</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
         <v>26</v>
       </c>
       <c r="N260" t="s">
         <v>26</v>
       </c>
       <c r="O260" t="s">
         <v>26</v>
       </c>
       <c r="P260" t="s">
         <v>26</v>
       </c>
-      <c r="Q260">
-        <v>82.91</v>
+      <c r="Q260" t="s">
+        <v>26</v>
       </c>
       <c r="R260" t="s">
         <v>26</v>
       </c>
-      <c r="S260" t="s">
-        <v>26</v>
+      <c r="S260">
+        <v>90.38</v>
       </c>
       <c r="T260" t="s">
         <v>26</v>
       </c>
       <c r="U260">
-        <v>82.91</v>
+        <v>90.38</v>
       </c>
     </row>
     <row r="261" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>142</v>
+        <v>496</v>
       </c>
       <c r="C261" t="s">
-        <v>499</v>
+        <v>295</v>
       </c>
       <c r="E261" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="F261" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="G261" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H261">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="I261" t="b">
         <v>1</v>
       </c>
       <c r="J261" t="s">
         <v>26</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
         <v>26</v>
       </c>
       <c r="N261" t="s">
         <v>26</v>
       </c>
       <c r="O261" t="s">
         <v>26</v>
       </c>
       <c r="P261" t="s">
         <v>26</v>
       </c>
-      <c r="Q261">
-        <v>82.69</v>
+      <c r="Q261" t="s">
+        <v>26</v>
       </c>
       <c r="R261" t="s">
         <v>26</v>
       </c>
-      <c r="S261" t="s">
-        <v>26</v>
+      <c r="S261">
+        <v>90.28</v>
       </c>
       <c r="T261" t="s">
         <v>26</v>
       </c>
       <c r="U261">
-        <v>82.69</v>
+        <v>90.28</v>
       </c>
     </row>
     <row r="262" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C262" t="s">
-        <v>500</v>
+        <v>497</v>
+      </c>
+      <c r="D262">
+        <v>2530</v>
       </c>
       <c r="E262" t="s">
-        <v>139</v>
+        <v>26</v>
       </c>
       <c r="F262" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G262" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H262">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I262" t="b">
         <v>1</v>
       </c>
       <c r="J262" t="s">
         <v>26</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
         <v>26</v>
       </c>
       <c r="N262" t="s">
         <v>26</v>
       </c>
       <c r="O262" t="s">
         <v>26</v>
       </c>
       <c r="P262" t="s">
         <v>26</v>
       </c>
-      <c r="Q262">
-        <v>82.6</v>
+      <c r="Q262" t="s">
+        <v>26</v>
       </c>
       <c r="R262" t="s">
         <v>26</v>
       </c>
-      <c r="S262" t="s">
-        <v>26</v>
+      <c r="S262">
+        <v>90.18</v>
       </c>
       <c r="T262" t="s">
         <v>26</v>
       </c>
       <c r="U262">
-        <v>82.6</v>
+        <v>90.18</v>
       </c>
     </row>
     <row r="263" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>263</v>
+        <v>68</v>
       </c>
       <c r="C263" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="E263" t="s">
-        <v>71</v>
+        <v>499</v>
       </c>
       <c r="F263" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G263" t="s">
         <v>25</v>
       </c>
       <c r="H263">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="I263" t="b">
         <v>1</v>
       </c>
       <c r="J263" t="s">
         <v>26</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
         <v>26</v>
       </c>
       <c r="N263" t="s">
         <v>26</v>
       </c>
       <c r="O263" t="s">
         <v>26</v>
       </c>
       <c r="P263" t="s">
         <v>26</v>
       </c>
       <c r="Q263">
-        <v>82.55</v>
+        <v>90.06</v>
       </c>
       <c r="R263" t="s">
         <v>26</v>
       </c>
       <c r="S263" t="s">
         <v>26</v>
       </c>
       <c r="T263" t="s">
         <v>26</v>
       </c>
       <c r="U263">
-        <v>82.55</v>
+        <v>90.06</v>
       </c>
     </row>
     <row r="264" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>502</v>
+        <v>132</v>
       </c>
       <c r="C264" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="E264" t="s">
         <v>26</v>
       </c>
       <c r="F264" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G264" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H264">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="I264" t="b">
         <v>1</v>
       </c>
       <c r="J264" t="s">
         <v>26</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>26</v>
       </c>
       <c r="N264" t="s">
         <v>26</v>
       </c>
       <c r="O264" t="s">
         <v>26</v>
       </c>
-      <c r="P264" t="s">
-[...3 lines deleted...]
-        <v>82.46</v>
+      <c r="P264">
+        <v>89.96</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>26</v>
       </c>
       <c r="R264" t="s">
         <v>26</v>
       </c>
       <c r="S264" t="s">
         <v>26</v>
       </c>
       <c r="T264" t="s">
         <v>26</v>
       </c>
       <c r="U264">
-        <v>82.46</v>
+        <v>89.96</v>
       </c>
     </row>
     <row r="265" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="C265" t="s">
-        <v>505</v>
+        <v>502</v>
+      </c>
+      <c r="D265">
+        <v>1171</v>
       </c>
       <c r="E265" t="s">
-        <v>57</v>
+        <v>503</v>
       </c>
       <c r="F265" t="s">
-        <v>205</v>
+        <v>76</v>
       </c>
       <c r="G265" t="s">
         <v>25</v>
       </c>
       <c r="H265">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="I265" t="b">
         <v>1</v>
       </c>
       <c r="J265" t="s">
         <v>26</v>
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
-      <c r="M265" t="s">
-        <v>26</v>
+      <c r="M265">
+        <v>89.65</v>
       </c>
       <c r="N265" t="s">
         <v>26</v>
       </c>
       <c r="O265" t="s">
         <v>26</v>
       </c>
-      <c r="P265">
-        <v>82.45</v>
+      <c r="P265" t="s">
+        <v>26</v>
       </c>
       <c r="Q265" t="s">
         <v>26</v>
       </c>
       <c r="R265" t="s">
         <v>26</v>
       </c>
       <c r="S265" t="s">
         <v>26</v>
       </c>
       <c r="T265" t="s">
         <v>26</v>
       </c>
       <c r="U265">
-        <v>82.45</v>
+        <v>89.65</v>
       </c>
     </row>
     <row r="266" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C266" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>505</v>
       </c>
       <c r="E266" t="s">
-        <v>29</v>
+        <v>226</v>
       </c>
       <c r="F266" t="s">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="G266" t="s">
         <v>25</v>
       </c>
       <c r="H266">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="I266" t="b">
         <v>1</v>
       </c>
       <c r="J266" t="s">
         <v>26</v>
       </c>
       <c r="K266">
         <v>1</v>
       </c>
-      <c r="L266">
-        <v>82.18</v>
+      <c r="L266" t="s">
+        <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>26</v>
       </c>
       <c r="N266" t="s">
         <v>26</v>
       </c>
       <c r="O266" t="s">
         <v>26</v>
       </c>
       <c r="P266" t="s">
         <v>26</v>
       </c>
-      <c r="Q266" t="s">
-        <v>26</v>
+      <c r="Q266">
+        <v>89.56</v>
       </c>
       <c r="R266" t="s">
         <v>26</v>
       </c>
       <c r="S266" t="s">
         <v>26</v>
       </c>
       <c r="T266" t="s">
         <v>26</v>
       </c>
       <c r="U266">
-        <v>82.18</v>
+        <v>89.56</v>
       </c>
     </row>
     <row r="267" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>508</v>
+        <v>41</v>
       </c>
       <c r="C267" t="s">
-        <v>509</v>
+        <v>506</v>
+      </c>
+      <c r="D267">
+        <v>1544</v>
       </c>
       <c r="E267" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F267" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G267" t="s">
         <v>25</v>
       </c>
       <c r="H267">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="I267" t="b">
         <v>1</v>
       </c>
       <c r="J267" t="s">
         <v>26</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>26</v>
       </c>
       <c r="N267" t="s">
         <v>26</v>
       </c>
-      <c r="O267">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O267" t="s">
+        <v>26</v>
+      </c>
+      <c r="P267">
+        <v>88.93</v>
       </c>
       <c r="Q267" t="s">
         <v>26</v>
       </c>
       <c r="R267" t="s">
         <v>26</v>
       </c>
       <c r="S267" t="s">
         <v>26</v>
       </c>
       <c r="T267" t="s">
         <v>26</v>
       </c>
       <c r="U267">
-        <v>81.93</v>
+        <v>88.93</v>
       </c>
     </row>
     <row r="268" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="C268" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="E268" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F268" t="s">
         <v>24</v>
       </c>
       <c r="G268" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H268">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="I268" t="b">
         <v>1</v>
       </c>
       <c r="J268" t="s">
         <v>26</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
         <v>26</v>
       </c>
       <c r="N268" t="s">
         <v>26</v>
       </c>
-      <c r="O268">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O268" t="s">
+        <v>26</v>
+      </c>
+      <c r="P268">
+        <v>88.21</v>
       </c>
       <c r="Q268" t="s">
         <v>26</v>
       </c>
       <c r="R268" t="s">
         <v>26</v>
       </c>
       <c r="S268" t="s">
         <v>26</v>
       </c>
       <c r="T268" t="s">
         <v>26</v>
       </c>
       <c r="U268">
-        <v>81.36</v>
+        <v>88.21</v>
       </c>
     </row>
     <row r="269" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="C269" t="s">
-        <v>513</v>
+        <v>283</v>
       </c>
       <c r="E269" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F269" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G269" t="s">
         <v>25</v>
       </c>
       <c r="H269">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="I269" t="b">
         <v>1</v>
       </c>
       <c r="J269" t="s">
         <v>26</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
         <v>26</v>
       </c>
       <c r="N269" t="s">
         <v>26</v>
       </c>
-      <c r="O269" t="s">
-[...3 lines deleted...]
-        <v>80.95</v>
+      <c r="O269">
+        <v>88.21</v>
+      </c>
+      <c r="P269" t="s">
+        <v>26</v>
       </c>
       <c r="Q269" t="s">
         <v>26</v>
       </c>
       <c r="R269" t="s">
         <v>26</v>
       </c>
       <c r="S269" t="s">
         <v>26</v>
       </c>
       <c r="T269" t="s">
         <v>26</v>
       </c>
       <c r="U269">
-        <v>80.95</v>
+        <v>88.21</v>
       </c>
     </row>
     <row r="270" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>32</v>
+        <v>429</v>
       </c>
       <c r="C270" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="E270" t="s">
         <v>26</v>
       </c>
       <c r="F270" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G270" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H270">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="I270" t="b">
         <v>1</v>
       </c>
       <c r="J270" t="s">
         <v>26</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
-      <c r="M270">
-        <v>80.85</v>
+      <c r="M270" t="s">
+        <v>26</v>
       </c>
       <c r="N270" t="s">
         <v>26</v>
       </c>
       <c r="O270" t="s">
         <v>26</v>
       </c>
       <c r="P270" t="s">
         <v>26</v>
       </c>
-      <c r="Q270" t="s">
-        <v>26</v>
+      <c r="Q270">
+        <v>87.99</v>
       </c>
       <c r="R270" t="s">
         <v>26</v>
       </c>
       <c r="S270" t="s">
         <v>26</v>
       </c>
       <c r="T270" t="s">
         <v>26</v>
       </c>
       <c r="U270">
-        <v>80.85</v>
+        <v>87.99</v>
       </c>
     </row>
     <row r="271" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C271" t="s">
-        <v>516</v>
+        <v>68</v>
       </c>
       <c r="E271" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="F271" t="s">
         <v>24</v>
       </c>
       <c r="G271" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H271">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="I271" t="b">
         <v>1</v>
       </c>
       <c r="J271" t="s">
         <v>26</v>
       </c>
       <c r="K271">
         <v>1</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>26</v>
       </c>
       <c r="N271" t="s">
         <v>26</v>
       </c>
-      <c r="O271" t="s">
-[...3 lines deleted...]
-        <v>80.68</v>
+      <c r="O271">
+        <v>87.98</v>
+      </c>
+      <c r="P271" t="s">
+        <v>26</v>
       </c>
       <c r="Q271" t="s">
         <v>26</v>
       </c>
       <c r="R271" t="s">
         <v>26</v>
       </c>
       <c r="S271" t="s">
         <v>26</v>
       </c>
       <c r="T271" t="s">
         <v>26</v>
       </c>
       <c r="U271">
-        <v>80.68</v>
+        <v>87.98</v>
       </c>
     </row>
     <row r="272" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>55</v>
+        <v>110</v>
       </c>
       <c r="C272" t="s">
-        <v>255</v>
+        <v>512</v>
       </c>
       <c r="E272" t="s">
+        <v>321</v>
+      </c>
+      <c r="F272" t="s">
         <v>54</v>
       </c>
-      <c r="F272" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G272" t="s">
         <v>25</v>
       </c>
       <c r="H272">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="I272" t="b">
         <v>1</v>
       </c>
       <c r="J272" t="s">
         <v>26</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>26</v>
       </c>
       <c r="N272" t="s">
         <v>26</v>
       </c>
-      <c r="O272">
-        <v>80.37</v>
+      <c r="O272" t="s">
+        <v>26</v>
       </c>
       <c r="P272" t="s">
         <v>26</v>
       </c>
-      <c r="Q272" t="s">
-        <v>26</v>
+      <c r="Q272">
+        <v>87.93</v>
       </c>
       <c r="R272" t="s">
         <v>26</v>
       </c>
       <c r="S272" t="s">
         <v>26</v>
       </c>
       <c r="T272" t="s">
         <v>26</v>
       </c>
       <c r="U272">
-        <v>80.37</v>
+        <v>87.93</v>
       </c>
     </row>
     <row r="273" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="C273" t="s">
-        <v>517</v>
+        <v>482</v>
       </c>
       <c r="E273" t="s">
-        <v>518</v>
+        <v>119</v>
       </c>
       <c r="F273" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G273" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H273">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="I273" t="b">
         <v>1</v>
       </c>
       <c r="J273" t="s">
         <v>26</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
         <v>26</v>
       </c>
       <c r="N273" t="s">
         <v>26</v>
       </c>
-      <c r="O273">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O273" t="s">
+        <v>26</v>
+      </c>
+      <c r="P273">
+        <v>87.57</v>
       </c>
       <c r="Q273" t="s">
         <v>26</v>
       </c>
       <c r="R273" t="s">
         <v>26</v>
       </c>
       <c r="S273" t="s">
         <v>26</v>
       </c>
       <c r="T273" t="s">
         <v>26</v>
       </c>
       <c r="U273">
-        <v>79.61</v>
+        <v>87.57</v>
       </c>
     </row>
     <row r="274" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>519</v>
+        <v>123</v>
       </c>
       <c r="C274" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="E274" t="s">
-        <v>347</v>
+        <v>321</v>
       </c>
       <c r="F274" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="G274" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H274">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="I274" t="b">
         <v>1</v>
       </c>
       <c r="J274" t="s">
         <v>26</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>26</v>
       </c>
       <c r="N274" t="s">
         <v>26</v>
       </c>
       <c r="O274" t="s">
         <v>26</v>
       </c>
       <c r="P274" t="s">
         <v>26</v>
       </c>
       <c r="Q274">
-        <v>77.09</v>
+        <v>87.43</v>
       </c>
       <c r="R274" t="s">
         <v>26</v>
       </c>
       <c r="S274" t="s">
         <v>26</v>
       </c>
       <c r="T274" t="s">
         <v>26</v>
       </c>
       <c r="U274">
-        <v>77.09</v>
+        <v>87.43</v>
       </c>
     </row>
     <row r="275" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="C275" t="s">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="E275" t="s">
-        <v>97</v>
+        <v>321</v>
       </c>
       <c r="F275" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G275" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H275">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="I275" t="b">
         <v>1</v>
       </c>
       <c r="J275" t="s">
         <v>26</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>26</v>
       </c>
       <c r="N275" t="s">
         <v>26</v>
       </c>
-      <c r="O275">
-        <v>76.83</v>
+      <c r="O275" t="s">
+        <v>26</v>
       </c>
       <c r="P275" t="s">
         <v>26</v>
       </c>
-      <c r="Q275" t="s">
-        <v>26</v>
+      <c r="Q275">
+        <v>87.14</v>
       </c>
       <c r="R275" t="s">
         <v>26</v>
       </c>
       <c r="S275" t="s">
         <v>26</v>
       </c>
       <c r="T275" t="s">
         <v>26</v>
       </c>
       <c r="U275">
-        <v>76.83</v>
+        <v>87.14</v>
       </c>
     </row>
     <row r="276" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>238</v>
+        <v>516</v>
       </c>
       <c r="C276" t="s">
-        <v>523</v>
+        <v>198</v>
       </c>
       <c r="E276" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F276" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="G276" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H276">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="I276" t="b">
         <v>1</v>
       </c>
       <c r="J276" t="s">
         <v>26</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>26</v>
       </c>
       <c r="N276" t="s">
         <v>26</v>
       </c>
       <c r="O276" t="s">
         <v>26</v>
       </c>
-      <c r="P276" t="s">
-        <v>26</v>
+      <c r="P276">
+        <v>86.9</v>
       </c>
       <c r="Q276" t="s">
         <v>26</v>
       </c>
-      <c r="R276">
-        <v>76.41</v>
+      <c r="R276" t="s">
+        <v>26</v>
       </c>
       <c r="S276" t="s">
         <v>26</v>
       </c>
       <c r="T276" t="s">
         <v>26</v>
       </c>
       <c r="U276">
-        <v>76.41</v>
+        <v>86.9</v>
       </c>
     </row>
     <row r="277" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>142</v>
+        <v>275</v>
       </c>
       <c r="C277" t="s">
-        <v>80</v>
+        <v>517</v>
       </c>
       <c r="E277" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="F277" t="s">
-        <v>205</v>
+        <v>54</v>
       </c>
       <c r="G277" t="s">
         <v>25</v>
       </c>
       <c r="H277">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="I277" t="b">
         <v>1</v>
       </c>
       <c r="J277" t="s">
         <v>26</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
         <v>26</v>
       </c>
       <c r="N277" t="s">
         <v>26</v>
       </c>
       <c r="O277" t="s">
         <v>26</v>
       </c>
-      <c r="P277">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P277" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q277">
+        <v>86.88</v>
       </c>
       <c r="R277" t="s">
         <v>26</v>
       </c>
       <c r="S277" t="s">
         <v>26</v>
       </c>
       <c r="T277" t="s">
         <v>26</v>
       </c>
       <c r="U277">
-        <v>76.39</v>
+        <v>86.88</v>
       </c>
     </row>
     <row r="278" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="C278" t="s">
-        <v>295</v>
+        <v>520</v>
       </c>
       <c r="E278" t="s">
-        <v>57</v>
+        <v>521</v>
       </c>
       <c r="F278" t="s">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="G278" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H278">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I278" t="b">
         <v>1</v>
       </c>
       <c r="J278" t="s">
         <v>26</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>26</v>
       </c>
       <c r="N278" t="s">
         <v>26</v>
       </c>
       <c r="O278" t="s">
         <v>26</v>
       </c>
       <c r="P278">
-        <v>75.79</v>
+        <v>86.34</v>
       </c>
       <c r="Q278" t="s">
         <v>26</v>
       </c>
       <c r="R278" t="s">
         <v>26</v>
       </c>
       <c r="S278" t="s">
         <v>26</v>
       </c>
       <c r="T278" t="s">
         <v>26</v>
       </c>
       <c r="U278">
-        <v>75.79</v>
+        <v>86.34</v>
       </c>
     </row>
     <row r="279" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="C279" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="E279" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F279" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G279" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H279">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I279" t="b">
         <v>1</v>
       </c>
       <c r="J279" t="s">
         <v>26</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
         <v>26</v>
       </c>
       <c r="N279" t="s">
         <v>26</v>
       </c>
       <c r="O279" t="s">
         <v>26</v>
       </c>
       <c r="P279">
-        <v>75.72</v>
+        <v>86.18</v>
       </c>
       <c r="Q279" t="s">
         <v>26</v>
       </c>
       <c r="R279" t="s">
         <v>26</v>
       </c>
       <c r="S279" t="s">
         <v>26</v>
       </c>
       <c r="T279" t="s">
         <v>26</v>
       </c>
       <c r="U279">
-        <v>75.72</v>
+        <v>86.18</v>
       </c>
     </row>
     <row r="280" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>528</v>
+        <v>429</v>
       </c>
       <c r="C280" t="s">
-        <v>328</v>
+        <v>524</v>
+      </c>
+      <c r="D280">
+        <v>2567</v>
       </c>
       <c r="E280" t="s">
-        <v>57</v>
+        <v>525</v>
       </c>
       <c r="F280" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G280" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H280">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I280" t="b">
         <v>1</v>
       </c>
       <c r="J280" t="s">
         <v>26</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>26</v>
       </c>
       <c r="N280" t="s">
         <v>26</v>
       </c>
       <c r="O280" t="s">
         <v>26</v>
       </c>
-      <c r="P280">
-        <v>75.5</v>
+      <c r="P280" t="s">
+        <v>26</v>
       </c>
       <c r="Q280" t="s">
         <v>26</v>
       </c>
       <c r="R280" t="s">
         <v>26</v>
       </c>
-      <c r="S280" t="s">
-        <v>26</v>
+      <c r="S280">
+        <v>86.01</v>
       </c>
       <c r="T280" t="s">
         <v>26</v>
       </c>
       <c r="U280">
-        <v>75.5</v>
+        <v>86.01</v>
       </c>
     </row>
     <row r="281" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>466</v>
+        <v>184</v>
       </c>
       <c r="C281" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="E281" t="s">
-        <v>530</v>
+        <v>351</v>
       </c>
       <c r="F281" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G281" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H281">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="I281" t="b">
         <v>1</v>
       </c>
       <c r="J281" t="s">
         <v>26</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
-      <c r="M281">
-        <v>75.37</v>
+      <c r="M281" t="s">
+        <v>26</v>
       </c>
       <c r="N281" t="s">
         <v>26</v>
       </c>
       <c r="O281" t="s">
         <v>26</v>
       </c>
       <c r="P281" t="s">
         <v>26</v>
       </c>
       <c r="Q281" t="s">
         <v>26</v>
       </c>
       <c r="R281" t="s">
         <v>26</v>
       </c>
-      <c r="S281" t="s">
-        <v>26</v>
+      <c r="S281">
+        <v>85.89</v>
       </c>
       <c r="T281" t="s">
         <v>26</v>
       </c>
       <c r="U281">
-        <v>75.37</v>
+        <v>85.89</v>
       </c>
     </row>
     <row r="282" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C282" t="s">
-        <v>532</v>
+        <v>528</v>
+      </c>
+      <c r="D282">
+        <v>2522</v>
       </c>
       <c r="E282" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F282" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="G282" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H282">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="I282" t="b">
         <v>1</v>
       </c>
       <c r="J282" t="s">
         <v>26</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>26</v>
       </c>
       <c r="N282" t="s">
         <v>26</v>
       </c>
       <c r="O282" t="s">
         <v>26</v>
       </c>
-      <c r="P282">
-        <v>75.36</v>
+      <c r="P282" t="s">
+        <v>26</v>
       </c>
       <c r="Q282" t="s">
         <v>26</v>
       </c>
       <c r="R282" t="s">
         <v>26</v>
       </c>
-      <c r="S282" t="s">
-        <v>26</v>
+      <c r="S282">
+        <v>85.77</v>
       </c>
       <c r="T282" t="s">
         <v>26</v>
       </c>
       <c r="U282">
-        <v>75.36</v>
+        <v>85.77</v>
       </c>
     </row>
     <row r="283" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>376</v>
+        <v>529</v>
       </c>
       <c r="C283" t="s">
-        <v>213</v>
+        <v>530</v>
       </c>
       <c r="D283">
-        <v>823</v>
+        <v>2543</v>
       </c>
       <c r="E283" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F283" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G283" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H283">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I283" t="b">
         <v>1</v>
       </c>
       <c r="J283" t="s">
         <v>26</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
         <v>26</v>
       </c>
       <c r="N283" t="s">
         <v>26</v>
       </c>
       <c r="O283" t="s">
         <v>26</v>
       </c>
       <c r="P283">
-        <v>74.87</v>
+        <v>85.63</v>
       </c>
       <c r="Q283" t="s">
         <v>26</v>
       </c>
       <c r="R283" t="s">
         <v>26</v>
       </c>
       <c r="S283" t="s">
         <v>26</v>
       </c>
       <c r="T283" t="s">
         <v>26</v>
       </c>
       <c r="U283">
-        <v>74.87</v>
+        <v>85.63</v>
       </c>
     </row>
     <row r="284" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C284" t="s">
-        <v>534</v>
+        <v>532</v>
+      </c>
+      <c r="D284">
+        <v>1466</v>
       </c>
       <c r="E284" t="s">
-        <v>535</v>
+        <v>226</v>
       </c>
       <c r="F284" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G284" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H284">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="I284" t="b">
         <v>1</v>
       </c>
       <c r="J284" t="s">
         <v>26</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>26</v>
       </c>
       <c r="N284" t="s">
         <v>26</v>
       </c>
       <c r="O284" t="s">
         <v>26</v>
       </c>
       <c r="P284" t="s">
         <v>26</v>
       </c>
-      <c r="Q284" t="s">
-[...3 lines deleted...]
-        <v>73.91</v>
+      <c r="Q284">
+        <v>85.37</v>
+      </c>
+      <c r="R284" t="s">
+        <v>26</v>
       </c>
       <c r="S284" t="s">
         <v>26</v>
       </c>
       <c r="T284" t="s">
         <v>26</v>
       </c>
       <c r="U284">
-        <v>73.91</v>
+        <v>85.37</v>
       </c>
     </row>
     <row r="285" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
       <c r="C285" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="E285" t="s">
-        <v>26</v>
+        <v>122</v>
       </c>
       <c r="F285" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="G285" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H285">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="I285" t="b">
         <v>1</v>
       </c>
       <c r="J285" t="s">
         <v>26</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>26</v>
       </c>
       <c r="N285" t="s">
         <v>26</v>
       </c>
-      <c r="O285">
-        <v>73.81</v>
+      <c r="O285" t="s">
+        <v>26</v>
       </c>
       <c r="P285" t="s">
         <v>26</v>
       </c>
-      <c r="Q285" t="s">
-        <v>26</v>
+      <c r="Q285">
+        <v>85.24</v>
       </c>
       <c r="R285" t="s">
         <v>26</v>
       </c>
       <c r="S285" t="s">
         <v>26</v>
       </c>
       <c r="T285" t="s">
         <v>26</v>
       </c>
       <c r="U285">
-        <v>73.81</v>
+        <v>85.24</v>
       </c>
     </row>
     <row r="286" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C286" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="E286" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="F286" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="G286" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H286">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="I286" t="b">
         <v>1</v>
       </c>
       <c r="J286" t="s">
         <v>26</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>26</v>
       </c>
       <c r="N286" t="s">
         <v>26</v>
       </c>
       <c r="O286" t="s">
         <v>26</v>
       </c>
-      <c r="P286" t="s">
-[...3 lines deleted...]
-        <v>73.7</v>
+      <c r="P286">
+        <v>84.93</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>26</v>
       </c>
       <c r="R286" t="s">
         <v>26</v>
       </c>
       <c r="S286" t="s">
         <v>26</v>
       </c>
       <c r="T286" t="s">
         <v>26</v>
       </c>
       <c r="U286">
-        <v>73.7</v>
+        <v>84.93</v>
       </c>
     </row>
     <row r="287" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>380</v>
+        <v>537</v>
       </c>
       <c r="C287" t="s">
-        <v>540</v>
+        <v>538</v>
+      </c>
+      <c r="D287">
+        <v>2547</v>
       </c>
       <c r="E287" t="s">
-        <v>402</v>
+        <v>525</v>
       </c>
       <c r="F287" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G287" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H287">
-        <v>48</v>
+        <v>14</v>
       </c>
       <c r="I287" t="b">
         <v>1</v>
       </c>
       <c r="J287" t="s">
         <v>26</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>26</v>
       </c>
       <c r="N287" t="s">
         <v>26</v>
       </c>
       <c r="O287" t="s">
         <v>26</v>
       </c>
       <c r="P287" t="s">
         <v>26</v>
       </c>
-      <c r="Q287">
-        <v>73.7</v>
+      <c r="Q287" t="s">
+        <v>26</v>
       </c>
       <c r="R287" t="s">
         <v>26</v>
       </c>
-      <c r="S287" t="s">
-        <v>26</v>
+      <c r="S287">
+        <v>84.82</v>
       </c>
       <c r="T287" t="s">
         <v>26</v>
       </c>
       <c r="U287">
-        <v>73.7</v>
+        <v>84.82</v>
       </c>
     </row>
     <row r="288" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C288" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>2477</v>
+        <v>346</v>
       </c>
       <c r="E288" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F288" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G288" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H288">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="I288" t="b">
         <v>1</v>
       </c>
       <c r="J288" t="s">
         <v>26</v>
       </c>
       <c r="K288">
         <v>1</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>26</v>
       </c>
       <c r="N288" t="s">
         <v>26</v>
       </c>
-      <c r="O288" t="s">
-[...3 lines deleted...]
-        <v>73.6</v>
+      <c r="O288">
+        <v>84.65</v>
+      </c>
+      <c r="P288" t="s">
+        <v>26</v>
       </c>
       <c r="Q288" t="s">
         <v>26</v>
       </c>
       <c r="R288" t="s">
         <v>26</v>
       </c>
       <c r="S288" t="s">
         <v>26</v>
       </c>
       <c r="T288" t="s">
         <v>26</v>
       </c>
       <c r="U288">
-        <v>73.6</v>
+        <v>84.65</v>
       </c>
     </row>
     <row r="289" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="C289" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="E289" t="s">
         <v>26</v>
       </c>
       <c r="F289" t="s">
         <v>24</v>
       </c>
       <c r="G289" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H289">
         <v>30</v>
       </c>
       <c r="I289" t="b">
         <v>1</v>
       </c>
       <c r="J289" t="s">
         <v>26</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>26</v>
       </c>
       <c r="N289" t="s">
         <v>26</v>
       </c>
       <c r="O289">
-        <v>72.62</v>
+        <v>83.67</v>
       </c>
       <c r="P289" t="s">
         <v>26</v>
       </c>
       <c r="Q289" t="s">
         <v>26</v>
       </c>
       <c r="R289" t="s">
         <v>26</v>
       </c>
       <c r="S289" t="s">
         <v>26</v>
       </c>
       <c r="T289" t="s">
         <v>26</v>
       </c>
       <c r="U289">
-        <v>72.62</v>
+        <v>83.67</v>
       </c>
     </row>
     <row r="290" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>268</v>
+        <v>542</v>
       </c>
       <c r="C290" t="s">
-        <v>545</v>
+        <v>346</v>
       </c>
       <c r="E290" t="s">
         <v>26</v>
       </c>
       <c r="F290" t="s">
         <v>24</v>
       </c>
       <c r="G290" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H290">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I290" t="b">
         <v>1</v>
       </c>
       <c r="J290" t="s">
         <v>26</v>
       </c>
       <c r="K290">
         <v>1</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>26</v>
       </c>
       <c r="N290" t="s">
         <v>26</v>
       </c>
-      <c r="O290" t="s">
-        <v>26</v>
+      <c r="O290">
+        <v>83.62</v>
       </c>
       <c r="P290" t="s">
         <v>26</v>
       </c>
       <c r="Q290" t="s">
         <v>26</v>
       </c>
-      <c r="R290">
-        <v>71.98</v>
+      <c r="R290" t="s">
+        <v>26</v>
       </c>
       <c r="S290" t="s">
         <v>26</v>
       </c>
       <c r="T290" t="s">
         <v>26</v>
       </c>
       <c r="U290">
-        <v>71.98</v>
+        <v>83.62</v>
       </c>
     </row>
     <row r="291" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="C291" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="E291" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F291" t="s">
-        <v>60</v>
+        <v>231</v>
       </c>
       <c r="G291" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H291">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="I291" t="b">
         <v>1</v>
       </c>
       <c r="J291" t="s">
         <v>26</v>
       </c>
       <c r="K291">
         <v>1</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>26</v>
       </c>
       <c r="N291" t="s">
         <v>26</v>
       </c>
-      <c r="O291">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O291" t="s">
+        <v>26</v>
+      </c>
+      <c r="P291">
+        <v>83.17</v>
       </c>
       <c r="Q291" t="s">
         <v>26</v>
       </c>
       <c r="R291" t="s">
         <v>26</v>
       </c>
       <c r="S291" t="s">
         <v>26</v>
       </c>
       <c r="T291" t="s">
         <v>26</v>
       </c>
       <c r="U291">
-        <v>71.92</v>
+        <v>83.17</v>
       </c>
     </row>
     <row r="292" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>548</v>
+        <v>77</v>
       </c>
       <c r="C292" t="s">
-        <v>484</v>
+        <v>224</v>
       </c>
       <c r="E292" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="F292" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="G292" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H292">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="I292" t="b">
         <v>1</v>
       </c>
       <c r="J292" t="s">
         <v>26</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>26</v>
       </c>
       <c r="N292" t="s">
         <v>26</v>
       </c>
-      <c r="O292">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="O292" t="s">
+        <v>26</v>
+      </c>
+      <c r="P292">
+        <v>82.97</v>
       </c>
       <c r="Q292" t="s">
         <v>26</v>
       </c>
       <c r="R292" t="s">
         <v>26</v>
       </c>
       <c r="S292" t="s">
         <v>26</v>
       </c>
       <c r="T292" t="s">
         <v>26</v>
       </c>
       <c r="U292">
-        <v>71.92</v>
+        <v>82.97</v>
       </c>
     </row>
     <row r="293" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="C293" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="E293" t="s">
-        <v>26</v>
+        <v>287</v>
       </c>
       <c r="F293" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G293" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H293">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I293" t="b">
         <v>1</v>
       </c>
       <c r="J293" t="s">
         <v>26</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>26</v>
       </c>
       <c r="N293" t="s">
         <v>26</v>
       </c>
       <c r="O293" t="s">
         <v>26</v>
       </c>
       <c r="P293" t="s">
         <v>26</v>
       </c>
       <c r="Q293">
-        <v>71.91</v>
+        <v>82.91</v>
       </c>
       <c r="R293" t="s">
         <v>26</v>
       </c>
       <c r="S293" t="s">
         <v>26</v>
       </c>
       <c r="T293" t="s">
         <v>26</v>
       </c>
       <c r="U293">
-        <v>71.91</v>
+        <v>82.91</v>
       </c>
     </row>
     <row r="294" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>551</v>
+        <v>123</v>
       </c>
       <c r="C294" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="E294" t="s">
+        <v>321</v>
+      </c>
+      <c r="F294" t="s">
+        <v>38</v>
+      </c>
+      <c r="G294" t="s">
+        <v>25</v>
+      </c>
+      <c r="H294">
         <v>47</v>
       </c>
-      <c r="F294" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I294" t="b">
         <v>1</v>
       </c>
       <c r="J294" t="s">
         <v>26</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>26</v>
       </c>
       <c r="N294" t="s">
         <v>26</v>
       </c>
       <c r="O294" t="s">
         <v>26</v>
       </c>
       <c r="P294" t="s">
         <v>26</v>
       </c>
       <c r="Q294">
-        <v>71.89</v>
+        <v>82.69</v>
       </c>
       <c r="R294" t="s">
         <v>26</v>
       </c>
       <c r="S294" t="s">
         <v>26</v>
       </c>
       <c r="T294" t="s">
         <v>26</v>
       </c>
       <c r="U294">
-        <v>71.89</v>
+        <v>82.69</v>
       </c>
     </row>
     <row r="295" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>107</v>
+        <v>200</v>
       </c>
       <c r="C295" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="E295" t="s">
-        <v>554</v>
+        <v>122</v>
       </c>
       <c r="F295" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
       <c r="G295" t="s">
         <v>25</v>
       </c>
       <c r="H295">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="I295" t="b">
         <v>1</v>
       </c>
       <c r="J295" t="s">
         <v>26</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>26</v>
       </c>
       <c r="N295" t="s">
         <v>26</v>
       </c>
       <c r="O295" t="s">
         <v>26</v>
       </c>
-      <c r="P295">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P295" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q295">
+        <v>82.6</v>
       </c>
       <c r="R295" t="s">
         <v>26</v>
       </c>
       <c r="S295" t="s">
         <v>26</v>
       </c>
       <c r="T295" t="s">
         <v>26</v>
       </c>
       <c r="U295">
-        <v>71.84</v>
+        <v>82.6</v>
       </c>
     </row>
     <row r="296" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>555</v>
+        <v>291</v>
       </c>
       <c r="C296" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="E296" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="F296" t="s">
-        <v>42</v>
+        <v>76</v>
       </c>
       <c r="G296" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H296">
         <v>23</v>
       </c>
       <c r="I296" t="b">
         <v>1</v>
       </c>
       <c r="J296" t="s">
         <v>26</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
         <v>26</v>
       </c>
       <c r="N296" t="s">
         <v>26</v>
       </c>
       <c r="O296" t="s">
         <v>26</v>
       </c>
-      <c r="P296">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="P296" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q296">
+        <v>82.55</v>
       </c>
       <c r="R296" t="s">
         <v>26</v>
       </c>
       <c r="S296" t="s">
         <v>26</v>
       </c>
       <c r="T296" t="s">
         <v>26</v>
       </c>
       <c r="U296">
-        <v>71.1</v>
+        <v>82.55</v>
       </c>
     </row>
     <row r="297" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>557</v>
+        <v>550</v>
       </c>
       <c r="C297" t="s">
-        <v>558</v>
+        <v>551</v>
       </c>
       <c r="E297" t="s">
         <v>26</v>
       </c>
       <c r="F297" t="s">
         <v>24</v>
       </c>
       <c r="G297" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H297">
         <v>32</v>
       </c>
       <c r="I297" t="b">
         <v>1</v>
       </c>
       <c r="J297" t="s">
         <v>26</v>
       </c>
       <c r="K297">
         <v>1</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
         <v>26</v>
       </c>
       <c r="N297" t="s">
         <v>26</v>
       </c>
       <c r="O297" t="s">
         <v>26</v>
       </c>
       <c r="P297" t="s">
         <v>26</v>
       </c>
-      <c r="Q297" t="s">
-[...3 lines deleted...]
-        <v>71.03</v>
+      <c r="Q297">
+        <v>82.46</v>
+      </c>
+      <c r="R297" t="s">
+        <v>26</v>
       </c>
       <c r="S297" t="s">
         <v>26</v>
       </c>
       <c r="T297" t="s">
         <v>26</v>
       </c>
       <c r="U297">
-        <v>71.03</v>
+        <v>82.46</v>
       </c>
     </row>
     <row r="298" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="C298" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>553</v>
       </c>
       <c r="E298" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F298" t="s">
-        <v>42</v>
+        <v>213</v>
       </c>
       <c r="G298" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H298">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I298" t="b">
         <v>1</v>
       </c>
       <c r="J298" t="s">
         <v>26</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
         <v>26</v>
       </c>
       <c r="N298" t="s">
         <v>26</v>
       </c>
       <c r="O298" t="s">
         <v>26</v>
       </c>
       <c r="P298">
-        <v>70.86</v>
+        <v>82.45</v>
       </c>
       <c r="Q298" t="s">
         <v>26</v>
       </c>
       <c r="R298" t="s">
         <v>26</v>
       </c>
       <c r="S298" t="s">
         <v>26</v>
       </c>
       <c r="T298" t="s">
         <v>26</v>
       </c>
       <c r="U298">
-        <v>70.86</v>
+        <v>82.45</v>
       </c>
     </row>
     <row r="299" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>561</v>
+        <v>554</v>
       </c>
       <c r="C299" t="s">
-        <v>562</v>
+        <v>555</v>
+      </c>
+      <c r="D299">
+        <v>631</v>
       </c>
       <c r="E299" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F299" t="s">
+        <v>76</v>
+      </c>
+      <c r="G299" t="s">
+        <v>25</v>
+      </c>
+      <c r="H299">
         <v>24</v>
       </c>
-      <c r="G299" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I299" t="b">
         <v>1</v>
       </c>
       <c r="J299" t="s">
         <v>26</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
-      <c r="L299" t="s">
-        <v>26</v>
+      <c r="L299">
+        <v>82.18</v>
       </c>
       <c r="M299" t="s">
         <v>26</v>
       </c>
       <c r="N299" t="s">
         <v>26</v>
       </c>
-      <c r="O299">
-        <v>70.11</v>
+      <c r="O299" t="s">
+        <v>26</v>
       </c>
       <c r="P299" t="s">
         <v>26</v>
       </c>
       <c r="Q299" t="s">
         <v>26</v>
       </c>
       <c r="R299" t="s">
         <v>26</v>
       </c>
       <c r="S299" t="s">
         <v>26</v>
       </c>
       <c r="T299" t="s">
         <v>26</v>
       </c>
       <c r="U299">
-        <v>70.11</v>
+        <v>82.18</v>
       </c>
     </row>
     <row r="300" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>563</v>
+        <v>362</v>
       </c>
       <c r="C300" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="E300" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="F300" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G300" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H300">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I300" t="b">
         <v>1</v>
       </c>
       <c r="J300" t="s">
         <v>26</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>26</v>
       </c>
       <c r="N300" t="s">
         <v>26</v>
       </c>
-      <c r="O300" t="s">
-        <v>26</v>
+      <c r="O300">
+        <v>81.93</v>
       </c>
       <c r="P300" t="s">
         <v>26</v>
       </c>
-      <c r="Q300">
-        <v>69.31</v>
+      <c r="Q300" t="s">
+        <v>26</v>
       </c>
       <c r="R300" t="s">
         <v>26</v>
       </c>
       <c r="S300" t="s">
         <v>26</v>
       </c>
       <c r="T300" t="s">
         <v>26</v>
       </c>
       <c r="U300">
-        <v>69.31</v>
+        <v>81.93</v>
       </c>
     </row>
     <row r="301" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="C301" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>2358</v>
+        <v>558</v>
       </c>
       <c r="E301" t="s">
-        <v>566</v>
+        <v>26</v>
       </c>
       <c r="F301" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G301" t="s">
         <v>25</v>
       </c>
       <c r="H301">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="I301" t="b">
         <v>1</v>
       </c>
       <c r="J301" t="s">
         <v>26</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>26</v>
       </c>
       <c r="N301" t="s">
         <v>26</v>
       </c>
-      <c r="O301" t="s">
-[...3 lines deleted...]
-        <v>69.01</v>
+      <c r="O301">
+        <v>81.36</v>
+      </c>
+      <c r="P301" t="s">
+        <v>26</v>
       </c>
       <c r="Q301" t="s">
         <v>26</v>
       </c>
       <c r="R301" t="s">
         <v>26</v>
       </c>
       <c r="S301" t="s">
         <v>26</v>
       </c>
       <c r="T301" t="s">
         <v>26</v>
       </c>
       <c r="U301">
-        <v>69.01</v>
+        <v>81.36</v>
       </c>
     </row>
     <row r="302" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>567</v>
+        <v>41</v>
       </c>
       <c r="C302" t="s">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="E302" t="s">
-        <v>291</v>
+        <v>26</v>
       </c>
       <c r="F302" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G302" t="s">
         <v>25</v>
       </c>
       <c r="H302">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="I302" t="b">
         <v>1</v>
       </c>
       <c r="J302" t="s">
         <v>26</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
-      <c r="M302" t="s">
-        <v>26</v>
+      <c r="M302">
+        <v>80.85</v>
       </c>
       <c r="N302" t="s">
         <v>26</v>
       </c>
       <c r="O302" t="s">
         <v>26</v>
       </c>
       <c r="P302" t="s">
         <v>26</v>
       </c>
-      <c r="Q302">
-        <v>68.33</v>
+      <c r="Q302" t="s">
+        <v>26</v>
       </c>
       <c r="R302" t="s">
         <v>26</v>
       </c>
       <c r="S302" t="s">
         <v>26</v>
       </c>
       <c r="T302" t="s">
         <v>26</v>
       </c>
       <c r="U302">
-        <v>68.33</v>
+        <v>80.85</v>
       </c>
     </row>
     <row r="303" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>238</v>
+        <v>560</v>
       </c>
       <c r="C303" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="E303" t="s">
-        <v>210</v>
+        <v>34</v>
       </c>
       <c r="F303" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="G303" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H303">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I303" t="b">
         <v>1</v>
       </c>
       <c r="J303" t="s">
         <v>26</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>26</v>
       </c>
       <c r="N303" t="s">
         <v>26</v>
       </c>
       <c r="O303" t="s">
         <v>26</v>
       </c>
-      <c r="P303" t="s">
-[...3 lines deleted...]
-        <v>68.22</v>
+      <c r="P303">
+        <v>80.68</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>26</v>
       </c>
       <c r="R303" t="s">
         <v>26</v>
       </c>
       <c r="S303" t="s">
         <v>26</v>
       </c>
       <c r="T303" t="s">
         <v>26</v>
       </c>
       <c r="U303">
-        <v>68.22</v>
+        <v>80.68</v>
       </c>
     </row>
     <row r="304" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>140</v>
+        <v>69</v>
       </c>
       <c r="C304" t="s">
-        <v>570</v>
+        <v>283</v>
       </c>
       <c r="E304" t="s">
-        <v>291</v>
+        <v>34</v>
       </c>
       <c r="F304" t="s">
         <v>24</v>
       </c>
       <c r="G304" t="s">
         <v>25</v>
       </c>
       <c r="H304">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="I304" t="b">
         <v>1</v>
       </c>
       <c r="J304" t="s">
         <v>26</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>26</v>
       </c>
       <c r="N304" t="s">
         <v>26</v>
       </c>
-      <c r="O304" t="s">
-        <v>26</v>
+      <c r="O304">
+        <v>80.37</v>
       </c>
       <c r="P304" t="s">
         <v>26</v>
       </c>
-      <c r="Q304">
-        <v>67.1</v>
+      <c r="Q304" t="s">
+        <v>26</v>
       </c>
       <c r="R304" t="s">
         <v>26</v>
       </c>
       <c r="S304" t="s">
         <v>26</v>
       </c>
       <c r="T304" t="s">
         <v>26</v>
       </c>
       <c r="U304">
-        <v>67.1</v>
+        <v>80.37</v>
       </c>
     </row>
     <row r="305" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="C305" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="E305" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="F305" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G305" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H305">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="I305" t="b">
         <v>1</v>
       </c>
       <c r="J305" t="s">
         <v>26</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
         <v>26</v>
       </c>
       <c r="N305" t="s">
         <v>26</v>
       </c>
-      <c r="O305" t="s">
-        <v>26</v>
+      <c r="O305">
+        <v>79.61</v>
       </c>
       <c r="P305" t="s">
         <v>26</v>
       </c>
-      <c r="Q305">
-        <v>67.08</v>
+      <c r="Q305" t="s">
+        <v>26</v>
       </c>
       <c r="R305" t="s">
         <v>26</v>
       </c>
       <c r="S305" t="s">
         <v>26</v>
       </c>
       <c r="T305" t="s">
         <v>26</v>
       </c>
       <c r="U305">
-        <v>67.08</v>
+        <v>79.61</v>
       </c>
     </row>
     <row r="306" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>206</v>
+        <v>564</v>
       </c>
       <c r="C306" t="s">
-        <v>573</v>
+        <v>565</v>
       </c>
       <c r="E306" t="s">
-        <v>26</v>
+        <v>383</v>
       </c>
       <c r="F306" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="G306" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H306">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="I306" t="b">
         <v>1</v>
       </c>
       <c r="J306" t="s">
         <v>26</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
         <v>26</v>
       </c>
       <c r="N306" t="s">
         <v>26</v>
       </c>
       <c r="O306" t="s">
         <v>26</v>
       </c>
       <c r="P306" t="s">
         <v>26</v>
       </c>
-      <c r="Q306" t="s">
-[...3 lines deleted...]
-        <v>66.3</v>
+      <c r="Q306">
+        <v>77.09</v>
+      </c>
+      <c r="R306" t="s">
+        <v>26</v>
       </c>
       <c r="S306" t="s">
         <v>26</v>
       </c>
       <c r="T306" t="s">
         <v>26</v>
       </c>
       <c r="U306">
-        <v>66.3</v>
+        <v>77.09</v>
       </c>
     </row>
     <row r="307" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>452</v>
+        <v>566</v>
       </c>
       <c r="C307" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="E307" t="s">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="F307" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="G307" t="s">
+        <v>25</v>
+      </c>
+      <c r="H307">
         <v>48</v>
       </c>
-      <c r="H307">
-[...1 lines deleted...]
-      </c>
       <c r="I307" t="b">
         <v>1</v>
       </c>
       <c r="J307" t="s">
         <v>26</v>
       </c>
       <c r="K307">
         <v>1</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>26</v>
       </c>
       <c r="N307" t="s">
         <v>26</v>
       </c>
-      <c r="O307" t="s">
-[...3 lines deleted...]
-        <v>65.06</v>
+      <c r="O307">
+        <v>76.83</v>
+      </c>
+      <c r="P307" t="s">
+        <v>26</v>
       </c>
       <c r="Q307" t="s">
         <v>26</v>
       </c>
       <c r="R307" t="s">
         <v>26</v>
       </c>
       <c r="S307" t="s">
         <v>26</v>
       </c>
       <c r="T307" t="s">
         <v>26</v>
       </c>
       <c r="U307">
-        <v>65.06</v>
+        <v>76.83</v>
       </c>
     </row>
     <row r="308" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>575</v>
+        <v>123</v>
       </c>
       <c r="C308" t="s">
-        <v>576</v>
+        <v>98</v>
       </c>
       <c r="E308" t="s">
-        <v>57</v>
+        <v>568</v>
       </c>
       <c r="F308" t="s">
-        <v>36</v>
+        <v>213</v>
       </c>
       <c r="G308" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H308">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="I308" t="b">
         <v>1</v>
       </c>
       <c r="J308" t="s">
         <v>26</v>
       </c>
       <c r="K308">
         <v>1</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
         <v>26</v>
       </c>
       <c r="N308" t="s">
         <v>26</v>
       </c>
       <c r="O308" t="s">
         <v>26</v>
       </c>
       <c r="P308">
-        <v>63.65</v>
+        <v>76.39</v>
       </c>
       <c r="Q308" t="s">
         <v>26</v>
       </c>
       <c r="R308" t="s">
         <v>26</v>
       </c>
       <c r="S308" t="s">
         <v>26</v>
       </c>
       <c r="T308" t="s">
         <v>26</v>
       </c>
       <c r="U308">
-        <v>63.65</v>
+        <v>76.39</v>
       </c>
     </row>
     <row r="309" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>577</v>
+        <v>294</v>
       </c>
       <c r="C309" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="E309" t="s">
-        <v>57</v>
+        <v>331</v>
       </c>
       <c r="F309" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="G309" t="s">
         <v>25</v>
       </c>
       <c r="H309">
         <v>49</v>
       </c>
       <c r="I309" t="b">
         <v>1</v>
       </c>
       <c r="J309" t="s">
         <v>26</v>
       </c>
       <c r="K309">
         <v>1</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
         <v>26</v>
       </c>
       <c r="N309" t="s">
         <v>26</v>
       </c>
       <c r="O309" t="s">
         <v>26</v>
       </c>
-      <c r="P309">
-        <v>63.63</v>
+      <c r="P309" t="s">
+        <v>26</v>
       </c>
       <c r="Q309" t="s">
         <v>26</v>
       </c>
       <c r="R309" t="s">
         <v>26</v>
       </c>
-      <c r="S309" t="s">
-        <v>26</v>
+      <c r="S309">
+        <v>75.93</v>
       </c>
       <c r="T309" t="s">
         <v>26</v>
       </c>
       <c r="U309">
-        <v>63.63</v>
+        <v>75.93</v>
       </c>
     </row>
     <row r="310" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>452</v>
+        <v>570</v>
       </c>
       <c r="C310" t="s">
-        <v>579</v>
+        <v>325</v>
       </c>
       <c r="E310" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F310" t="s">
-        <v>205</v>
+        <v>76</v>
       </c>
       <c r="G310" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H310">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I310" t="b">
         <v>1</v>
       </c>
       <c r="J310" t="s">
         <v>26</v>
       </c>
       <c r="K310">
         <v>1</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
         <v>26</v>
       </c>
       <c r="N310" t="s">
         <v>26</v>
       </c>
       <c r="O310" t="s">
         <v>26</v>
       </c>
       <c r="P310">
-        <v>62.42</v>
+        <v>75.79</v>
       </c>
       <c r="Q310" t="s">
         <v>26</v>
       </c>
       <c r="R310" t="s">
         <v>26</v>
       </c>
       <c r="S310" t="s">
         <v>26</v>
       </c>
       <c r="T310" t="s">
         <v>26</v>
       </c>
       <c r="U310">
-        <v>62.42</v>
+        <v>75.79</v>
       </c>
     </row>
     <row r="311" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>580</v>
+        <v>571</v>
       </c>
       <c r="C311" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="E311" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F311" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="G311" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H311">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="I311" t="b">
         <v>1</v>
       </c>
       <c r="J311" t="s">
         <v>26</v>
       </c>
       <c r="K311">
         <v>1</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
         <v>26</v>
       </c>
       <c r="N311" t="s">
         <v>26</v>
       </c>
       <c r="O311" t="s">
         <v>26</v>
       </c>
       <c r="P311">
-        <v>58.89</v>
+        <v>75.72</v>
       </c>
       <c r="Q311" t="s">
         <v>26</v>
       </c>
       <c r="R311" t="s">
         <v>26</v>
       </c>
       <c r="S311" t="s">
         <v>26</v>
       </c>
       <c r="T311" t="s">
         <v>26</v>
       </c>
       <c r="U311">
-        <v>58.89</v>
+        <v>75.72</v>
       </c>
     </row>
     <row r="312" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="C312" t="s">
-        <v>583</v>
+        <v>360</v>
       </c>
       <c r="E312" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
       <c r="F312" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="G312" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H312">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I312" t="b">
         <v>1</v>
       </c>
       <c r="J312" t="s">
         <v>26</v>
       </c>
       <c r="K312">
         <v>1</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
         <v>26</v>
       </c>
-      <c r="N312">
-        <v>57.5</v>
+      <c r="N312" t="s">
+        <v>26</v>
       </c>
       <c r="O312" t="s">
         <v>26</v>
       </c>
-      <c r="P312" t="s">
-        <v>26</v>
+      <c r="P312">
+        <v>75.5</v>
       </c>
       <c r="Q312" t="s">
         <v>26</v>
       </c>
       <c r="R312" t="s">
         <v>26</v>
       </c>
       <c r="S312" t="s">
         <v>26</v>
       </c>
       <c r="T312" t="s">
         <v>26</v>
       </c>
       <c r="U312">
-        <v>57.5</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="313" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>65</v>
+        <v>507</v>
       </c>
       <c r="C313" t="s">
-        <v>241</v>
+        <v>574</v>
       </c>
       <c r="E313" t="s">
-        <v>242</v>
+        <v>575</v>
       </c>
       <c r="F313" t="s">
         <v>24</v>
       </c>
       <c r="G313" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H313">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="I313" t="b">
         <v>1</v>
       </c>
       <c r="J313" t="s">
         <v>26</v>
       </c>
       <c r="K313">
         <v>1</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
-      <c r="M313" t="s">
-        <v>26</v>
+      <c r="M313">
+        <v>75.37</v>
       </c>
       <c r="N313" t="s">
         <v>26</v>
       </c>
       <c r="O313" t="s">
         <v>26</v>
       </c>
       <c r="P313" t="s">
         <v>26</v>
       </c>
       <c r="Q313" t="s">
         <v>26</v>
       </c>
-      <c r="R313">
-        <v>56.74</v>
+      <c r="R313" t="s">
+        <v>26</v>
       </c>
       <c r="S313" t="s">
         <v>26</v>
       </c>
       <c r="T313" t="s">
         <v>26</v>
       </c>
       <c r="U313">
-        <v>56.74</v>
+        <v>75.37</v>
       </c>
     </row>
     <row r="314" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>584</v>
+        <v>576</v>
       </c>
       <c r="C314" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>1538</v>
+        <v>577</v>
       </c>
       <c r="E314" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="F314" t="s">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="G314" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="H314">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="I314" t="b">
         <v>1</v>
       </c>
       <c r="J314" t="s">
         <v>26</v>
       </c>
       <c r="K314">
         <v>1</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>26</v>
       </c>
       <c r="N314" t="s">
         <v>26</v>
       </c>
       <c r="O314" t="s">
         <v>26</v>
       </c>
       <c r="P314">
-        <v>55.52</v>
+        <v>75.36</v>
       </c>
       <c r="Q314" t="s">
         <v>26</v>
       </c>
       <c r="R314" t="s">
         <v>26</v>
       </c>
       <c r="S314" t="s">
         <v>26</v>
       </c>
       <c r="T314" t="s">
         <v>26</v>
       </c>
       <c r="U314">
-        <v>55.52</v>
+        <v>75.36</v>
       </c>
     </row>
     <row r="315" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>586</v>
+        <v>416</v>
       </c>
       <c r="C315" t="s">
-        <v>228</v>
+        <v>170</v>
+      </c>
+      <c r="D315">
+        <v>823</v>
       </c>
       <c r="E315" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="F315" t="s">
-        <v>24</v>
+        <v>128</v>
       </c>
       <c r="G315" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H315">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="I315" t="b">
         <v>1</v>
       </c>
       <c r="J315" t="s">
         <v>26</v>
       </c>
       <c r="K315">
         <v>1</v>
       </c>
-      <c r="L315">
-        <v>55.31</v>
+      <c r="L315" t="s">
+        <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>26</v>
       </c>
       <c r="N315" t="s">
         <v>26</v>
       </c>
       <c r="O315" t="s">
         <v>26</v>
       </c>
-      <c r="P315" t="s">
-        <v>26</v>
+      <c r="P315">
+        <v>74.87</v>
       </c>
       <c r="Q315" t="s">
         <v>26</v>
       </c>
       <c r="R315" t="s">
         <v>26</v>
       </c>
       <c r="S315" t="s">
         <v>26</v>
       </c>
       <c r="T315" t="s">
         <v>26</v>
       </c>
       <c r="U315">
-        <v>55.31</v>
+        <v>74.87</v>
       </c>
     </row>
     <row r="316" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="C316" t="s">
-        <v>588</v>
+        <v>579</v>
       </c>
       <c r="E316" t="s">
-        <v>57</v>
+        <v>580</v>
       </c>
       <c r="F316" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G316" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
       <c r="H316">
-        <v>2</v>
+        <v>51</v>
       </c>
       <c r="I316" t="b">
         <v>1</v>
       </c>
       <c r="J316" t="s">
         <v>26</v>
       </c>
       <c r="K316">
         <v>1</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>26</v>
       </c>
       <c r="N316" t="s">
         <v>26</v>
       </c>
       <c r="O316" t="s">
         <v>26</v>
       </c>
-      <c r="P316">
-        <v>51.64</v>
+      <c r="P316" t="s">
+        <v>26</v>
       </c>
       <c r="Q316" t="s">
         <v>26</v>
       </c>
-      <c r="R316" t="s">
-        <v>26</v>
+      <c r="R316">
+        <v>73.91</v>
       </c>
       <c r="S316" t="s">
         <v>26</v>
       </c>
       <c r="T316" t="s">
         <v>26</v>
       </c>
       <c r="U316">
-        <v>51.64</v>
+        <v>73.91</v>
       </c>
     </row>
     <row r="317" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>140</v>
+        <v>581</v>
       </c>
       <c r="C317" t="s">
-        <v>241</v>
+        <v>582</v>
       </c>
       <c r="E317" t="s">
         <v>26</v>
       </c>
       <c r="F317" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="G317" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="H317">
+        <v>15</v>
+      </c>
+      <c r="I317" t="b">
+        <v>1</v>
+      </c>
+      <c r="J317" t="s">
+        <v>26</v>
+      </c>
+      <c r="K317">
+        <v>1</v>
+      </c>
+      <c r="L317" t="s">
+        <v>26</v>
+      </c>
+      <c r="M317" t="s">
+        <v>26</v>
+      </c>
+      <c r="N317" t="s">
+        <v>26</v>
+      </c>
+      <c r="O317">
+        <v>73.81</v>
+      </c>
+      <c r="P317" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>26</v>
+      </c>
+      <c r="R317" t="s">
+        <v>26</v>
+      </c>
+      <c r="S317" t="s">
+        <v>26</v>
+      </c>
+      <c r="T317" t="s">
+        <v>26</v>
+      </c>
+      <c r="U317">
+        <v>73.81</v>
+      </c>
+    </row>
+    <row r="318" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A318">
+        <v>317</v>
+      </c>
+      <c r="B318" t="s">
+        <v>420</v>
+      </c>
+      <c r="C318" t="s">
+        <v>583</v>
+      </c>
+      <c r="E318" t="s">
+        <v>219</v>
+      </c>
+      <c r="F318" t="s">
+        <v>54</v>
+      </c>
+      <c r="G318" t="s">
+        <v>25</v>
+      </c>
+      <c r="H318">
+        <v>52</v>
+      </c>
+      <c r="I318" t="b">
+        <v>1</v>
+      </c>
+      <c r="J318" t="s">
+        <v>26</v>
+      </c>
+      <c r="K318">
+        <v>1</v>
+      </c>
+      <c r="L318" t="s">
+        <v>26</v>
+      </c>
+      <c r="M318" t="s">
+        <v>26</v>
+      </c>
+      <c r="N318" t="s">
+        <v>26</v>
+      </c>
+      <c r="O318" t="s">
+        <v>26</v>
+      </c>
+      <c r="P318" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q318">
+        <v>73.7</v>
+      </c>
+      <c r="R318" t="s">
+        <v>26</v>
+      </c>
+      <c r="S318" t="s">
+        <v>26</v>
+      </c>
+      <c r="T318" t="s">
+        <v>26</v>
+      </c>
+      <c r="U318">
+        <v>73.7</v>
+      </c>
+    </row>
+    <row r="319" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A319">
+        <v>318</v>
+      </c>
+      <c r="B319" t="s">
+        <v>584</v>
+      </c>
+      <c r="C319" t="s">
+        <v>585</v>
+      </c>
+      <c r="D319">
+        <v>2477</v>
+      </c>
+      <c r="E319" t="s">
+        <v>71</v>
+      </c>
+      <c r="F319" t="s">
+        <v>76</v>
+      </c>
+      <c r="G319" t="s">
+        <v>62</v>
+      </c>
+      <c r="H319">
+        <v>14</v>
+      </c>
+      <c r="I319" t="b">
+        <v>1</v>
+      </c>
+      <c r="J319" t="s">
+        <v>26</v>
+      </c>
+      <c r="K319">
+        <v>1</v>
+      </c>
+      <c r="L319" t="s">
+        <v>26</v>
+      </c>
+      <c r="M319" t="s">
+        <v>26</v>
+      </c>
+      <c r="N319" t="s">
+        <v>26</v>
+      </c>
+      <c r="O319" t="s">
+        <v>26</v>
+      </c>
+      <c r="P319">
+        <v>73.6</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>26</v>
+      </c>
+      <c r="R319" t="s">
+        <v>26</v>
+      </c>
+      <c r="S319" t="s">
+        <v>26</v>
+      </c>
+      <c r="T319" t="s">
+        <v>26</v>
+      </c>
+      <c r="U319">
+        <v>73.6</v>
+      </c>
+    </row>
+    <row r="320" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A320">
+        <v>319</v>
+      </c>
+      <c r="B320" t="s">
+        <v>586</v>
+      </c>
+      <c r="C320" t="s">
+        <v>587</v>
+      </c>
+      <c r="E320" t="s">
+        <v>26</v>
+      </c>
+      <c r="F320" t="s">
+        <v>24</v>
+      </c>
+      <c r="G320" t="s">
+        <v>62</v>
+      </c>
+      <c r="H320">
+        <v>35</v>
+      </c>
+      <c r="I320" t="b">
+        <v>1</v>
+      </c>
+      <c r="J320" t="s">
+        <v>26</v>
+      </c>
+      <c r="K320">
+        <v>1</v>
+      </c>
+      <c r="L320" t="s">
+        <v>26</v>
+      </c>
+      <c r="M320" t="s">
+        <v>26</v>
+      </c>
+      <c r="N320" t="s">
+        <v>26</v>
+      </c>
+      <c r="O320">
+        <v>72.62</v>
+      </c>
+      <c r="P320" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>26</v>
+      </c>
+      <c r="R320" t="s">
+        <v>26</v>
+      </c>
+      <c r="S320" t="s">
+        <v>26</v>
+      </c>
+      <c r="T320" t="s">
+        <v>26</v>
+      </c>
+      <c r="U320">
+        <v>72.62</v>
+      </c>
+    </row>
+    <row r="321" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A321">
+        <v>320</v>
+      </c>
+      <c r="B321" t="s">
+        <v>277</v>
+      </c>
+      <c r="C321" t="s">
+        <v>588</v>
+      </c>
+      <c r="E321" t="s">
+        <v>26</v>
+      </c>
+      <c r="F321" t="s">
+        <v>38</v>
+      </c>
+      <c r="G321" t="s">
+        <v>25</v>
+      </c>
+      <c r="H321">
+        <v>50</v>
+      </c>
+      <c r="I321" t="b">
+        <v>1</v>
+      </c>
+      <c r="J321" t="s">
+        <v>26</v>
+      </c>
+      <c r="K321">
+        <v>1</v>
+      </c>
+      <c r="L321" t="s">
+        <v>26</v>
+      </c>
+      <c r="M321" t="s">
+        <v>26</v>
+      </c>
+      <c r="N321" t="s">
+        <v>26</v>
+      </c>
+      <c r="O321" t="s">
+        <v>26</v>
+      </c>
+      <c r="P321" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>26</v>
+      </c>
+      <c r="R321" t="s">
+        <v>26</v>
+      </c>
+      <c r="S321">
+        <v>72.1</v>
+      </c>
+      <c r="T321" t="s">
+        <v>26</v>
+      </c>
+      <c r="U321">
+        <v>72.1</v>
+      </c>
+    </row>
+    <row r="322" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A322">
+        <v>321</v>
+      </c>
+      <c r="B322" t="s">
+        <v>589</v>
+      </c>
+      <c r="C322" t="s">
+        <v>590</v>
+      </c>
+      <c r="E322" t="s">
+        <v>71</v>
+      </c>
+      <c r="F322" t="s">
+        <v>76</v>
+      </c>
+      <c r="G322" t="s">
+        <v>62</v>
+      </c>
+      <c r="H322">
+        <v>15</v>
+      </c>
+      <c r="I322" t="b">
+        <v>1</v>
+      </c>
+      <c r="J322" t="s">
+        <v>26</v>
+      </c>
+      <c r="K322">
+        <v>1</v>
+      </c>
+      <c r="L322" t="s">
+        <v>26</v>
+      </c>
+      <c r="M322" t="s">
+        <v>26</v>
+      </c>
+      <c r="N322" t="s">
+        <v>26</v>
+      </c>
+      <c r="O322">
+        <v>71.92</v>
+      </c>
+      <c r="P322" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>26</v>
+      </c>
+      <c r="R322" t="s">
+        <v>26</v>
+      </c>
+      <c r="S322" t="s">
+        <v>26</v>
+      </c>
+      <c r="T322" t="s">
+        <v>26</v>
+      </c>
+      <c r="U322">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="323" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A323">
+        <v>322</v>
+      </c>
+      <c r="B323" t="s">
+        <v>591</v>
+      </c>
+      <c r="C323" t="s">
+        <v>530</v>
+      </c>
+      <c r="E323" t="s">
+        <v>26</v>
+      </c>
+      <c r="F323" t="s">
+        <v>54</v>
+      </c>
+      <c r="G323" t="s">
+        <v>62</v>
+      </c>
+      <c r="H323">
+        <v>24</v>
+      </c>
+      <c r="I323" t="b">
+        <v>1</v>
+      </c>
+      <c r="J323" t="s">
+        <v>26</v>
+      </c>
+      <c r="K323">
+        <v>1</v>
+      </c>
+      <c r="L323" t="s">
+        <v>26</v>
+      </c>
+      <c r="M323" t="s">
+        <v>26</v>
+      </c>
+      <c r="N323" t="s">
+        <v>26</v>
+      </c>
+      <c r="O323">
+        <v>71.92</v>
+      </c>
+      <c r="P323" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>26</v>
+      </c>
+      <c r="R323" t="s">
+        <v>26</v>
+      </c>
+      <c r="S323" t="s">
+        <v>26</v>
+      </c>
+      <c r="T323" t="s">
+        <v>26</v>
+      </c>
+      <c r="U323">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="324" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A324">
+        <v>323</v>
+      </c>
+      <c r="B324" t="s">
+        <v>592</v>
+      </c>
+      <c r="C324" t="s">
+        <v>593</v>
+      </c>
+      <c r="E324" t="s">
+        <v>26</v>
+      </c>
+      <c r="F324" t="s">
+        <v>24</v>
+      </c>
+      <c r="G324" t="s">
+        <v>62</v>
+      </c>
+      <c r="H324">
+        <v>36</v>
+      </c>
+      <c r="I324" t="b">
+        <v>1</v>
+      </c>
+      <c r="J324" t="s">
+        <v>26</v>
+      </c>
+      <c r="K324">
+        <v>1</v>
+      </c>
+      <c r="L324" t="s">
+        <v>26</v>
+      </c>
+      <c r="M324" t="s">
+        <v>26</v>
+      </c>
+      <c r="N324" t="s">
+        <v>26</v>
+      </c>
+      <c r="O324" t="s">
+        <v>26</v>
+      </c>
+      <c r="P324" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q324">
+        <v>71.91</v>
+      </c>
+      <c r="R324" t="s">
+        <v>26</v>
+      </c>
+      <c r="S324" t="s">
+        <v>26</v>
+      </c>
+      <c r="T324" t="s">
+        <v>26</v>
+      </c>
+      <c r="U324">
+        <v>71.91</v>
+      </c>
+    </row>
+    <row r="325" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A325">
+        <v>324</v>
+      </c>
+      <c r="B325" t="s">
+        <v>594</v>
+      </c>
+      <c r="C325" t="s">
+        <v>595</v>
+      </c>
+      <c r="E325" t="s">
+        <v>37</v>
+      </c>
+      <c r="F325" t="s">
+        <v>24</v>
+      </c>
+      <c r="G325" t="s">
+        <v>25</v>
+      </c>
+      <c r="H325">
+        <v>80</v>
+      </c>
+      <c r="I325" t="b">
+        <v>1</v>
+      </c>
+      <c r="J325" t="s">
+        <v>26</v>
+      </c>
+      <c r="K325">
+        <v>1</v>
+      </c>
+      <c r="L325" t="s">
+        <v>26</v>
+      </c>
+      <c r="M325" t="s">
+        <v>26</v>
+      </c>
+      <c r="N325" t="s">
+        <v>26</v>
+      </c>
+      <c r="O325" t="s">
+        <v>26</v>
+      </c>
+      <c r="P325" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q325">
+        <v>71.89</v>
+      </c>
+      <c r="R325" t="s">
+        <v>26</v>
+      </c>
+      <c r="S325" t="s">
+        <v>26</v>
+      </c>
+      <c r="T325" t="s">
+        <v>26</v>
+      </c>
+      <c r="U325">
+        <v>71.89</v>
+      </c>
+    </row>
+    <row r="326" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A326">
+        <v>325</v>
+      </c>
+      <c r="B326" t="s">
+        <v>137</v>
+      </c>
+      <c r="C326" t="s">
+        <v>596</v>
+      </c>
+      <c r="E326" t="s">
+        <v>597</v>
+      </c>
+      <c r="F326" t="s">
+        <v>128</v>
+      </c>
+      <c r="G326" t="s">
+        <v>25</v>
+      </c>
+      <c r="H326">
         <v>6</v>
       </c>
-      <c r="I317" t="b">
+      <c r="I326" t="b">
+        <v>1</v>
+      </c>
+      <c r="J326" t="s">
+        <v>26</v>
+      </c>
+      <c r="K326">
+        <v>1</v>
+      </c>
+      <c r="L326" t="s">
+        <v>26</v>
+      </c>
+      <c r="M326" t="s">
+        <v>26</v>
+      </c>
+      <c r="N326" t="s">
+        <v>26</v>
+      </c>
+      <c r="O326" t="s">
+        <v>26</v>
+      </c>
+      <c r="P326">
+        <v>71.84</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>26</v>
+      </c>
+      <c r="R326" t="s">
+        <v>26</v>
+      </c>
+      <c r="S326" t="s">
+        <v>26</v>
+      </c>
+      <c r="T326" t="s">
+        <v>26</v>
+      </c>
+      <c r="U326">
+        <v>71.84</v>
+      </c>
+    </row>
+    <row r="327" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A327">
+        <v>326</v>
+      </c>
+      <c r="B327" t="s">
+        <v>598</v>
+      </c>
+      <c r="C327" t="s">
+        <v>599</v>
+      </c>
+      <c r="E327" t="s">
+        <v>71</v>
+      </c>
+      <c r="F327" t="s">
+        <v>54</v>
+      </c>
+      <c r="G327" t="s">
+        <v>62</v>
+      </c>
+      <c r="H327">
+        <v>25</v>
+      </c>
+      <c r="I327" t="b">
+        <v>1</v>
+      </c>
+      <c r="J327" t="s">
+        <v>26</v>
+      </c>
+      <c r="K327">
+        <v>1</v>
+      </c>
+      <c r="L327" t="s">
+        <v>26</v>
+      </c>
+      <c r="M327" t="s">
+        <v>26</v>
+      </c>
+      <c r="N327" t="s">
+        <v>26</v>
+      </c>
+      <c r="O327" t="s">
+        <v>26</v>
+      </c>
+      <c r="P327">
+        <v>71.1</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>26</v>
+      </c>
+      <c r="R327" t="s">
+        <v>26</v>
+      </c>
+      <c r="S327" t="s">
+        <v>26</v>
+      </c>
+      <c r="T327" t="s">
+        <v>26</v>
+      </c>
+      <c r="U327">
+        <v>71.1</v>
+      </c>
+    </row>
+    <row r="328" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A328">
+        <v>327</v>
+      </c>
+      <c r="B328" t="s">
+        <v>600</v>
+      </c>
+      <c r="C328" t="s">
+        <v>601</v>
+      </c>
+      <c r="D328">
+        <v>797</v>
+      </c>
+      <c r="E328" t="s">
+        <v>37</v>
+      </c>
+      <c r="F328" t="s">
+        <v>54</v>
+      </c>
+      <c r="G328" t="s">
+        <v>62</v>
+      </c>
+      <c r="H328">
+        <v>26</v>
+      </c>
+      <c r="I328" t="b">
+        <v>1</v>
+      </c>
+      <c r="J328" t="s">
+        <v>26</v>
+      </c>
+      <c r="K328">
+        <v>1</v>
+      </c>
+      <c r="L328" t="s">
+        <v>26</v>
+      </c>
+      <c r="M328" t="s">
+        <v>26</v>
+      </c>
+      <c r="N328" t="s">
+        <v>26</v>
+      </c>
+      <c r="O328" t="s">
+        <v>26</v>
+      </c>
+      <c r="P328">
+        <v>70.86</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>26</v>
+      </c>
+      <c r="R328" t="s">
+        <v>26</v>
+      </c>
+      <c r="S328" t="s">
+        <v>26</v>
+      </c>
+      <c r="T328" t="s">
+        <v>26</v>
+      </c>
+      <c r="U328">
+        <v>70.86</v>
+      </c>
+    </row>
+    <row r="329" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A329">
+        <v>328</v>
+      </c>
+      <c r="B329" t="s">
+        <v>602</v>
+      </c>
+      <c r="C329" t="s">
+        <v>603</v>
+      </c>
+      <c r="E329" t="s">
+        <v>26</v>
+      </c>
+      <c r="F329" t="s">
+        <v>24</v>
+      </c>
+      <c r="G329" t="s">
+        <v>62</v>
+      </c>
+      <c r="H329">
+        <v>37</v>
+      </c>
+      <c r="I329" t="b">
+        <v>1</v>
+      </c>
+      <c r="J329" t="s">
+        <v>26</v>
+      </c>
+      <c r="K329">
+        <v>1</v>
+      </c>
+      <c r="L329" t="s">
+        <v>26</v>
+      </c>
+      <c r="M329" t="s">
+        <v>26</v>
+      </c>
+      <c r="N329" t="s">
+        <v>26</v>
+      </c>
+      <c r="O329">
+        <v>70.11</v>
+      </c>
+      <c r="P329" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>26</v>
+      </c>
+      <c r="R329" t="s">
+        <v>26</v>
+      </c>
+      <c r="S329" t="s">
+        <v>26</v>
+      </c>
+      <c r="T329" t="s">
+        <v>26</v>
+      </c>
+      <c r="U329">
+        <v>70.11</v>
+      </c>
+    </row>
+    <row r="330" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A330">
+        <v>329</v>
+      </c>
+      <c r="B330" t="s">
+        <v>299</v>
+      </c>
+      <c r="C330" t="s">
+        <v>98</v>
+      </c>
+      <c r="D330">
+        <v>2358</v>
+      </c>
+      <c r="E330" t="s">
+        <v>604</v>
+      </c>
+      <c r="F330" t="s">
+        <v>38</v>
+      </c>
+      <c r="G330" t="s">
+        <v>25</v>
+      </c>
+      <c r="H330">
+        <v>51</v>
+      </c>
+      <c r="I330" t="b">
+        <v>1</v>
+      </c>
+      <c r="J330" t="s">
+        <v>26</v>
+      </c>
+      <c r="K330">
+        <v>1</v>
+      </c>
+      <c r="L330" t="s">
+        <v>26</v>
+      </c>
+      <c r="M330" t="s">
+        <v>26</v>
+      </c>
+      <c r="N330" t="s">
+        <v>26</v>
+      </c>
+      <c r="O330" t="s">
+        <v>26</v>
+      </c>
+      <c r="P330">
+        <v>69.01</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>26</v>
+      </c>
+      <c r="R330" t="s">
+        <v>26</v>
+      </c>
+      <c r="S330" t="s">
+        <v>26</v>
+      </c>
+      <c r="T330" t="s">
+        <v>26</v>
+      </c>
+      <c r="U330">
+        <v>69.01</v>
+      </c>
+    </row>
+    <row r="331" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A331">
+        <v>330</v>
+      </c>
+      <c r="B331" t="s">
+        <v>605</v>
+      </c>
+      <c r="C331" t="s">
+        <v>606</v>
+      </c>
+      <c r="E331" t="s">
+        <v>321</v>
+      </c>
+      <c r="F331" t="s">
+        <v>38</v>
+      </c>
+      <c r="G331" t="s">
+        <v>25</v>
+      </c>
+      <c r="H331">
+        <v>52</v>
+      </c>
+      <c r="I331" t="b">
+        <v>1</v>
+      </c>
+      <c r="J331" t="s">
+        <v>26</v>
+      </c>
+      <c r="K331">
+        <v>1</v>
+      </c>
+      <c r="L331" t="s">
+        <v>26</v>
+      </c>
+      <c r="M331" t="s">
+        <v>26</v>
+      </c>
+      <c r="N331" t="s">
+        <v>26</v>
+      </c>
+      <c r="O331" t="s">
+        <v>26</v>
+      </c>
+      <c r="P331" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q331">
+        <v>68.33</v>
+      </c>
+      <c r="R331" t="s">
+        <v>26</v>
+      </c>
+      <c r="S331" t="s">
+        <v>26</v>
+      </c>
+      <c r="T331" t="s">
+        <v>26</v>
+      </c>
+      <c r="U331">
+        <v>68.33</v>
+      </c>
+    </row>
+    <row r="332" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A332">
+        <v>331</v>
+      </c>
+      <c r="B332" t="s">
+        <v>242</v>
+      </c>
+      <c r="C332" t="s">
+        <v>607</v>
+      </c>
+      <c r="E332" t="s">
+        <v>226</v>
+      </c>
+      <c r="F332" t="s">
+        <v>76</v>
+      </c>
+      <c r="G332" t="s">
+        <v>25</v>
+      </c>
+      <c r="H332">
+        <v>25</v>
+      </c>
+      <c r="I332" t="b">
+        <v>1</v>
+      </c>
+      <c r="J332" t="s">
+        <v>26</v>
+      </c>
+      <c r="K332">
+        <v>1</v>
+      </c>
+      <c r="L332" t="s">
+        <v>26</v>
+      </c>
+      <c r="M332" t="s">
+        <v>26</v>
+      </c>
+      <c r="N332" t="s">
+        <v>26</v>
+      </c>
+      <c r="O332" t="s">
+        <v>26</v>
+      </c>
+      <c r="P332" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q332">
+        <v>68.22</v>
+      </c>
+      <c r="R332" t="s">
+        <v>26</v>
+      </c>
+      <c r="S332" t="s">
+        <v>26</v>
+      </c>
+      <c r="T332" t="s">
+        <v>26</v>
+      </c>
+      <c r="U332">
+        <v>68.22</v>
+      </c>
+    </row>
+    <row r="333" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A333">
+        <v>332</v>
+      </c>
+      <c r="B333" t="s">
+        <v>155</v>
+      </c>
+      <c r="C333" t="s">
+        <v>608</v>
+      </c>
+      <c r="E333" t="s">
+        <v>321</v>
+      </c>
+      <c r="F333" t="s">
+        <v>24</v>
+      </c>
+      <c r="G333" t="s">
+        <v>25</v>
+      </c>
+      <c r="H333">
+        <v>81</v>
+      </c>
+      <c r="I333" t="b">
+        <v>1</v>
+      </c>
+      <c r="J333" t="s">
+        <v>26</v>
+      </c>
+      <c r="K333">
+        <v>1</v>
+      </c>
+      <c r="L333" t="s">
+        <v>26</v>
+      </c>
+      <c r="M333" t="s">
+        <v>26</v>
+      </c>
+      <c r="N333" t="s">
+        <v>26</v>
+      </c>
+      <c r="O333" t="s">
+        <v>26</v>
+      </c>
+      <c r="P333" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q333">
+        <v>67.1</v>
+      </c>
+      <c r="R333" t="s">
+        <v>26</v>
+      </c>
+      <c r="S333" t="s">
+        <v>26</v>
+      </c>
+      <c r="T333" t="s">
+        <v>26</v>
+      </c>
+      <c r="U333">
+        <v>67.1</v>
+      </c>
+    </row>
+    <row r="334" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A334">
+        <v>333</v>
+      </c>
+      <c r="B334" t="s">
+        <v>63</v>
+      </c>
+      <c r="C334" t="s">
+        <v>609</v>
+      </c>
+      <c r="E334" t="s">
+        <v>610</v>
+      </c>
+      <c r="F334" t="s">
+        <v>24</v>
+      </c>
+      <c r="G334" t="s">
+        <v>62</v>
+      </c>
+      <c r="H334">
+        <v>38</v>
+      </c>
+      <c r="I334" t="b">
+        <v>1</v>
+      </c>
+      <c r="J334" t="s">
+        <v>26</v>
+      </c>
+      <c r="K334">
+        <v>1</v>
+      </c>
+      <c r="L334" t="s">
+        <v>26</v>
+      </c>
+      <c r="M334" t="s">
+        <v>26</v>
+      </c>
+      <c r="N334" t="s">
+        <v>26</v>
+      </c>
+      <c r="O334" t="s">
+        <v>26</v>
+      </c>
+      <c r="P334" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q334">
+        <v>67.08</v>
+      </c>
+      <c r="R334" t="s">
+        <v>26</v>
+      </c>
+      <c r="S334" t="s">
+        <v>26</v>
+      </c>
+      <c r="T334" t="s">
+        <v>26</v>
+      </c>
+      <c r="U334">
+        <v>67.08</v>
+      </c>
+    </row>
+    <row r="335" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A335">
+        <v>334</v>
+      </c>
+      <c r="B335" t="s">
+        <v>220</v>
+      </c>
+      <c r="C335" t="s">
+        <v>611</v>
+      </c>
+      <c r="E335" t="s">
+        <v>26</v>
+      </c>
+      <c r="F335" t="s">
+        <v>24</v>
+      </c>
+      <c r="G335" t="s">
+        <v>62</v>
+      </c>
+      <c r="H335">
+        <v>39</v>
+      </c>
+      <c r="I335" t="b">
+        <v>1</v>
+      </c>
+      <c r="J335" t="s">
+        <v>26</v>
+      </c>
+      <c r="K335">
+        <v>1</v>
+      </c>
+      <c r="L335" t="s">
+        <v>26</v>
+      </c>
+      <c r="M335" t="s">
+        <v>26</v>
+      </c>
+      <c r="N335" t="s">
+        <v>26</v>
+      </c>
+      <c r="O335" t="s">
+        <v>26</v>
+      </c>
+      <c r="P335" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>26</v>
+      </c>
+      <c r="R335">
+        <v>66.3</v>
+      </c>
+      <c r="S335" t="s">
+        <v>26</v>
+      </c>
+      <c r="T335" t="s">
+        <v>26</v>
+      </c>
+      <c r="U335">
+        <v>66.3</v>
+      </c>
+    </row>
+    <row r="336" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A336">
+        <v>335</v>
+      </c>
+      <c r="B336" t="s">
+        <v>487</v>
+      </c>
+      <c r="C336" t="s">
+        <v>612</v>
+      </c>
+      <c r="E336" t="s">
+        <v>71</v>
+      </c>
+      <c r="F336" t="s">
+        <v>128</v>
+      </c>
+      <c r="G336" t="s">
+        <v>62</v>
+      </c>
+      <c r="H336">
+        <v>1</v>
+      </c>
+      <c r="I336" t="b">
+        <v>1</v>
+      </c>
+      <c r="J336" t="s">
+        <v>26</v>
+      </c>
+      <c r="K336">
+        <v>1</v>
+      </c>
+      <c r="L336" t="s">
+        <v>26</v>
+      </c>
+      <c r="M336" t="s">
+        <v>26</v>
+      </c>
+      <c r="N336" t="s">
+        <v>26</v>
+      </c>
+      <c r="O336" t="s">
+        <v>26</v>
+      </c>
+      <c r="P336">
+        <v>65.06</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>26</v>
+      </c>
+      <c r="R336" t="s">
+        <v>26</v>
+      </c>
+      <c r="S336" t="s">
+        <v>26</v>
+      </c>
+      <c r="T336" t="s">
+        <v>26</v>
+      </c>
+      <c r="U336">
+        <v>65.06</v>
+      </c>
+    </row>
+    <row r="337" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A337">
+        <v>336</v>
+      </c>
+      <c r="B337" t="s">
+        <v>613</v>
+      </c>
+      <c r="C337" t="s">
+        <v>614</v>
+      </c>
+      <c r="E337" t="s">
+        <v>71</v>
+      </c>
+      <c r="F337" t="s">
+        <v>38</v>
+      </c>
+      <c r="G337" t="s">
+        <v>62</v>
+      </c>
+      <c r="H337">
+        <v>16</v>
+      </c>
+      <c r="I337" t="b">
+        <v>1</v>
+      </c>
+      <c r="J337" t="s">
+        <v>26</v>
+      </c>
+      <c r="K337">
+        <v>1</v>
+      </c>
+      <c r="L337" t="s">
+        <v>26</v>
+      </c>
+      <c r="M337" t="s">
+        <v>26</v>
+      </c>
+      <c r="N337" t="s">
+        <v>26</v>
+      </c>
+      <c r="O337" t="s">
+        <v>26</v>
+      </c>
+      <c r="P337">
+        <v>63.65</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>26</v>
+      </c>
+      <c r="R337" t="s">
+        <v>26</v>
+      </c>
+      <c r="S337" t="s">
+        <v>26</v>
+      </c>
+      <c r="T337" t="s">
+        <v>26</v>
+      </c>
+      <c r="U337">
+        <v>63.65</v>
+      </c>
+    </row>
+    <row r="338" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A338">
+        <v>337</v>
+      </c>
+      <c r="B338" t="s">
+        <v>294</v>
+      </c>
+      <c r="C338" t="s">
+        <v>615</v>
+      </c>
+      <c r="E338" t="s">
+        <v>71</v>
+      </c>
+      <c r="F338" t="s">
+        <v>54</v>
+      </c>
+      <c r="G338" t="s">
+        <v>25</v>
+      </c>
+      <c r="H338">
+        <v>53</v>
+      </c>
+      <c r="I338" t="b">
+        <v>1</v>
+      </c>
+      <c r="J338" t="s">
+        <v>26</v>
+      </c>
+      <c r="K338">
+        <v>1</v>
+      </c>
+      <c r="L338" t="s">
+        <v>26</v>
+      </c>
+      <c r="M338" t="s">
+        <v>26</v>
+      </c>
+      <c r="N338" t="s">
+        <v>26</v>
+      </c>
+      <c r="O338" t="s">
+        <v>26</v>
+      </c>
+      <c r="P338">
+        <v>63.63</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>26</v>
+      </c>
+      <c r="R338" t="s">
+        <v>26</v>
+      </c>
+      <c r="S338" t="s">
+        <v>26</v>
+      </c>
+      <c r="T338" t="s">
+        <v>26</v>
+      </c>
+      <c r="U338">
+        <v>63.63</v>
+      </c>
+    </row>
+    <row r="339" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A339">
+        <v>338</v>
+      </c>
+      <c r="B339" t="s">
+        <v>487</v>
+      </c>
+      <c r="C339" t="s">
+        <v>616</v>
+      </c>
+      <c r="E339" t="s">
+        <v>71</v>
+      </c>
+      <c r="F339" t="s">
+        <v>213</v>
+      </c>
+      <c r="G339" t="s">
+        <v>62</v>
+      </c>
+      <c r="H339">
+        <v>3</v>
+      </c>
+      <c r="I339" t="b">
+        <v>1</v>
+      </c>
+      <c r="J339" t="s">
+        <v>26</v>
+      </c>
+      <c r="K339">
+        <v>1</v>
+      </c>
+      <c r="L339" t="s">
+        <v>26</v>
+      </c>
+      <c r="M339" t="s">
+        <v>26</v>
+      </c>
+      <c r="N339" t="s">
+        <v>26</v>
+      </c>
+      <c r="O339" t="s">
+        <v>26</v>
+      </c>
+      <c r="P339">
+        <v>62.42</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>26</v>
+      </c>
+      <c r="R339" t="s">
+        <v>26</v>
+      </c>
+      <c r="S339" t="s">
+        <v>26</v>
+      </c>
+      <c r="T339" t="s">
+        <v>26</v>
+      </c>
+      <c r="U339">
+        <v>62.42</v>
+      </c>
+    </row>
+    <row r="340" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A340">
+        <v>339</v>
+      </c>
+      <c r="B340" t="s">
+        <v>617</v>
+      </c>
+      <c r="C340" t="s">
+        <v>618</v>
+      </c>
+      <c r="E340" t="s">
+        <v>71</v>
+      </c>
+      <c r="F340" t="s">
+        <v>54</v>
+      </c>
+      <c r="G340" t="s">
+        <v>62</v>
+      </c>
+      <c r="H340">
+        <v>27</v>
+      </c>
+      <c r="I340" t="b">
+        <v>1</v>
+      </c>
+      <c r="J340" t="s">
+        <v>26</v>
+      </c>
+      <c r="K340">
+        <v>1</v>
+      </c>
+      <c r="L340" t="s">
+        <v>26</v>
+      </c>
+      <c r="M340" t="s">
+        <v>26</v>
+      </c>
+      <c r="N340" t="s">
+        <v>26</v>
+      </c>
+      <c r="O340" t="s">
+        <v>26</v>
+      </c>
+      <c r="P340">
+        <v>58.89</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>26</v>
+      </c>
+      <c r="R340" t="s">
+        <v>26</v>
+      </c>
+      <c r="S340" t="s">
+        <v>26</v>
+      </c>
+      <c r="T340" t="s">
+        <v>26</v>
+      </c>
+      <c r="U340">
+        <v>58.89</v>
+      </c>
+    </row>
+    <row r="341" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A341">
+        <v>340</v>
+      </c>
+      <c r="B341" t="s">
+        <v>619</v>
+      </c>
+      <c r="C341" t="s">
+        <v>620</v>
+      </c>
+      <c r="D341">
+        <v>1693</v>
+      </c>
+      <c r="E341" t="s">
+        <v>219</v>
+      </c>
+      <c r="F341" t="s">
+        <v>76</v>
+      </c>
+      <c r="G341" t="s">
+        <v>25</v>
+      </c>
+      <c r="H341">
+        <v>26</v>
+      </c>
+      <c r="I341" t="b">
+        <v>1</v>
+      </c>
+      <c r="J341" t="s">
+        <v>26</v>
+      </c>
+      <c r="K341">
+        <v>1</v>
+      </c>
+      <c r="L341" t="s">
+        <v>26</v>
+      </c>
+      <c r="M341" t="s">
+        <v>26</v>
+      </c>
+      <c r="N341" t="s">
+        <v>26</v>
+      </c>
+      <c r="O341" t="s">
+        <v>26</v>
+      </c>
+      <c r="P341" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>26</v>
+      </c>
+      <c r="R341" t="s">
+        <v>26</v>
+      </c>
+      <c r="S341">
+        <v>58.17</v>
+      </c>
+      <c r="T341" t="s">
+        <v>26</v>
+      </c>
+      <c r="U341">
+        <v>58.17</v>
+      </c>
+    </row>
+    <row r="342" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A342">
+        <v>341</v>
+      </c>
+      <c r="B342" t="s">
+        <v>621</v>
+      </c>
+      <c r="C342" t="s">
+        <v>622</v>
+      </c>
+      <c r="E342" t="s">
+        <v>122</v>
+      </c>
+      <c r="F342" t="s">
+        <v>24</v>
+      </c>
+      <c r="G342" t="s">
+        <v>62</v>
+      </c>
+      <c r="H342">
+        <v>40</v>
+      </c>
+      <c r="I342" t="b">
+        <v>1</v>
+      </c>
+      <c r="J342" t="s">
+        <v>26</v>
+      </c>
+      <c r="K342">
+        <v>1</v>
+      </c>
+      <c r="L342" t="s">
+        <v>26</v>
+      </c>
+      <c r="M342" t="s">
+        <v>26</v>
+      </c>
+      <c r="N342">
+        <v>57.5</v>
+      </c>
+      <c r="O342" t="s">
+        <v>26</v>
+      </c>
+      <c r="P342" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>26</v>
+      </c>
+      <c r="R342" t="s">
+        <v>26</v>
+      </c>
+      <c r="S342" t="s">
+        <v>26</v>
+      </c>
+      <c r="T342" t="s">
+        <v>26</v>
+      </c>
+      <c r="U342">
+        <v>57.5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A343">
+        <v>342</v>
+      </c>
+      <c r="B343" t="s">
+        <v>39</v>
+      </c>
+      <c r="C343" t="s">
+        <v>267</v>
+      </c>
+      <c r="E343" t="s">
+        <v>268</v>
+      </c>
+      <c r="F343" t="s">
+        <v>24</v>
+      </c>
+      <c r="G343" t="s">
+        <v>25</v>
+      </c>
+      <c r="H343">
+        <v>82</v>
+      </c>
+      <c r="I343" t="b">
+        <v>1</v>
+      </c>
+      <c r="J343" t="s">
+        <v>26</v>
+      </c>
+      <c r="K343">
+        <v>1</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>26</v>
+      </c>
+      <c r="N343" t="s">
+        <v>26</v>
+      </c>
+      <c r="O343" t="s">
+        <v>26</v>
+      </c>
+      <c r="P343" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>26</v>
+      </c>
+      <c r="R343">
+        <v>56.74</v>
+      </c>
+      <c r="S343" t="s">
+        <v>26</v>
+      </c>
+      <c r="T343" t="s">
+        <v>26</v>
+      </c>
+      <c r="U343">
+        <v>56.74</v>
+      </c>
+    </row>
+    <row r="344" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A344">
+        <v>343</v>
+      </c>
+      <c r="B344" t="s">
+        <v>623</v>
+      </c>
+      <c r="C344" t="s">
+        <v>624</v>
+      </c>
+      <c r="D344">
+        <v>1538</v>
+      </c>
+      <c r="E344" t="s">
+        <v>71</v>
+      </c>
+      <c r="F344" t="s">
+        <v>54</v>
+      </c>
+      <c r="G344" t="s">
+        <v>62</v>
+      </c>
+      <c r="H344">
+        <v>28</v>
+      </c>
+      <c r="I344" t="b">
+        <v>1</v>
+      </c>
+      <c r="J344" t="s">
+        <v>26</v>
+      </c>
+      <c r="K344">
+        <v>1</v>
+      </c>
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
+        <v>26</v>
+      </c>
+      <c r="N344" t="s">
+        <v>26</v>
+      </c>
+      <c r="O344" t="s">
+        <v>26</v>
+      </c>
+      <c r="P344">
+        <v>55.52</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>26</v>
+      </c>
+      <c r="R344" t="s">
+        <v>26</v>
+      </c>
+      <c r="S344" t="s">
+        <v>26</v>
+      </c>
+      <c r="T344" t="s">
+        <v>26</v>
+      </c>
+      <c r="U344">
+        <v>55.52</v>
+      </c>
+    </row>
+    <row r="345" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A345">
+        <v>344</v>
+      </c>
+      <c r="B345" t="s">
+        <v>625</v>
+      </c>
+      <c r="C345" t="s">
+        <v>198</v>
+      </c>
+      <c r="E345" t="s">
+        <v>99</v>
+      </c>
+      <c r="F345" t="s">
+        <v>24</v>
+      </c>
+      <c r="G345" t="s">
+        <v>62</v>
+      </c>
+      <c r="H345">
+        <v>41</v>
+      </c>
+      <c r="I345" t="b">
+        <v>1</v>
+      </c>
+      <c r="J345" t="s">
+        <v>26</v>
+      </c>
+      <c r="K345">
+        <v>1</v>
+      </c>
+      <c r="L345">
+        <v>55.31</v>
+      </c>
+      <c r="M345" t="s">
+        <v>26</v>
+      </c>
+      <c r="N345" t="s">
+        <v>26</v>
+      </c>
+      <c r="O345" t="s">
+        <v>26</v>
+      </c>
+      <c r="P345" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>26</v>
+      </c>
+      <c r="R345" t="s">
+        <v>26</v>
+      </c>
+      <c r="S345" t="s">
+        <v>26</v>
+      </c>
+      <c r="T345" t="s">
+        <v>26</v>
+      </c>
+      <c r="U345">
+        <v>55.31</v>
+      </c>
+    </row>
+    <row r="346" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A346">
+        <v>345</v>
+      </c>
+      <c r="B346" t="s">
+        <v>626</v>
+      </c>
+      <c r="C346" t="s">
+        <v>627</v>
+      </c>
+      <c r="E346" t="s">
+        <v>71</v>
+      </c>
+      <c r="F346" t="s">
+        <v>128</v>
+      </c>
+      <c r="G346" t="s">
+        <v>62</v>
+      </c>
+      <c r="H346">
+        <v>2</v>
+      </c>
+      <c r="I346" t="b">
+        <v>1</v>
+      </c>
+      <c r="J346" t="s">
+        <v>26</v>
+      </c>
+      <c r="K346">
+        <v>1</v>
+      </c>
+      <c r="L346" t="s">
+        <v>26</v>
+      </c>
+      <c r="M346" t="s">
+        <v>26</v>
+      </c>
+      <c r="N346" t="s">
+        <v>26</v>
+      </c>
+      <c r="O346" t="s">
+        <v>26</v>
+      </c>
+      <c r="P346">
+        <v>51.64</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>26</v>
+      </c>
+      <c r="R346" t="s">
+        <v>26</v>
+      </c>
+      <c r="S346" t="s">
+        <v>26</v>
+      </c>
+      <c r="T346" t="s">
+        <v>26</v>
+      </c>
+      <c r="U346">
+        <v>51.64</v>
+      </c>
+    </row>
+    <row r="347" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A347">
+        <v>346</v>
+      </c>
+      <c r="B347" t="s">
+        <v>155</v>
+      </c>
+      <c r="C347" t="s">
+        <v>267</v>
+      </c>
+      <c r="E347" t="s">
+        <v>26</v>
+      </c>
+      <c r="F347" t="s">
+        <v>50</v>
+      </c>
+      <c r="G347" t="s">
+        <v>25</v>
+      </c>
+      <c r="H347">
+        <v>7</v>
+      </c>
+      <c r="I347" t="b">
         <v>0</v>
       </c>
-      <c r="J317" t="s">
-[...23 lines deleted...]
-      <c r="R317">
+      <c r="J347" t="s">
+        <v>628</v>
+      </c>
+      <c r="K347">
+        <v>1</v>
+      </c>
+      <c r="L347" t="s">
+        <v>26</v>
+      </c>
+      <c r="M347" t="s">
+        <v>26</v>
+      </c>
+      <c r="N347" t="s">
+        <v>26</v>
+      </c>
+      <c r="O347" t="s">
+        <v>26</v>
+      </c>
+      <c r="P347" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>26</v>
+      </c>
+      <c r="R347">
         <v>0</v>
       </c>
-      <c r="S317" t="s">
-[...5 lines deleted...]
-      <c r="U317">
+      <c r="S347" t="s">
+        <v>26</v>
+      </c>
+      <c r="T347" t="s">
+        <v>26</v>
+      </c>
+      <c r="U347">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>