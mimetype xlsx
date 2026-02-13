--- v0 (2025-11-02)
+++ v1 (2026-02-13)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="581" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="240">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -94,378 +94,684 @@
   <si>
     <t/>
   </si>
   <si>
     <t>U7</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Mollekin</t>
   </si>
   <si>
     <t>Mynydd Du Mini Dragons</t>
   </si>
   <si>
     <t>Feldon</t>
   </si>
   <si>
     <t>Beaman-Tucker</t>
   </si>
   <si>
+    <t>Swansea</t>
+  </si>
+  <si>
     <t>U9</t>
   </si>
   <si>
+    <t>Pascoe</t>
+  </si>
+  <si>
     <t>Ceridwen</t>
   </si>
   <si>
     <t>Carter</t>
   </si>
   <si>
     <t>Hereford AC</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
+    <t>Rowan</t>
+  </si>
+  <si>
+    <t>Adams</t>
+  </si>
+  <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Like</t>
+  </si>
+  <si>
     <t>Mollie</t>
   </si>
   <si>
     <t>Catto</t>
   </si>
   <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Taylor-Daniel</t>
   </si>
   <si>
     <t>U13</t>
   </si>
   <si>
+    <t>Ffion</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
+  </si>
+  <si>
     <t>Milo</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>Hereford</t>
   </si>
   <si>
+    <t>Ingrid</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
     <t>Joey</t>
   </si>
   <si>
     <t>Line</t>
   </si>
   <si>
     <t>Pont-Y-Pwl &amp; District</t>
   </si>
   <si>
     <t>U15</t>
   </si>
   <si>
     <t>Lily</t>
   </si>
   <si>
     <t>Mahoney</t>
   </si>
   <si>
+    <t>Hopkinson</t>
+  </si>
+  <si>
+    <t>Laurie</t>
+  </si>
+  <si>
+    <t>Maia</t>
+  </si>
+  <si>
+    <t>Gillett</t>
+  </si>
+  <si>
+    <t>Chepstow Harriers</t>
+  </si>
+  <si>
     <t>Saffi</t>
   </si>
   <si>
     <t>Reid</t>
   </si>
   <si>
     <t>Arty</t>
   </si>
   <si>
-    <t>Like</t>
-[...1 lines deleted...]
-  <si>
     <t>Brinley</t>
   </si>
   <si>
     <t>Meredith</t>
   </si>
   <si>
     <t>Mara</t>
   </si>
   <si>
     <t>Swansea Harriers</t>
   </si>
   <si>
     <t>Cerys</t>
   </si>
   <si>
     <t>Woodier</t>
   </si>
   <si>
-    <t>Rowan</t>
-[...2 lines deleted...]
-    <t>Adams</t>
+    <t>Luca</t>
+  </si>
+  <si>
+    <t>Ray</t>
+  </si>
+  <si>
+    <t>Ironside</t>
   </si>
   <si>
     <t>NotEnoughCompletedRaces</t>
   </si>
   <si>
-    <t>Ingrid</t>
-[...2 lines deleted...]
-    <t>WFRA</t>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Munton</t>
   </si>
   <si>
     <t>Sofia</t>
   </si>
   <si>
     <t>Ellis</t>
   </si>
   <si>
-    <t>Maia</t>
-[...5 lines deleted...]
-    <t>Chepstow Harriers</t>
+    <t>Pedro</t>
+  </si>
+  <si>
+    <t>Direito</t>
+  </si>
+  <si>
+    <t>Brecon AC</t>
+  </si>
+  <si>
+    <t>Owain</t>
+  </si>
+  <si>
+    <t>Thorne</t>
+  </si>
+  <si>
+    <t>Mabli</t>
+  </si>
+  <si>
+    <t>Christie-Rees</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Gibby</t>
   </si>
   <si>
     <t>Newport Harriers</t>
   </si>
   <si>
     <t>U17</t>
   </si>
   <si>
-    <t>Luca</t>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Sophia</t>
+  </si>
+  <si>
+    <t>Lucy</t>
   </si>
   <si>
     <t>Frank</t>
   </si>
   <si>
     <t>Monty</t>
   </si>
   <si>
     <t>Marchand</t>
   </si>
   <si>
     <t>Arthur</t>
   </si>
   <si>
     <t>Hawksley</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Pike</t>
   </si>
   <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>Wrexham AAC</t>
+  </si>
+  <si>
     <t>Barnaby</t>
   </si>
   <si>
     <t>Duffy</t>
   </si>
   <si>
     <t>Vale of Aylesbury</t>
   </si>
   <si>
     <t>Jacob</t>
   </si>
   <si>
     <t>Cross</t>
   </si>
   <si>
     <t>Cwmbran Harriers</t>
   </si>
   <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Arnold</t>
+  </si>
+  <si>
+    <t>West Cheshire</t>
+  </si>
+  <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Wakefield</t>
   </si>
   <si>
     <t>Woodhead</t>
   </si>
   <si>
+    <t>Ifan</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>Denbigh Harriers</t>
+  </si>
+  <si>
+    <t>Enya</t>
+  </si>
+  <si>
+    <t>Maguire</t>
+  </si>
+  <si>
+    <t>GOG Triathlon</t>
+  </si>
+  <si>
+    <t>River</t>
+  </si>
+  <si>
+    <t>Collins</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
     <t>Connor</t>
   </si>
   <si>
     <t>Gatfield</t>
   </si>
   <si>
+    <t>Sam</t>
+  </si>
+  <si>
     <t>Jaxon</t>
   </si>
   <si>
     <t>Browne</t>
   </si>
   <si>
     <t>Cardiff Archers</t>
   </si>
   <si>
+    <t>Ella</t>
+  </si>
+  <si>
+    <t>Little</t>
+  </si>
+  <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Sarn Helen</t>
+  </si>
+  <si>
+    <t>Poppy</t>
+  </si>
+  <si>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Mynydd Du</t>
+  </si>
+  <si>
+    <t>Molly</t>
+  </si>
+  <si>
     <t>Faulkner</t>
   </si>
   <si>
     <t>Cardiff</t>
   </si>
   <si>
+    <t>Price</t>
+  </si>
+  <si>
+    <t>BUILTH &amp; DISTRICT RUNNING CLUB</t>
+  </si>
+  <si>
     <t>Aeron</t>
   </si>
   <si>
     <t>Cording</t>
   </si>
   <si>
     <t>Daisy</t>
   </si>
   <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Holloway</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Eleri</t>
+  </si>
+  <si>
+    <t>Abigel</t>
+  </si>
+  <si>
+    <t>Nagy</t>
+  </si>
+  <si>
+    <t>Nia</t>
+  </si>
+  <si>
+    <t>Manson</t>
+  </si>
+  <si>
+    <t>Murray</t>
+  </si>
+  <si>
+    <t>Brecon</t>
+  </si>
+  <si>
+    <t>Regan</t>
+  </si>
+  <si>
+    <t>Hamish</t>
+  </si>
+  <si>
+    <t>Loffill</t>
+  </si>
+  <si>
+    <t>Clwydian Range Runners</t>
+  </si>
+  <si>
+    <t>Grace</t>
+  </si>
+  <si>
     <t>Hattie</t>
   </si>
   <si>
     <t>Fosbury</t>
   </si>
   <si>
     <t>Bridgend AC</t>
   </si>
   <si>
+    <t>Deri</t>
+  </si>
+  <si>
+    <t>Hockley</t>
+  </si>
+  <si>
+    <t>U20</t>
+  </si>
+  <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>Peltor</t>
+  </si>
+  <si>
     <t>Eirwen</t>
   </si>
   <si>
     <t>Jones</t>
   </si>
   <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>Evie</t>
+  </si>
+  <si>
+    <t>Fairbank</t>
+  </si>
+  <si>
+    <t>Parc Bryn Bach Running Club</t>
+  </si>
+  <si>
     <t>Beau</t>
   </si>
   <si>
     <t>Johnston</t>
   </si>
   <si>
     <t>Harwich Runners</t>
   </si>
   <si>
-    <t>U20</t>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Billington</t>
+  </si>
+  <si>
+    <t>Menai Track &amp; Field</t>
+  </si>
+  <si>
+    <t>Tetley</t>
+  </si>
+  <si>
+    <t>Herefordshire</t>
+  </si>
+  <si>
+    <t>Holly</t>
+  </si>
+  <si>
+    <t>Worth</t>
+  </si>
+  <si>
+    <t>Menai T&amp;F</t>
   </si>
   <si>
     <t>Lloyd</t>
   </si>
   <si>
-    <t>Thorne</t>
-[...4 lines deleted...]
-  <si>
     <t>Fred</t>
   </si>
   <si>
     <t>Tyler</t>
   </si>
   <si>
+    <t>Martineau</t>
+  </si>
+  <si>
+    <t>Josie</t>
+  </si>
+  <si>
+    <t>Torrance</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>Ricketts</t>
+  </si>
+  <si>
+    <t>Freddy</t>
+  </si>
+  <si>
+    <t>Lake</t>
+  </si>
+  <si>
+    <t>SBOC</t>
+  </si>
+  <si>
     <t>Fretter</t>
   </si>
   <si>
     <t>Artie</t>
   </si>
   <si>
-    <t>Sam</t>
+    <t>Mari</t>
   </si>
   <si>
     <t>Dilley</t>
   </si>
   <si>
+    <t>Betsy</t>
+  </si>
+  <si>
     <t>Iris</t>
   </si>
   <si>
+    <t>Heidi</t>
+  </si>
+  <si>
+    <t>Ben</t>
+  </si>
+  <si>
+    <t>Dougie</t>
+  </si>
+  <si>
+    <t>Innes-Farr</t>
+  </si>
+  <si>
+    <t>Mynyddwyr de Cymru</t>
+  </si>
+  <si>
     <t>Naylor</t>
   </si>
   <si>
     <t>Keswick AC</t>
   </si>
   <si>
     <t>Georgina</t>
   </si>
   <si>
     <t>Sparke</t>
   </si>
   <si>
+    <t>Duncan</t>
+  </si>
+  <si>
     <t>Finn</t>
   </si>
   <si>
-    <t>McWilliams</t>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Pearson</t>
   </si>
   <si>
     <t>Wilf</t>
   </si>
   <si>
     <t>Gilbertson</t>
   </si>
   <si>
     <t>Dorothy</t>
   </si>
   <si>
     <t>Florence</t>
   </si>
   <si>
+    <t>Parker-Cribb</t>
+  </si>
+  <si>
     <t>Tabitha</t>
   </si>
   <si>
-    <t>Will</t>
+    <t>Rory</t>
+  </si>
+  <si>
+    <t>Godfrey</t>
+  </si>
+  <si>
+    <t>Eleanor</t>
   </si>
   <si>
     <t>Whittal</t>
   </si>
   <si>
     <t>HFE</t>
   </si>
   <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Oscar</t>
+  </si>
+  <si>
+    <t>Mya</t>
+  </si>
+  <si>
     <t>Huw</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
+    <t>Toby</t>
+  </si>
+  <si>
     <t>Rafferty</t>
   </si>
   <si>
     <t>Punter</t>
   </si>
   <si>
+    <t>Lili</t>
+  </si>
+  <si>
+    <t>Phillips</t>
+  </si>
+  <si>
     <t>Evan</t>
   </si>
   <si>
     <t>Otis</t>
+  </si>
+  <si>
+    <t>Joel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -802,51 +1108,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R56"/>
+  <dimension ref="A1:R119"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -890,3000 +1196,6405 @@
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L2">
         <v>108.23</v>
       </c>
       <c r="M2">
         <v>140.77</v>
       </c>
       <c r="N2">
         <v>144.07</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
         <v>20</v>
       </c>
-      <c r="Q2" t="s">
-        <v>20</v>
+      <c r="Q2">
+        <v>147.09</v>
       </c>
       <c r="R2">
-        <v>393.07</v>
+        <v>431.93</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>24</v>
       </c>
       <c r="D3">
         <v>2259</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L3">
         <v>105.48</v>
       </c>
       <c r="M3">
         <v>119.5</v>
       </c>
       <c r="N3">
         <v>116.03</v>
       </c>
       <c r="O3">
         <v>144.35</v>
       </c>
       <c r="P3" t="s">
         <v>20</v>
       </c>
-      <c r="Q3" t="s">
-        <v>20</v>
+      <c r="Q3">
+        <v>132.96</v>
       </c>
       <c r="R3">
-        <v>379.88</v>
+        <v>396.81</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4">
         <v>2440</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
         <v>174.51</v>
       </c>
       <c r="M4">
         <v>106.72</v>
       </c>
       <c r="N4">
         <v>98.08</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>20</v>
       </c>
-      <c r="Q4" t="s">
-        <v>20</v>
+      <c r="Q4">
+        <v>114.05</v>
       </c>
       <c r="R4">
-        <v>379.31</v>
+        <v>395.28</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D5">
-        <v>2450</v>
+        <v>2469</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>120.19</v>
+        <v>3</v>
+      </c>
+      <c r="L5" t="s">
+        <v>20</v>
       </c>
       <c r="M5">
-        <v>104.44</v>
+        <v>125.75</v>
       </c>
       <c r="N5">
-        <v>120.56</v>
-[...2 lines deleted...]
-        <v>107.61</v>
+        <v>129.02</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>20</v>
       </c>
-      <c r="Q5" t="s">
-        <v>20</v>
+      <c r="Q5">
+        <v>132.81</v>
       </c>
       <c r="R5">
-        <v>348.36</v>
+        <v>387.58</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6">
+        <v>2450</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="D6">
-[...10 lines deleted...]
-      </c>
       <c r="H6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L6">
-        <v>113.46</v>
+        <v>120.19</v>
       </c>
       <c r="M6">
-        <v>107.54</v>
+        <v>104.44</v>
       </c>
       <c r="N6">
-        <v>116.22</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>120.56</v>
+      </c>
+      <c r="O6">
+        <v>107.61</v>
       </c>
       <c r="P6" t="s">
         <v>20</v>
       </c>
-      <c r="Q6" t="s">
-        <v>20</v>
+      <c r="Q6">
+        <v>104.69</v>
       </c>
       <c r="R6">
-        <v>337.22</v>
+        <v>348.36</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
+      <c r="D7">
+        <v>2425</v>
+      </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L7">
-        <v>105.31</v>
+        <v>115.78</v>
       </c>
       <c r="M7">
-        <v>115.33</v>
-[...5 lines deleted...]
-        <v>111.69</v>
+        <v>109.04</v>
+      </c>
+      <c r="N7" t="s">
+        <v>20</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
       </c>
       <c r="P7" t="s">
         <v>20</v>
       </c>
-      <c r="Q7" t="s">
-        <v>20</v>
+      <c r="Q7">
+        <v>118.43</v>
       </c>
       <c r="R7">
-        <v>335.08</v>
+        <v>343.25</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>2352</v>
+        <v>2262</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>104.61</v>
+        <v>3</v>
+      </c>
+      <c r="L8" t="s">
+        <v>20</v>
       </c>
       <c r="M8">
-        <v>109.58</v>
+        <v>106.08</v>
       </c>
       <c r="N8">
-        <v>103.13</v>
+        <v>116.14</v>
       </c>
       <c r="O8">
-        <v>106.46</v>
+        <v>115.79</v>
       </c>
       <c r="P8" t="s">
         <v>20</v>
       </c>
       <c r="Q8" t="s">
         <v>20</v>
       </c>
       <c r="R8">
-        <v>320.65</v>
+        <v>338.01</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D9">
-        <v>2430</v>
+        <v>2381</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="F9" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
-        <v>112.11</v>
+        <v>113.46</v>
       </c>
       <c r="M9">
-        <v>109.22</v>
+        <v>107.54</v>
       </c>
       <c r="N9">
-        <v>93.69</v>
-[...2 lines deleted...]
-        <v>86.66</v>
+        <v>116.22</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
       </c>
       <c r="P9" t="s">
         <v>20</v>
       </c>
       <c r="Q9" t="s">
         <v>20</v>
       </c>
       <c r="R9">
-        <v>315.02</v>
+        <v>337.22</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>2234</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L10">
-        <v>112.36</v>
+        <v>105.31</v>
       </c>
       <c r="M10">
-        <v>97.48</v>
+        <v>115.33</v>
       </c>
       <c r="N10">
-        <v>104.56</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>108.06</v>
+      </c>
+      <c r="O10">
+        <v>111.69</v>
       </c>
       <c r="P10" t="s">
         <v>20</v>
       </c>
-      <c r="Q10" t="s">
-        <v>20</v>
+      <c r="Q10">
+        <v>109.92</v>
       </c>
       <c r="R10">
-        <v>314.4</v>
+        <v>336.94</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D11">
-        <v>2250</v>
+        <v>2473</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
-      <c r="L11">
-        <v>109.51</v>
+      <c r="L11" t="s">
+        <v>20</v>
       </c>
       <c r="M11">
-        <v>95.13</v>
+        <v>100</v>
       </c>
       <c r="N11">
-        <v>100</v>
+        <v>125.3</v>
       </c>
       <c r="O11">
-        <v>100</v>
+        <v>94.94</v>
       </c>
       <c r="P11" t="s">
         <v>20</v>
       </c>
-      <c r="Q11" t="s">
-        <v>20</v>
+      <c r="Q11">
+        <v>110.69</v>
       </c>
       <c r="R11">
-        <v>309.51</v>
+        <v>335.99</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>48</v>
+      </c>
+      <c r="D12">
+        <v>2352</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L12">
-        <v>110.62</v>
+        <v>104.61</v>
       </c>
       <c r="M12">
-        <v>99.13</v>
+        <v>109.58</v>
       </c>
       <c r="N12">
-        <v>98.36</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>103.13</v>
+      </c>
+      <c r="O12">
+        <v>106.46</v>
       </c>
       <c r="P12" t="s">
         <v>20</v>
       </c>
-      <c r="Q12" t="s">
-        <v>20</v>
+      <c r="Q12">
+        <v>102.82</v>
       </c>
       <c r="R12">
-        <v>308.11</v>
+        <v>320.65</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D13">
-        <v>2055</v>
+        <v>2266</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
-        <v>108.38</v>
-[...2 lines deleted...]
-        <v>101.42</v>
+        <v>106.21</v>
+      </c>
+      <c r="M13" t="s">
+        <v>20</v>
       </c>
       <c r="N13">
-        <v>95.19</v>
+        <v>112.48</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
         <v>20</v>
       </c>
-      <c r="Q13" t="s">
-        <v>20</v>
+      <c r="Q13">
+        <v>99.3</v>
       </c>
       <c r="R13">
-        <v>304.99</v>
+        <v>317.99</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14">
+        <v>2430</v>
+      </c>
+      <c r="E14" t="s">
         <v>54</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
         <v>55</v>
       </c>
-      <c r="F14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G14" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
-        <v>100</v>
+        <v>112.11</v>
       </c>
       <c r="M14">
-        <v>98.13</v>
+        <v>109.22</v>
       </c>
       <c r="N14">
-        <v>100.76</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>93.69</v>
+      </c>
+      <c r="O14">
+        <v>86.66</v>
       </c>
       <c r="P14" t="s">
         <v>20</v>
       </c>
       <c r="Q14" t="s">
         <v>20</v>
       </c>
       <c r="R14">
-        <v>298.89</v>
+        <v>315.02</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15">
-        <v>2463</v>
+        <v>2234</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>97.03</v>
+        <v>112.36</v>
       </c>
       <c r="M15">
-        <v>97.71</v>
-[...5 lines deleted...]
-        <v>100.4</v>
+        <v>97.48</v>
+      </c>
+      <c r="N15">
+        <v>104.56</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
       </c>
       <c r="P15" t="s">
         <v>20</v>
       </c>
-      <c r="Q15" t="s">
-        <v>20</v>
+      <c r="Q15">
+        <v>90.03</v>
       </c>
       <c r="R15">
-        <v>295.14</v>
+        <v>314.4</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>2425</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
+        <v>2</v>
+      </c>
+      <c r="I16" t="b">
+        <v>1</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16">
         <v>3</v>
       </c>
-      <c r="I16" t="b">
-[...9 lines deleted...]
-        <v>115.78</v>
+      <c r="L16" t="s">
+        <v>20</v>
       </c>
       <c r="M16">
-        <v>109.04</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>110.4</v>
+      </c>
+      <c r="N16">
+        <v>102</v>
+      </c>
+      <c r="O16">
+        <v>100</v>
       </c>
       <c r="P16" t="s">
         <v>20</v>
       </c>
       <c r="Q16" t="s">
         <v>20</v>
       </c>
       <c r="R16">
-        <v>224.82</v>
+        <v>312.4</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" t="s">
+        <v>25</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="B17" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I17" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J17" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K17">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>3</v>
+      </c>
+      <c r="L17" t="s">
+        <v>20</v>
+      </c>
+      <c r="M17">
+        <v>108.28</v>
       </c>
       <c r="N17">
-        <v>112.48</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>94.84</v>
+      </c>
+      <c r="O17">
+        <v>107.55</v>
       </c>
       <c r="P17" t="s">
         <v>20</v>
       </c>
       <c r="Q17" t="s">
         <v>20</v>
       </c>
       <c r="R17">
-        <v>218.69</v>
+        <v>310.67</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
+        <v>61</v>
+      </c>
+      <c r="D18">
+        <v>2472</v>
       </c>
       <c r="E18" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G18" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J18" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>110.32</v>
+        <v>111.01</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
-      <c r="N18" t="s">
-[...2 lines deleted...]
-      <c r="O18">
+      <c r="N18">
+        <v>99.29</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q18">
         <v>100</v>
       </c>
-      <c r="P18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R18">
-        <v>210.32</v>
+        <v>310.3</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C19" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D19">
-        <v>2472</v>
+        <v>2250</v>
       </c>
       <c r="E19" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G19" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I19" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J19" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K19">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L19">
-        <v>111.01</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>109.51</v>
+      </c>
+      <c r="M19">
+        <v>95.13</v>
       </c>
       <c r="N19">
-        <v>99.29</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>100</v>
+      </c>
+      <c r="O19">
+        <v>100</v>
       </c>
       <c r="P19" t="s">
         <v>20</v>
       </c>
-      <c r="Q19" t="s">
-        <v>20</v>
+      <c r="Q19">
+        <v>100</v>
       </c>
       <c r="R19">
-        <v>210.3</v>
+        <v>309.51</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C20" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>2470</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="F20" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I20" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J20" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L20">
-        <v>94.5</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>110.62</v>
+      </c>
+      <c r="M20">
+        <v>99.13</v>
       </c>
       <c r="N20">
-        <v>100</v>
+        <v>98.36</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
         <v>20</v>
       </c>
       <c r="Q20" t="s">
         <v>20</v>
       </c>
       <c r="R20">
-        <v>194.5</v>
+        <v>308.11</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="C21" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D21">
-        <v>2471</v>
+        <v>2055</v>
       </c>
       <c r="E21" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="F21" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I21" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J21" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>90.38</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>108.38</v>
+      </c>
+      <c r="M21">
+        <v>101.42</v>
       </c>
       <c r="N21">
-        <v>90.48</v>
+        <v>95.19</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
         <v>20</v>
       </c>
       <c r="Q21" t="s">
         <v>20</v>
       </c>
       <c r="R21">
-        <v>180.86</v>
+        <v>304.99</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A22">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="D22">
-        <v>2058</v>
+        <v>2439</v>
       </c>
       <c r="E22" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H22">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I22" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J22" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L22">
-        <v>92.19</v>
-[...8 lines deleted...]
-        <v>84.89</v>
+        <v>100</v>
+      </c>
+      <c r="M22">
+        <v>98.13</v>
+      </c>
+      <c r="N22">
+        <v>100.76</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
       </c>
       <c r="P22" t="s">
         <v>20</v>
       </c>
-      <c r="Q22" t="s">
-        <v>20</v>
+      <c r="Q22">
+        <v>100</v>
       </c>
       <c r="R22">
-        <v>177.08</v>
+        <v>300.76</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C23" t="s">
-        <v>75</v>
+        <v>71</v>
+      </c>
+      <c r="D23">
+        <v>2463</v>
       </c>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H23">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I23" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J23" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L23">
-        <v>85.34</v>
+        <v>97.03</v>
       </c>
       <c r="M23">
-        <v>90.64</v>
+        <v>97.71</v>
       </c>
       <c r="N23" t="s">
         <v>20</v>
       </c>
-      <c r="O23" t="s">
-        <v>20</v>
+      <c r="O23">
+        <v>100.4</v>
       </c>
       <c r="P23" t="s">
         <v>20</v>
       </c>
       <c r="Q23" t="s">
         <v>20</v>
       </c>
       <c r="R23">
-        <v>175.98</v>
+        <v>295.14</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>72</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24">
+        <v>2471</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
         <v>34</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>4</v>
       </c>
       <c r="I24" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K24">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>90.38</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
-      <c r="N24" t="s">
-[...3 lines deleted...]
-        <v>139.11</v>
+      <c r="N24">
+        <v>90.48</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
       </c>
       <c r="P24" t="s">
         <v>20</v>
       </c>
-      <c r="Q24" t="s">
-        <v>20</v>
+      <c r="Q24">
+        <v>86.53</v>
       </c>
       <c r="R24">
-        <v>139.11</v>
+        <v>267.39</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K25">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>3</v>
+      </c>
+      <c r="L25" t="s">
+        <v>20</v>
+      </c>
+      <c r="M25">
+        <v>60.33</v>
+      </c>
+      <c r="N25">
+        <v>60.03</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
         <v>20</v>
       </c>
-      <c r="Q25" t="s">
-        <v>20</v>
+      <c r="Q25">
+        <v>54.65</v>
       </c>
       <c r="R25">
-        <v>133.42</v>
+        <v>175.01</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="C26" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="E26" t="s">
-        <v>82</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I26" t="b">
         <v>0</v>
       </c>
       <c r="J26" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L26" t="s">
         <v>20</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
-      <c r="N26" t="s">
-[...3 lines deleted...]
-        <v>124.92</v>
+      <c r="N26">
+        <v>124.08</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
       </c>
       <c r="P26" t="s">
         <v>20</v>
       </c>
-      <c r="Q26" t="s">
-        <v>20</v>
+      <c r="Q26">
+        <v>101.48</v>
       </c>
       <c r="R26">
-        <v>124.92</v>
+        <v>225.56</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>2446</v>
+        <v>77</v>
       </c>
       <c r="E27" t="s">
-        <v>85</v>
+        <v>25</v>
       </c>
       <c r="F27" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I27" t="b">
         <v>0</v>
       </c>
       <c r="J27" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K27">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>2</v>
+      </c>
+      <c r="L27" t="s">
+        <v>20</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
-      <c r="N27" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="N27">
+        <v>107.23</v>
+      </c>
+      <c r="O27">
+        <v>113.05</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
       <c r="Q27" t="s">
         <v>20</v>
       </c>
       <c r="R27">
-        <v>122</v>
+        <v>220.28</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="C28" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H28">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I28" t="b">
         <v>0</v>
       </c>
       <c r="J28" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L28">
-        <v>118.11</v>
+        <v>110.32</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>20</v>
       </c>
-      <c r="O28" t="s">
-        <v>20</v>
+      <c r="O28">
+        <v>100</v>
       </c>
       <c r="P28" t="s">
         <v>20</v>
       </c>
       <c r="Q28" t="s">
         <v>20</v>
       </c>
       <c r="R28">
-        <v>118.11</v>
+        <v>210.32</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A29">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="C29" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="F29" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I29" t="b">
         <v>0</v>
       </c>
       <c r="J29" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K29">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>20</v>
+        <v>2</v>
+      </c>
+      <c r="L29" t="s">
+        <v>20</v>
+      </c>
+      <c r="M29">
+        <v>104.14</v>
+      </c>
+      <c r="N29">
+        <v>104.09</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
         <v>20</v>
       </c>
       <c r="Q29" t="s">
         <v>20</v>
       </c>
       <c r="R29">
-        <v>117.94</v>
+        <v>208.23</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A30">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="F30" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>5</v>
       </c>
       <c r="I30" t="b">
         <v>0</v>
       </c>
       <c r="J30" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L30" t="s">
         <v>20</v>
       </c>
-      <c r="M30" t="s">
-        <v>20</v>
+      <c r="M30">
+        <v>108.18</v>
       </c>
       <c r="N30" t="s">
         <v>20</v>
       </c>
       <c r="O30">
-        <v>113.18</v>
+        <v>99.33</v>
       </c>
       <c r="P30" t="s">
         <v>20</v>
       </c>
       <c r="Q30" t="s">
         <v>20</v>
       </c>
       <c r="R30">
-        <v>113.18</v>
+        <v>207.51</v>
       </c>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A31">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C31" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="E31" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="F31" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H31">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K31">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L31" t="s">
         <v>20</v>
       </c>
-      <c r="M31" t="s">
-[...6 lines deleted...]
-        <v>111.11</v>
+      <c r="M31">
+        <v>99.93</v>
+      </c>
+      <c r="N31">
+        <v>100.72</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
       </c>
       <c r="P31" t="s">
         <v>20</v>
       </c>
       <c r="Q31" t="s">
         <v>20</v>
       </c>
       <c r="R31">
-        <v>111.11</v>
+        <v>200.65</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A32">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
-        <v>94</v>
+        <v>88</v>
+      </c>
+      <c r="D32">
+        <v>2470</v>
       </c>
       <c r="E32" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F32" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
+        <v>1</v>
+      </c>
+      <c r="I32" t="b">
+        <v>0</v>
+      </c>
+      <c r="J32" t="s">
+        <v>75</v>
+      </c>
+      <c r="K32">
         <v>2</v>
       </c>
-      <c r="I32" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L32">
-        <v>106.86</v>
+        <v>94.5</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
-      <c r="N32" t="s">
-        <v>20</v>
+      <c r="N32">
+        <v>100</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
         <v>20</v>
       </c>
       <c r="Q32" t="s">
         <v>20</v>
       </c>
       <c r="R32">
-        <v>106.86</v>
+        <v>194.5</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F33" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I33" t="b">
         <v>0</v>
       </c>
       <c r="J33" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K33">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>2</v>
+      </c>
+      <c r="L33" t="s">
+        <v>20</v>
+      </c>
+      <c r="M33">
+        <v>94.32</v>
       </c>
       <c r="N33" t="s">
         <v>20</v>
       </c>
-      <c r="O33" t="s">
-        <v>20</v>
+      <c r="O33">
+        <v>98.69</v>
       </c>
       <c r="P33" t="s">
         <v>20</v>
       </c>
       <c r="Q33" t="s">
         <v>20</v>
       </c>
       <c r="R33">
-        <v>105.92</v>
+        <v>193.01</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A34">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="E34" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H34">
+        <v>6</v>
+      </c>
+      <c r="I34" t="b">
+        <v>0</v>
+      </c>
+      <c r="J34" t="s">
+        <v>75</v>
+      </c>
+      <c r="K34">
         <v>2</v>
       </c>
-      <c r="I34" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L34" t="s">
         <v>20</v>
       </c>
-      <c r="M34" t="s">
-        <v>20</v>
+      <c r="M34">
+        <v>93.64</v>
       </c>
       <c r="N34" t="s">
         <v>20</v>
       </c>
       <c r="O34">
-        <v>105.64</v>
+        <v>98.86</v>
       </c>
       <c r="P34" t="s">
         <v>20</v>
       </c>
       <c r="Q34" t="s">
         <v>20</v>
       </c>
       <c r="R34">
-        <v>105.64</v>
+        <v>192.5</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A35">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="E35" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H35">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I35" t="b">
         <v>0</v>
       </c>
       <c r="J35" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L35" t="s">
         <v>20</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
-      <c r="N35" t="s">
-[...3 lines deleted...]
-        <v>101.49</v>
+      <c r="N35">
+        <v>100.19</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
       </c>
       <c r="P35" t="s">
         <v>20</v>
       </c>
-      <c r="Q35" t="s">
-        <v>20</v>
+      <c r="Q35">
+        <v>91.2</v>
       </c>
       <c r="R35">
-        <v>101.49</v>
+        <v>191.39</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="C36" t="s">
-        <v>103</v>
+        <v>67</v>
+      </c>
+      <c r="D36">
+        <v>2058</v>
       </c>
       <c r="E36" t="s">
         <v>25</v>
       </c>
       <c r="F36" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="G36" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I36" t="b">
         <v>0</v>
       </c>
       <c r="J36" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K36">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>2</v>
+      </c>
+      <c r="L36">
+        <v>92.19</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
         <v>20</v>
       </c>
       <c r="O36">
-        <v>100.88</v>
+        <v>84.89</v>
       </c>
       <c r="P36" t="s">
         <v>20</v>
       </c>
       <c r="Q36" t="s">
         <v>20</v>
       </c>
       <c r="R36">
-        <v>100.88</v>
+        <v>177.08</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A37">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="E37" t="s">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="F37" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I37" t="b">
         <v>0</v>
       </c>
       <c r="J37" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K37">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>2</v>
+      </c>
+      <c r="L37">
+        <v>85.34</v>
+      </c>
+      <c r="M37">
+        <v>90.64</v>
       </c>
       <c r="N37" t="s">
         <v>20</v>
       </c>
-      <c r="O37">
-        <v>100</v>
+      <c r="O37" t="s">
+        <v>20</v>
       </c>
       <c r="P37" t="s">
         <v>20</v>
       </c>
       <c r="Q37" t="s">
         <v>20</v>
       </c>
       <c r="R37">
-        <v>100</v>
+        <v>175.98</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A38">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="E38" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I38" t="b">
         <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38" t="s">
         <v>20</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
         <v>20</v>
       </c>
       <c r="O38">
-        <v>99.8</v>
+        <v>139.11</v>
       </c>
       <c r="P38" t="s">
         <v>20</v>
       </c>
       <c r="Q38" t="s">
         <v>20</v>
       </c>
       <c r="R38">
-        <v>99.8</v>
+        <v>139.11</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A39">
-        <v>76</v>
+        <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>2443</v>
+        <v>100</v>
       </c>
       <c r="E39" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="F39" t="s">
-        <v>71</v>
+        <v>55</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>4</v>
       </c>
       <c r="I39" t="b">
         <v>0</v>
       </c>
       <c r="J39" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
-        <v>99.4</v>
+        <v>133.42</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
         <v>20</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
         <v>20</v>
       </c>
       <c r="Q39" t="s">
         <v>20</v>
       </c>
       <c r="R39">
-        <v>99.4</v>
+        <v>133.42</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A40">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>113</v>
+        <v>91</v>
+      </c>
+      <c r="D40">
+        <v>1933</v>
       </c>
       <c r="E40" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="F40" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I40" t="b">
         <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
-      <c r="L40">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L40" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40">
+        <v>127.41</v>
       </c>
       <c r="N40" t="s">
         <v>20</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
         <v>20</v>
       </c>
       <c r="Q40" t="s">
         <v>20</v>
       </c>
       <c r="R40">
-        <v>97.12</v>
+        <v>127.41</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A41">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>2263</v>
+        <v>104</v>
       </c>
       <c r="E41" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
       <c r="F41" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="I41" t="b">
         <v>0</v>
       </c>
       <c r="J41" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41" t="s">
         <v>20</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
         <v>20</v>
       </c>
       <c r="O41">
-        <v>96.59</v>
+        <v>124.92</v>
       </c>
       <c r="P41" t="s">
         <v>20</v>
       </c>
       <c r="Q41" t="s">
         <v>20</v>
       </c>
       <c r="R41">
-        <v>96.59</v>
+        <v>124.92</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>107</v>
+      </c>
+      <c r="D42">
+        <v>2446</v>
       </c>
       <c r="E42" t="s">
-        <v>67</v>
+        <v>108</v>
       </c>
       <c r="F42" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
-        <v>95.2</v>
+        <v>122</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
         <v>20</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
         <v>20</v>
       </c>
       <c r="Q42" t="s">
         <v>20</v>
       </c>
       <c r="R42">
-        <v>95.2</v>
+        <v>122</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A43">
-        <v>86</v>
+        <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>79</v>
+        <v>110</v>
+      </c>
+      <c r="D43">
+        <v>1987</v>
       </c>
       <c r="E43" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="F43" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G43" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
-      <c r="L43">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L43" t="s">
+        <v>20</v>
+      </c>
+      <c r="M43">
+        <v>118.92</v>
       </c>
       <c r="N43" t="s">
         <v>20</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
         <v>20</v>
       </c>
       <c r="Q43" t="s">
         <v>20</v>
       </c>
       <c r="R43">
-        <v>93.52</v>
+        <v>118.92</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A44">
-        <v>89</v>
+        <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="C44" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E44" t="s">
-        <v>119</v>
+        <v>25</v>
       </c>
       <c r="F44" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G44" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
-      <c r="L44" t="s">
-        <v>20</v>
+      <c r="L44">
+        <v>118.11</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
         <v>20</v>
       </c>
-      <c r="O44">
-        <v>92.03</v>
+      <c r="O44" t="s">
+        <v>20</v>
       </c>
       <c r="P44" t="s">
         <v>20</v>
       </c>
       <c r="Q44" t="s">
         <v>20</v>
       </c>
       <c r="R44">
-        <v>92.03</v>
+        <v>118.11</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A45">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>120</v>
+        <v>42</v>
       </c>
       <c r="C45" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="E45" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F45" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G45" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
-        <v>92.01</v>
+        <v>117.94</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
         <v>20</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
         <v>20</v>
       </c>
       <c r="Q45" t="s">
         <v>20</v>
       </c>
       <c r="R45">
-        <v>92.01</v>
+        <v>117.94</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46">
-        <v>92</v>
+        <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
-        <v>123</v>
+        <v>116</v>
+      </c>
+      <c r="D46">
+        <v>1830</v>
       </c>
       <c r="E46" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
         <v>20</v>
       </c>
-      <c r="M46" t="s">
-        <v>20</v>
+      <c r="M46">
+        <v>117.39</v>
       </c>
       <c r="N46" t="s">
         <v>20</v>
       </c>
-      <c r="O46">
-        <v>89.57</v>
+      <c r="O46" t="s">
+        <v>20</v>
       </c>
       <c r="P46" t="s">
         <v>20</v>
       </c>
       <c r="Q46" t="s">
         <v>20</v>
       </c>
       <c r="R46">
-        <v>89.57</v>
+        <v>117.39</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="C47" t="s">
-        <v>125</v>
+        <v>119</v>
+      </c>
+      <c r="D47">
+        <v>2235</v>
       </c>
       <c r="E47" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="F47" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H47">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
-      <c r="L47">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L47" t="s">
+        <v>20</v>
+      </c>
+      <c r="M47">
+        <v>116.4</v>
       </c>
       <c r="N47" t="s">
         <v>20</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
         <v>20</v>
       </c>
       <c r="Q47" t="s">
         <v>20</v>
       </c>
       <c r="R47">
-        <v>88.65</v>
+        <v>116.4</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E48" t="s">
-        <v>25</v>
+        <v>123</v>
       </c>
       <c r="F48" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G48" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
-      <c r="L48">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L48" t="s">
+        <v>20</v>
+      </c>
+      <c r="M48">
+        <v>113.38</v>
       </c>
       <c r="N48" t="s">
         <v>20</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
         <v>20</v>
       </c>
       <c r="Q48" t="s">
         <v>20</v>
       </c>
       <c r="R48">
-        <v>85.98</v>
+        <v>113.38</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49">
-        <v>95</v>
+        <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>64</v>
+        <v>125</v>
       </c>
       <c r="E49" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="G49" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
-      <c r="L49">
-        <v>85.93</v>
+      <c r="L49" t="s">
+        <v>20</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
         <v>20</v>
       </c>
-      <c r="O49" t="s">
-        <v>20</v>
+      <c r="O49">
+        <v>113.18</v>
       </c>
       <c r="P49" t="s">
         <v>20</v>
       </c>
       <c r="Q49" t="s">
         <v>20</v>
       </c>
       <c r="R49">
-        <v>85.93</v>
+        <v>113.18</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>125</v>
+        <v>110</v>
+      </c>
+      <c r="D50">
+        <v>1988</v>
       </c>
       <c r="E50" t="s">
-        <v>25</v>
+        <v>111</v>
       </c>
       <c r="F50" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G50" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H50">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
-      <c r="L50">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L50" t="s">
+        <v>20</v>
+      </c>
+      <c r="M50">
+        <v>112.18</v>
       </c>
       <c r="N50" t="s">
         <v>20</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
         <v>20</v>
       </c>
       <c r="Q50" t="s">
         <v>20</v>
       </c>
       <c r="R50">
-        <v>83.92</v>
+        <v>112.18</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A51">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>127</v>
+      </c>
+      <c r="C51" t="s">
+        <v>128</v>
+      </c>
+      <c r="E51" t="s">
         <v>129</v>
       </c>
-      <c r="C51" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51" t="s">
         <v>20</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
         <v>20</v>
       </c>
       <c r="O51">
-        <v>82.27</v>
+        <v>111.11</v>
       </c>
       <c r="P51" t="s">
         <v>20</v>
       </c>
       <c r="Q51" t="s">
         <v>20</v>
       </c>
       <c r="R51">
-        <v>82.27</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A52">
-        <v>103</v>
+        <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C52" t="s">
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="D52">
+        <v>2423</v>
       </c>
       <c r="E52" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="F52" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H52">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52" t="s">
         <v>20</v>
       </c>
-      <c r="M52" t="s">
-        <v>20</v>
+      <c r="M52">
+        <v>110.98</v>
       </c>
       <c r="N52" t="s">
         <v>20</v>
       </c>
-      <c r="O52">
-        <v>76.89</v>
+      <c r="O52" t="s">
+        <v>20</v>
       </c>
       <c r="P52" t="s">
         <v>20</v>
       </c>
       <c r="Q52" t="s">
         <v>20</v>
       </c>
       <c r="R52">
-        <v>76.89</v>
+        <v>110.98</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A53">
-        <v>104</v>
+        <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" t="s">
         <v>133</v>
       </c>
-      <c r="C53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>67</v>
+        <v>134</v>
       </c>
       <c r="F53" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
-      <c r="L53">
-        <v>75.21</v>
+      <c r="L53" t="s">
+        <v>20</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
         <v>20</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
         <v>20</v>
       </c>
-      <c r="Q53" t="s">
-        <v>20</v>
+      <c r="Q53">
+        <v>110.64</v>
       </c>
       <c r="R53">
-        <v>75.21</v>
+        <v>110.64</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54">
-        <v>106</v>
+        <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>2453</v>
+        <v>122</v>
       </c>
       <c r="E54" t="s">
-        <v>25</v>
+        <v>123</v>
       </c>
       <c r="F54" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H54">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
-      <c r="L54">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L54" t="s">
+        <v>20</v>
+      </c>
+      <c r="M54">
+        <v>110.03</v>
       </c>
       <c r="N54" t="s">
         <v>20</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
         <v>20</v>
       </c>
       <c r="Q54" t="s">
         <v>20</v>
       </c>
       <c r="R54">
-        <v>72.41</v>
+        <v>110.03</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A55">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>136</v>
       </c>
       <c r="C55" t="s">
-        <v>103</v>
+        <v>77</v>
+      </c>
+      <c r="D55">
+        <v>2149</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
         <v>20</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
         <v>20</v>
       </c>
-      <c r="O55">
-        <v>68.03</v>
+      <c r="O55" t="s">
+        <v>20</v>
       </c>
       <c r="P55" t="s">
         <v>20</v>
       </c>
-      <c r="Q55" t="s">
-        <v>20</v>
+      <c r="Q55">
+        <v>108.99</v>
       </c>
       <c r="R55">
-        <v>68.03</v>
+        <v>108.99</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" t="s">
+        <v>137</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
+        <v>9</v>
+      </c>
+      <c r="I56" t="b">
+        <v>0</v>
+      </c>
+      <c r="J56" t="s">
+        <v>75</v>
+      </c>
+      <c r="K56">
+        <v>1</v>
+      </c>
+      <c r="L56" t="s">
+        <v>20</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
+        <v>20</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q56">
+        <v>107.86</v>
+      </c>
+      <c r="R56">
+        <v>107.86</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" t="s">
+        <v>112</v>
+      </c>
+      <c r="C57" t="s">
+        <v>139</v>
+      </c>
+      <c r="E57" t="s">
+        <v>140</v>
+      </c>
+      <c r="F57" t="s">
+        <v>90</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2</v>
+      </c>
+      <c r="I57" t="b">
+        <v>0</v>
+      </c>
+      <c r="J57" t="s">
+        <v>75</v>
+      </c>
+      <c r="K57">
+        <v>1</v>
+      </c>
+      <c r="L57">
+        <v>106.86</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
+        <v>20</v>
+      </c>
+      <c r="O57" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>20</v>
+      </c>
+      <c r="R57">
+        <v>106.86</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" t="s">
+        <v>45</v>
+      </c>
+      <c r="C58" t="s">
+        <v>141</v>
+      </c>
+      <c r="D58">
+        <v>2034</v>
+      </c>
+      <c r="E58" t="s">
+        <v>142</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58">
+        <v>10</v>
+      </c>
+      <c r="I58" t="b">
+        <v>0</v>
+      </c>
+      <c r="J58" t="s">
+        <v>75</v>
+      </c>
+      <c r="K58">
+        <v>1</v>
+      </c>
+      <c r="L58" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58">
+        <v>106.44</v>
+      </c>
+      <c r="N58" t="s">
+        <v>20</v>
+      </c>
+      <c r="O58" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>20</v>
+      </c>
+      <c r="R58">
+        <v>106.44</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" t="s">
+        <v>144</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>55</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>8</v>
+      </c>
+      <c r="I59" t="b">
+        <v>0</v>
+      </c>
+      <c r="J59" t="s">
+        <v>75</v>
+      </c>
+      <c r="K59">
+        <v>1</v>
+      </c>
+      <c r="L59">
+        <v>105.92</v>
+      </c>
+      <c r="M59" t="s">
+        <v>20</v>
+      </c>
+      <c r="N59" t="s">
+        <v>20</v>
+      </c>
+      <c r="O59" t="s">
+        <v>20</v>
+      </c>
+      <c r="P59" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>20</v>
+      </c>
+      <c r="R59">
+        <v>105.92</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" t="s">
+        <v>145</v>
+      </c>
+      <c r="C60" t="s">
+        <v>104</v>
+      </c>
+      <c r="E60" t="s">
+        <v>105</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>35</v>
+      </c>
+      <c r="H60">
+        <v>3</v>
+      </c>
+      <c r="I60" t="b">
+        <v>0</v>
+      </c>
+      <c r="J60" t="s">
+        <v>75</v>
+      </c>
+      <c r="K60">
+        <v>1</v>
+      </c>
+      <c r="L60" t="s">
+        <v>20</v>
+      </c>
+      <c r="M60" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" t="s">
+        <v>20</v>
+      </c>
+      <c r="O60">
+        <v>105.64</v>
+      </c>
+      <c r="P60" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>20</v>
+      </c>
+      <c r="R60">
+        <v>105.64</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
+        <v>146</v>
+      </c>
+      <c r="C61" t="s">
+        <v>147</v>
+      </c>
+      <c r="E61" t="s">
+        <v>82</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>35</v>
+      </c>
+      <c r="H61">
+        <v>11</v>
+      </c>
+      <c r="I61" t="b">
+        <v>0</v>
+      </c>
+      <c r="J61" t="s">
+        <v>75</v>
+      </c>
+      <c r="K61">
+        <v>1</v>
+      </c>
+      <c r="L61" t="s">
+        <v>20</v>
+      </c>
+      <c r="M61">
+        <v>105.5</v>
+      </c>
+      <c r="N61" t="s">
+        <v>20</v>
+      </c>
+      <c r="O61" t="s">
+        <v>20</v>
+      </c>
+      <c r="P61" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>20</v>
+      </c>
+      <c r="R61">
+        <v>105.5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>148</v>
+      </c>
+      <c r="C62" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62">
+        <v>578</v>
+      </c>
+      <c r="E62" t="s">
+        <v>120</v>
+      </c>
+      <c r="F62" t="s">
+        <v>29</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>5</v>
+      </c>
+      <c r="I62" t="b">
+        <v>0</v>
+      </c>
+      <c r="J62" t="s">
+        <v>75</v>
+      </c>
+      <c r="K62">
+        <v>1</v>
+      </c>
+      <c r="L62" t="s">
+        <v>20</v>
+      </c>
+      <c r="M62">
+        <v>104.84</v>
+      </c>
+      <c r="N62" t="s">
+        <v>20</v>
+      </c>
+      <c r="O62" t="s">
+        <v>20</v>
+      </c>
+      <c r="P62" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>20</v>
+      </c>
+      <c r="R62">
+        <v>104.84</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63" t="s">
+        <v>149</v>
+      </c>
+      <c r="C63" t="s">
+        <v>141</v>
+      </c>
+      <c r="E63" t="s">
+        <v>82</v>
+      </c>
+      <c r="F63" t="s">
+        <v>29</v>
+      </c>
+      <c r="G63" t="s">
+        <v>35</v>
+      </c>
+      <c r="H63">
+        <v>4</v>
+      </c>
+      <c r="I63" t="b">
+        <v>0</v>
+      </c>
+      <c r="J63" t="s">
+        <v>75</v>
+      </c>
+      <c r="K63">
+        <v>1</v>
+      </c>
+      <c r="L63" t="s">
+        <v>20</v>
+      </c>
+      <c r="M63">
+        <v>104.7</v>
+      </c>
+      <c r="N63" t="s">
+        <v>20</v>
+      </c>
+      <c r="O63" t="s">
+        <v>20</v>
+      </c>
+      <c r="P63" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>20</v>
+      </c>
+      <c r="R63">
+        <v>104.7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A64">
+        <v>63</v>
+      </c>
+      <c r="B64" t="s">
+        <v>150</v>
+      </c>
+      <c r="C64" t="s">
+        <v>151</v>
+      </c>
+      <c r="E64" t="s">
+        <v>82</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>35</v>
+      </c>
+      <c r="H64">
+        <v>12</v>
+      </c>
+      <c r="I64" t="b">
+        <v>0</v>
+      </c>
+      <c r="J64" t="s">
+        <v>75</v>
+      </c>
+      <c r="K64">
+        <v>1</v>
+      </c>
+      <c r="L64" t="s">
+        <v>20</v>
+      </c>
+      <c r="M64">
+        <v>104.57</v>
+      </c>
+      <c r="N64" t="s">
+        <v>20</v>
+      </c>
+      <c r="O64" t="s">
+        <v>20</v>
+      </c>
+      <c r="P64" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>20</v>
+      </c>
+      <c r="R64">
+        <v>104.57</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A65">
+        <v>64</v>
+      </c>
+      <c r="B65" t="s">
+        <v>152</v>
+      </c>
+      <c r="C65" t="s">
+        <v>153</v>
+      </c>
+      <c r="D65">
+        <v>1901</v>
+      </c>
+      <c r="E65" t="s">
+        <v>111</v>
+      </c>
+      <c r="F65" t="s">
+        <v>55</v>
+      </c>
+      <c r="G65" t="s">
+        <v>35</v>
+      </c>
+      <c r="H65">
+        <v>2</v>
+      </c>
+      <c r="I65" t="b">
+        <v>0</v>
+      </c>
+      <c r="J65" t="s">
+        <v>75</v>
+      </c>
+      <c r="K65">
+        <v>1</v>
+      </c>
+      <c r="L65" t="s">
+        <v>20</v>
+      </c>
+      <c r="M65">
+        <v>103.12</v>
+      </c>
+      <c r="N65" t="s">
+        <v>20</v>
+      </c>
+      <c r="O65" t="s">
+        <v>20</v>
+      </c>
+      <c r="P65" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>20</v>
+      </c>
+      <c r="R65">
+        <v>103.12</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66" t="s">
+        <v>72</v>
+      </c>
+      <c r="C66" t="s">
+        <v>154</v>
+      </c>
+      <c r="E66" t="s">
+        <v>155</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>12</v>
+      </c>
+      <c r="I66" t="b">
+        <v>0</v>
+      </c>
+      <c r="J66" t="s">
+        <v>75</v>
+      </c>
+      <c r="K66">
+        <v>1</v>
+      </c>
+      <c r="L66" t="s">
+        <v>20</v>
+      </c>
+      <c r="M66" t="s">
+        <v>20</v>
+      </c>
+      <c r="N66">
+        <v>102.89</v>
+      </c>
+      <c r="O66" t="s">
+        <v>20</v>
+      </c>
+      <c r="P66" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>20</v>
+      </c>
+      <c r="R66">
+        <v>102.89</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>156</v>
+      </c>
+      <c r="C67" t="s">
+        <v>86</v>
+      </c>
+      <c r="E67" t="s">
+        <v>155</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>13</v>
+      </c>
+      <c r="I67" t="b">
+        <v>0</v>
+      </c>
+      <c r="J67" t="s">
+        <v>75</v>
+      </c>
+      <c r="K67">
+        <v>1</v>
+      </c>
+      <c r="L67" t="s">
+        <v>20</v>
+      </c>
+      <c r="M67" t="s">
+        <v>20</v>
+      </c>
+      <c r="N67">
+        <v>102.89</v>
+      </c>
+      <c r="O67" t="s">
+        <v>20</v>
+      </c>
+      <c r="P67" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>20</v>
+      </c>
+      <c r="R67">
+        <v>102.89</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68" t="s">
+        <v>157</v>
+      </c>
+      <c r="C68" t="s">
+        <v>158</v>
+      </c>
+      <c r="D68">
+        <v>2069</v>
+      </c>
+      <c r="E68" t="s">
+        <v>159</v>
+      </c>
+      <c r="F68" t="s">
+        <v>29</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>6</v>
+      </c>
+      <c r="I68" t="b">
+        <v>0</v>
+      </c>
+      <c r="J68" t="s">
+        <v>75</v>
+      </c>
+      <c r="K68">
+        <v>1</v>
+      </c>
+      <c r="L68" t="s">
+        <v>20</v>
+      </c>
+      <c r="M68">
+        <v>102.51</v>
+      </c>
+      <c r="N68" t="s">
+        <v>20</v>
+      </c>
+      <c r="O68" t="s">
+        <v>20</v>
+      </c>
+      <c r="P68" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>20</v>
+      </c>
+      <c r="R68">
+        <v>102.51</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>160</v>
+      </c>
+      <c r="C69" t="s">
+        <v>91</v>
+      </c>
+      <c r="D69">
+        <v>1935</v>
+      </c>
+      <c r="E69" t="s">
+        <v>102</v>
+      </c>
+      <c r="F69" t="s">
+        <v>55</v>
+      </c>
+      <c r="G69" t="s">
+        <v>35</v>
+      </c>
+      <c r="H69">
+        <v>3</v>
+      </c>
+      <c r="I69" t="b">
+        <v>0</v>
+      </c>
+      <c r="J69" t="s">
+        <v>75</v>
+      </c>
+      <c r="K69">
+        <v>1</v>
+      </c>
+      <c r="L69" t="s">
+        <v>20</v>
+      </c>
+      <c r="M69">
+        <v>102.31</v>
+      </c>
+      <c r="N69" t="s">
+        <v>20</v>
+      </c>
+      <c r="O69" t="s">
+        <v>20</v>
+      </c>
+      <c r="P69" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>20</v>
+      </c>
+      <c r="R69">
+        <v>102.31</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70" t="s">
+        <v>161</v>
+      </c>
+      <c r="C70" t="s">
+        <v>162</v>
+      </c>
+      <c r="E70" t="s">
+        <v>163</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>35</v>
+      </c>
+      <c r="H70">
+        <v>13</v>
+      </c>
+      <c r="I70" t="b">
+        <v>0</v>
+      </c>
+      <c r="J70" t="s">
+        <v>75</v>
+      </c>
+      <c r="K70">
+        <v>1</v>
+      </c>
+      <c r="L70" t="s">
+        <v>20</v>
+      </c>
+      <c r="M70" t="s">
+        <v>20</v>
+      </c>
+      <c r="N70" t="s">
+        <v>20</v>
+      </c>
+      <c r="O70">
+        <v>101.49</v>
+      </c>
+      <c r="P70" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>20</v>
+      </c>
+      <c r="R70">
+        <v>101.49</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
+        <v>164</v>
+      </c>
+      <c r="C71" t="s">
+        <v>165</v>
+      </c>
+      <c r="D71">
+        <v>1764</v>
+      </c>
+      <c r="E71" t="s">
+        <v>123</v>
+      </c>
+      <c r="F71" t="s">
+        <v>166</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1</v>
+      </c>
+      <c r="I71" t="b">
+        <v>0</v>
+      </c>
+      <c r="J71" t="s">
+        <v>75</v>
+      </c>
+      <c r="K71">
+        <v>1</v>
+      </c>
+      <c r="L71" t="s">
+        <v>20</v>
+      </c>
+      <c r="M71">
+        <v>101.4</v>
+      </c>
+      <c r="N71" t="s">
+        <v>20</v>
+      </c>
+      <c r="O71" t="s">
+        <v>20</v>
+      </c>
+      <c r="P71" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>20</v>
+      </c>
+      <c r="R71">
+        <v>101.4</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72" t="s">
+        <v>167</v>
+      </c>
+      <c r="C72" t="s">
+        <v>168</v>
+      </c>
+      <c r="E72" t="s">
+        <v>82</v>
+      </c>
+      <c r="F72" t="s">
+        <v>166</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2</v>
+      </c>
+      <c r="I72" t="b">
+        <v>0</v>
+      </c>
+      <c r="J72" t="s">
+        <v>75</v>
+      </c>
+      <c r="K72">
+        <v>1</v>
+      </c>
+      <c r="L72" t="s">
+        <v>20</v>
+      </c>
+      <c r="M72">
+        <v>100.91</v>
+      </c>
+      <c r="N72" t="s">
+        <v>20</v>
+      </c>
+      <c r="O72" t="s">
+        <v>20</v>
+      </c>
+      <c r="P72" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>20</v>
+      </c>
+      <c r="R72">
+        <v>100.91</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73" t="s">
+        <v>169</v>
+      </c>
+      <c r="C73" t="s">
+        <v>170</v>
+      </c>
+      <c r="E73" t="s">
+        <v>25</v>
+      </c>
+      <c r="F73" t="s">
+        <v>34</v>
+      </c>
+      <c r="G73" t="s">
+        <v>35</v>
+      </c>
+      <c r="H73">
+        <v>14</v>
+      </c>
+      <c r="I73" t="b">
+        <v>0</v>
+      </c>
+      <c r="J73" t="s">
+        <v>75</v>
+      </c>
+      <c r="K73">
+        <v>1</v>
+      </c>
+      <c r="L73" t="s">
+        <v>20</v>
+      </c>
+      <c r="M73" t="s">
+        <v>20</v>
+      </c>
+      <c r="N73" t="s">
+        <v>20</v>
+      </c>
+      <c r="O73">
+        <v>100.88</v>
+      </c>
+      <c r="P73" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>20</v>
+      </c>
+      <c r="R73">
+        <v>100.88</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74" t="s">
+        <v>106</v>
+      </c>
+      <c r="C74" t="s">
+        <v>171</v>
+      </c>
+      <c r="E74" t="s">
+        <v>134</v>
+      </c>
+      <c r="F74" t="s">
+        <v>44</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>10</v>
+      </c>
+      <c r="I74" t="b">
+        <v>0</v>
+      </c>
+      <c r="J74" t="s">
+        <v>75</v>
+      </c>
+      <c r="K74">
+        <v>1</v>
+      </c>
+      <c r="L74" t="s">
+        <v>20</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" t="s">
+        <v>20</v>
+      </c>
+      <c r="O74" t="s">
+        <v>20</v>
+      </c>
+      <c r="P74" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q74">
+        <v>100.84</v>
+      </c>
+      <c r="R74">
+        <v>100.84</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75" t="s">
+        <v>172</v>
+      </c>
+      <c r="C75" t="s">
+        <v>91</v>
+      </c>
+      <c r="D75">
+        <v>1934</v>
+      </c>
+      <c r="E75" t="s">
+        <v>102</v>
+      </c>
+      <c r="F75" t="s">
+        <v>90</v>
+      </c>
+      <c r="G75" t="s">
+        <v>35</v>
+      </c>
+      <c r="H75">
+        <v>1</v>
+      </c>
+      <c r="I75" t="b">
+        <v>0</v>
+      </c>
+      <c r="J75" t="s">
+        <v>75</v>
+      </c>
+      <c r="K75">
+        <v>1</v>
+      </c>
+      <c r="L75" t="s">
+        <v>20</v>
+      </c>
+      <c r="M75">
+        <v>100</v>
+      </c>
+      <c r="N75" t="s">
+        <v>20</v>
+      </c>
+      <c r="O75" t="s">
+        <v>20</v>
+      </c>
+      <c r="P75" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>20</v>
+      </c>
+      <c r="R75">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76" t="s">
+        <v>76</v>
+      </c>
+      <c r="C76" t="s">
+        <v>173</v>
+      </c>
+      <c r="E76" t="s">
+        <v>174</v>
+      </c>
+      <c r="F76" t="s">
+        <v>90</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>3</v>
+      </c>
+      <c r="I76" t="b">
+        <v>0</v>
+      </c>
+      <c r="J76" t="s">
+        <v>75</v>
+      </c>
+      <c r="K76">
+        <v>1</v>
+      </c>
+      <c r="L76" t="s">
+        <v>20</v>
+      </c>
+      <c r="M76">
+        <v>100</v>
+      </c>
+      <c r="N76" t="s">
+        <v>20</v>
+      </c>
+      <c r="O76" t="s">
+        <v>20</v>
+      </c>
+      <c r="P76" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>20</v>
+      </c>
+      <c r="R76">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77" t="s">
+        <v>175</v>
+      </c>
+      <c r="C77" t="s">
+        <v>176</v>
+      </c>
+      <c r="E77" t="s">
+        <v>177</v>
+      </c>
+      <c r="F77" t="s">
+        <v>166</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>3</v>
+      </c>
+      <c r="I77" t="b">
+        <v>0</v>
+      </c>
+      <c r="J77" t="s">
+        <v>75</v>
+      </c>
+      <c r="K77">
+        <v>1</v>
+      </c>
+      <c r="L77" t="s">
+        <v>20</v>
+      </c>
+      <c r="M77" t="s">
+        <v>20</v>
+      </c>
+      <c r="N77" t="s">
+        <v>20</v>
+      </c>
+      <c r="O77">
+        <v>100</v>
+      </c>
+      <c r="P77" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>20</v>
+      </c>
+      <c r="R77">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78" t="s">
+        <v>178</v>
+      </c>
+      <c r="C78" t="s">
+        <v>179</v>
+      </c>
+      <c r="D78">
+        <v>2025</v>
+      </c>
+      <c r="E78" t="s">
+        <v>180</v>
+      </c>
+      <c r="F78" t="s">
+        <v>166</v>
+      </c>
+      <c r="G78" t="s">
+        <v>35</v>
+      </c>
+      <c r="H78">
+        <v>1</v>
+      </c>
+      <c r="I78" t="b">
+        <v>0</v>
+      </c>
+      <c r="J78" t="s">
+        <v>75</v>
+      </c>
+      <c r="K78">
+        <v>1</v>
+      </c>
+      <c r="L78" t="s">
+        <v>20</v>
+      </c>
+      <c r="M78">
+        <v>100</v>
+      </c>
+      <c r="N78" t="s">
+        <v>20</v>
+      </c>
+      <c r="O78" t="s">
+        <v>20</v>
+      </c>
+      <c r="P78" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>20</v>
+      </c>
+      <c r="R78">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79" t="s">
+        <v>93</v>
+      </c>
+      <c r="C79" t="s">
+        <v>181</v>
+      </c>
+      <c r="E79" t="s">
+        <v>182</v>
+      </c>
+      <c r="F79" t="s">
+        <v>90</v>
+      </c>
+      <c r="G79" t="s">
+        <v>35</v>
+      </c>
+      <c r="H79">
+        <v>2</v>
+      </c>
+      <c r="I79" t="b">
+        <v>0</v>
+      </c>
+      <c r="J79" t="s">
+        <v>75</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
+      </c>
+      <c r="L79" t="s">
+        <v>20</v>
+      </c>
+      <c r="M79" t="s">
+        <v>20</v>
+      </c>
+      <c r="N79" t="s">
+        <v>20</v>
+      </c>
+      <c r="O79" t="s">
+        <v>20</v>
+      </c>
+      <c r="P79" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q79">
+        <v>100</v>
+      </c>
+      <c r="R79">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A80">
+        <v>79</v>
+      </c>
+      <c r="B80" t="s">
+        <v>183</v>
+      </c>
+      <c r="C80" t="s">
+        <v>184</v>
+      </c>
+      <c r="D80">
+        <v>1938</v>
+      </c>
+      <c r="E80" t="s">
+        <v>185</v>
+      </c>
+      <c r="F80" t="s">
+        <v>55</v>
+      </c>
+      <c r="G80" t="s">
+        <v>35</v>
+      </c>
+      <c r="H80">
+        <v>4</v>
+      </c>
+      <c r="I80" t="b">
+        <v>0</v>
+      </c>
+      <c r="J80" t="s">
+        <v>75</v>
+      </c>
+      <c r="K80">
+        <v>1</v>
+      </c>
+      <c r="L80" t="s">
+        <v>20</v>
+      </c>
+      <c r="M80">
+        <v>99.84</v>
+      </c>
+      <c r="N80" t="s">
+        <v>20</v>
+      </c>
+      <c r="O80" t="s">
+        <v>20</v>
+      </c>
+      <c r="P80" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>20</v>
+      </c>
+      <c r="R80">
+        <v>99.84</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A81">
+        <v>80</v>
+      </c>
+      <c r="B81" t="s">
+        <v>186</v>
+      </c>
+      <c r="C81" t="s">
+        <v>84</v>
+      </c>
+      <c r="E81" t="s">
+        <v>82</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>7</v>
+      </c>
+      <c r="I81" t="b">
+        <v>0</v>
+      </c>
+      <c r="J81" t="s">
+        <v>75</v>
+      </c>
+      <c r="K81">
+        <v>1</v>
+      </c>
+      <c r="L81" t="s">
+        <v>20</v>
+      </c>
+      <c r="M81" t="s">
+        <v>20</v>
+      </c>
+      <c r="N81" t="s">
+        <v>20</v>
+      </c>
+      <c r="O81">
+        <v>99.8</v>
+      </c>
+      <c r="P81" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>20</v>
+      </c>
+      <c r="R81">
+        <v>99.8</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A82">
+        <v>81</v>
+      </c>
+      <c r="B82" t="s">
+        <v>187</v>
+      </c>
+      <c r="C82" t="s">
+        <v>188</v>
+      </c>
+      <c r="D82">
+        <v>2443</v>
+      </c>
+      <c r="E82" t="s">
+        <v>33</v>
+      </c>
+      <c r="F82" t="s">
+        <v>90</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>4</v>
+      </c>
+      <c r="I82" t="b">
+        <v>0</v>
+      </c>
+      <c r="J82" t="s">
+        <v>75</v>
+      </c>
+      <c r="K82">
+        <v>1</v>
+      </c>
+      <c r="L82">
+        <v>99.4</v>
+      </c>
+      <c r="M82" t="s">
+        <v>20</v>
+      </c>
+      <c r="N82" t="s">
+        <v>20</v>
+      </c>
+      <c r="O82" t="s">
+        <v>20</v>
+      </c>
+      <c r="P82" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>20</v>
+      </c>
+      <c r="R82">
+        <v>99.4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A83">
+        <v>82</v>
+      </c>
+      <c r="B83" t="s">
+        <v>138</v>
+      </c>
+      <c r="C83" t="s">
+        <v>189</v>
+      </c>
+      <c r="E83" t="s">
+        <v>155</v>
+      </c>
+      <c r="F83" t="s">
+        <v>44</v>
+      </c>
+      <c r="G83" t="s">
+        <v>35</v>
+      </c>
+      <c r="H83">
+        <v>3</v>
+      </c>
+      <c r="I83" t="b">
+        <v>0</v>
+      </c>
+      <c r="J83" t="s">
+        <v>75</v>
+      </c>
+      <c r="K83">
+        <v>1</v>
+      </c>
+      <c r="L83" t="s">
+        <v>20</v>
+      </c>
+      <c r="M83" t="s">
+        <v>20</v>
+      </c>
+      <c r="N83">
+        <v>99.26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>20</v>
+      </c>
+      <c r="P83" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>20</v>
+      </c>
+      <c r="R83">
+        <v>99.26</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A84">
+        <v>83</v>
+      </c>
+      <c r="B84" t="s">
+        <v>190</v>
+      </c>
+      <c r="C84" t="s">
+        <v>191</v>
+      </c>
+      <c r="E84" t="s">
+        <v>82</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>35</v>
+      </c>
+      <c r="H84">
+        <v>15</v>
+      </c>
+      <c r="I84" t="b">
+        <v>0</v>
+      </c>
+      <c r="J84" t="s">
+        <v>75</v>
+      </c>
+      <c r="K84">
+        <v>1</v>
+      </c>
+      <c r="L84" t="s">
+        <v>20</v>
+      </c>
+      <c r="M84">
+        <v>99.1</v>
+      </c>
+      <c r="N84" t="s">
+        <v>20</v>
+      </c>
+      <c r="O84" t="s">
+        <v>20</v>
+      </c>
+      <c r="P84" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>20</v>
+      </c>
+      <c r="R84">
+        <v>99.1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A85">
+        <v>84</v>
+      </c>
+      <c r="B85" t="s">
+        <v>192</v>
+      </c>
+      <c r="C85" t="s">
+        <v>193</v>
+      </c>
+      <c r="E85" t="s">
+        <v>82</v>
+      </c>
+      <c r="F85" t="s">
+        <v>34</v>
+      </c>
+      <c r="G85" t="s">
+        <v>35</v>
+      </c>
+      <c r="H85">
+        <v>16</v>
+      </c>
+      <c r="I85" t="b">
+        <v>0</v>
+      </c>
+      <c r="J85" t="s">
+        <v>75</v>
+      </c>
+      <c r="K85">
+        <v>1</v>
+      </c>
+      <c r="L85" t="s">
+        <v>20</v>
+      </c>
+      <c r="M85">
+        <v>97.94</v>
+      </c>
+      <c r="N85" t="s">
+        <v>20</v>
+      </c>
+      <c r="O85" t="s">
+        <v>20</v>
+      </c>
+      <c r="P85" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>20</v>
+      </c>
+      <c r="R85">
+        <v>97.94</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A86">
+        <v>85</v>
+      </c>
+      <c r="B86" t="s">
+        <v>194</v>
+      </c>
+      <c r="C86" t="s">
+        <v>195</v>
+      </c>
+      <c r="E86" t="s">
+        <v>196</v>
+      </c>
+      <c r="F86" t="s">
+        <v>166</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>4</v>
+      </c>
+      <c r="I86" t="b">
+        <v>0</v>
+      </c>
+      <c r="J86" t="s">
+        <v>75</v>
+      </c>
+      <c r="K86">
+        <v>1</v>
+      </c>
+      <c r="L86" t="s">
+        <v>20</v>
+      </c>
+      <c r="M86">
+        <v>97.76</v>
+      </c>
+      <c r="N86" t="s">
+        <v>20</v>
+      </c>
+      <c r="O86" t="s">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>20</v>
+      </c>
+      <c r="R86">
+        <v>97.76</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A87">
+        <v>86</v>
+      </c>
+      <c r="B87" t="s">
+        <v>70</v>
+      </c>
+      <c r="C87" t="s">
+        <v>197</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>29</v>
+      </c>
+      <c r="G87" t="s">
+        <v>35</v>
+      </c>
+      <c r="H87">
+        <v>5</v>
+      </c>
+      <c r="I87" t="b">
+        <v>0</v>
+      </c>
+      <c r="J87" t="s">
+        <v>75</v>
+      </c>
+      <c r="K87">
+        <v>1</v>
+      </c>
+      <c r="L87">
+        <v>97.12</v>
+      </c>
+      <c r="M87" t="s">
+        <v>20</v>
+      </c>
+      <c r="N87" t="s">
+        <v>20</v>
+      </c>
+      <c r="O87" t="s">
+        <v>20</v>
+      </c>
+      <c r="P87" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>20</v>
+      </c>
+      <c r="R87">
+        <v>97.12</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A88">
+        <v>87</v>
+      </c>
+      <c r="B88" t="s">
+        <v>198</v>
+      </c>
+      <c r="C88" t="s">
+        <v>39</v>
+      </c>
+      <c r="D88">
+        <v>2263</v>
+      </c>
+      <c r="E88" t="s">
+        <v>25</v>
+      </c>
+      <c r="F88" t="s">
+        <v>34</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>14</v>
+      </c>
+      <c r="I88" t="b">
+        <v>0</v>
+      </c>
+      <c r="J88" t="s">
+        <v>75</v>
+      </c>
+      <c r="K88">
+        <v>1</v>
+      </c>
+      <c r="L88" t="s">
+        <v>20</v>
+      </c>
+      <c r="M88" t="s">
+        <v>20</v>
+      </c>
+      <c r="N88" t="s">
+        <v>20</v>
+      </c>
+      <c r="O88">
+        <v>96.59</v>
+      </c>
+      <c r="P88" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>20</v>
+      </c>
+      <c r="R88">
+        <v>96.59</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A89">
+        <v>88</v>
+      </c>
+      <c r="B89" t="s">
+        <v>199</v>
+      </c>
+      <c r="C89" t="s">
+        <v>116</v>
+      </c>
+      <c r="D89">
+        <v>2422</v>
+      </c>
+      <c r="E89" t="s">
+        <v>117</v>
+      </c>
+      <c r="F89" t="s">
+        <v>29</v>
+      </c>
+      <c r="G89" t="s">
+        <v>35</v>
+      </c>
+      <c r="H89">
+        <v>6</v>
+      </c>
+      <c r="I89" t="b">
+        <v>0</v>
+      </c>
+      <c r="J89" t="s">
+        <v>75</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
+      </c>
+      <c r="L89" t="s">
+        <v>20</v>
+      </c>
+      <c r="M89">
+        <v>95.77</v>
+      </c>
+      <c r="N89" t="s">
+        <v>20</v>
+      </c>
+      <c r="O89" t="s">
+        <v>20</v>
+      </c>
+      <c r="P89" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>20</v>
+      </c>
+      <c r="R89">
+        <v>95.77</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90" t="s">
+        <v>126</v>
+      </c>
+      <c r="C90" t="s">
+        <v>200</v>
+      </c>
+      <c r="E90" t="s">
+        <v>62</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>15</v>
+      </c>
+      <c r="I90" t="b">
+        <v>0</v>
+      </c>
+      <c r="J90" t="s">
+        <v>75</v>
+      </c>
+      <c r="K90">
+        <v>1</v>
+      </c>
+      <c r="L90">
+        <v>95.2</v>
+      </c>
+      <c r="M90" t="s">
+        <v>20</v>
+      </c>
+      <c r="N90" t="s">
+        <v>20</v>
+      </c>
+      <c r="O90" t="s">
+        <v>20</v>
+      </c>
+      <c r="P90" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>20</v>
+      </c>
+      <c r="R90">
+        <v>95.2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A91">
+        <v>90</v>
+      </c>
+      <c r="B91" t="s">
+        <v>201</v>
+      </c>
+      <c r="C91" t="s">
+        <v>162</v>
+      </c>
+      <c r="E91" t="s">
+        <v>163</v>
+      </c>
+      <c r="F91" t="s">
+        <v>34</v>
+      </c>
+      <c r="G91" t="s">
+        <v>35</v>
+      </c>
+      <c r="H91">
+        <v>17</v>
+      </c>
+      <c r="I91" t="b">
+        <v>0</v>
+      </c>
+      <c r="J91" t="s">
+        <v>75</v>
+      </c>
+      <c r="K91">
+        <v>1</v>
+      </c>
+      <c r="L91" t="s">
+        <v>20</v>
+      </c>
+      <c r="M91">
+        <v>93.64</v>
+      </c>
+      <c r="N91" t="s">
+        <v>20</v>
+      </c>
+      <c r="O91" t="s">
+        <v>20</v>
+      </c>
+      <c r="P91" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>20</v>
+      </c>
+      <c r="R91">
+        <v>93.64</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A92">
+        <v>91</v>
+      </c>
+      <c r="B92" t="s">
+        <v>202</v>
+      </c>
+      <c r="C92" t="s">
+        <v>100</v>
+      </c>
+      <c r="E92" t="s">
+        <v>25</v>
+      </c>
+      <c r="F92" t="s">
+        <v>34</v>
+      </c>
+      <c r="G92" t="s">
+        <v>35</v>
+      </c>
+      <c r="H92">
+        <v>18</v>
+      </c>
+      <c r="I92" t="b">
+        <v>0</v>
+      </c>
+      <c r="J92" t="s">
+        <v>75</v>
+      </c>
+      <c r="K92">
+        <v>1</v>
+      </c>
+      <c r="L92">
+        <v>93.52</v>
+      </c>
+      <c r="M92" t="s">
+        <v>20</v>
+      </c>
+      <c r="N92" t="s">
+        <v>20</v>
+      </c>
+      <c r="O92" t="s">
+        <v>20</v>
+      </c>
+      <c r="P92" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>20</v>
+      </c>
+      <c r="R92">
+        <v>93.52</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A93">
+        <v>92</v>
+      </c>
+      <c r="B93" t="s">
+        <v>203</v>
+      </c>
+      <c r="C93" t="s">
+        <v>184</v>
+      </c>
+      <c r="D93">
+        <v>1939</v>
+      </c>
+      <c r="E93" t="s">
+        <v>185</v>
+      </c>
+      <c r="F93" t="s">
+        <v>44</v>
+      </c>
+      <c r="G93" t="s">
+        <v>35</v>
+      </c>
+      <c r="H93">
+        <v>4</v>
+      </c>
+      <c r="I93" t="b">
+        <v>0</v>
+      </c>
+      <c r="J93" t="s">
+        <v>75</v>
+      </c>
+      <c r="K93">
+        <v>1</v>
+      </c>
+      <c r="L93" t="s">
+        <v>20</v>
+      </c>
+      <c r="M93">
+        <v>93.28</v>
+      </c>
+      <c r="N93" t="s">
+        <v>20</v>
+      </c>
+      <c r="O93" t="s">
+        <v>20</v>
+      </c>
+      <c r="P93" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>20</v>
+      </c>
+      <c r="R93">
+        <v>93.28</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A94">
+        <v>93</v>
+      </c>
+      <c r="B94" t="s">
+        <v>204</v>
+      </c>
+      <c r="C94" t="s">
+        <v>171</v>
+      </c>
+      <c r="E94" t="s">
+        <v>134</v>
+      </c>
+      <c r="F94" t="s">
+        <v>55</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>9</v>
+      </c>
+      <c r="I94" t="b">
+        <v>0</v>
+      </c>
+      <c r="J94" t="s">
+        <v>75</v>
+      </c>
+      <c r="K94">
+        <v>1</v>
+      </c>
+      <c r="L94" t="s">
+        <v>20</v>
+      </c>
+      <c r="M94" t="s">
+        <v>20</v>
+      </c>
+      <c r="N94" t="s">
+        <v>20</v>
+      </c>
+      <c r="O94" t="s">
+        <v>20</v>
+      </c>
+      <c r="P94" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q94">
+        <v>92.38</v>
+      </c>
+      <c r="R94">
+        <v>92.38</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A95">
+        <v>94</v>
+      </c>
+      <c r="B95" t="s">
+        <v>205</v>
+      </c>
+      <c r="C95" t="s">
+        <v>206</v>
+      </c>
+      <c r="E95" t="s">
+        <v>207</v>
+      </c>
+      <c r="F95" t="s">
+        <v>55</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>10</v>
+      </c>
+      <c r="I95" t="b">
+        <v>0</v>
+      </c>
+      <c r="J95" t="s">
+        <v>75</v>
+      </c>
+      <c r="K95">
+        <v>1</v>
+      </c>
+      <c r="L95" t="s">
+        <v>20</v>
+      </c>
+      <c r="M95">
+        <v>92.21</v>
+      </c>
+      <c r="N95" t="s">
+        <v>20</v>
+      </c>
+      <c r="O95" t="s">
+        <v>20</v>
+      </c>
+      <c r="P95" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>20</v>
+      </c>
+      <c r="R95">
+        <v>92.21</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A96">
+        <v>95</v>
+      </c>
+      <c r="B96" t="s">
+        <v>70</v>
+      </c>
+      <c r="C96" t="s">
+        <v>208</v>
+      </c>
+      <c r="E96" t="s">
+        <v>209</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>35</v>
+      </c>
+      <c r="H96">
+        <v>19</v>
+      </c>
+      <c r="I96" t="b">
+        <v>0</v>
+      </c>
+      <c r="J96" t="s">
+        <v>75</v>
+      </c>
+      <c r="K96">
+        <v>1</v>
+      </c>
+      <c r="L96" t="s">
+        <v>20</v>
+      </c>
+      <c r="M96" t="s">
+        <v>20</v>
+      </c>
+      <c r="N96" t="s">
+        <v>20</v>
+      </c>
+      <c r="O96">
+        <v>92.03</v>
+      </c>
+      <c r="P96" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>20</v>
+      </c>
+      <c r="R96">
+        <v>92.03</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A97">
+        <v>96</v>
+      </c>
+      <c r="B97" t="s">
+        <v>210</v>
+      </c>
+      <c r="C97" t="s">
+        <v>211</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>55</v>
+      </c>
+      <c r="G97" t="s">
+        <v>35</v>
+      </c>
+      <c r="H97">
+        <v>5</v>
+      </c>
+      <c r="I97" t="b">
+        <v>0</v>
+      </c>
+      <c r="J97" t="s">
+        <v>75</v>
+      </c>
+      <c r="K97">
+        <v>1</v>
+      </c>
+      <c r="L97">
+        <v>92.01</v>
+      </c>
+      <c r="M97" t="s">
+        <v>20</v>
+      </c>
+      <c r="N97" t="s">
+        <v>20</v>
+      </c>
+      <c r="O97" t="s">
+        <v>20</v>
+      </c>
+      <c r="P97" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>20</v>
+      </c>
+      <c r="R97">
+        <v>92.01</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A98">
+        <v>97</v>
+      </c>
+      <c r="B98" t="s">
+        <v>212</v>
+      </c>
+      <c r="C98" t="s">
+        <v>189</v>
+      </c>
+      <c r="E98" t="s">
+        <v>155</v>
+      </c>
+      <c r="F98" t="s">
+        <v>34</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>16</v>
+      </c>
+      <c r="I98" t="b">
+        <v>0</v>
+      </c>
+      <c r="J98" t="s">
+        <v>75</v>
+      </c>
+      <c r="K98">
+        <v>1</v>
+      </c>
+      <c r="L98" t="s">
+        <v>20</v>
+      </c>
+      <c r="M98" t="s">
+        <v>20</v>
+      </c>
+      <c r="N98">
+        <v>89.88</v>
+      </c>
+      <c r="O98" t="s">
+        <v>20</v>
+      </c>
+      <c r="P98" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>20</v>
+      </c>
+      <c r="R98">
+        <v>89.88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A99">
+        <v>98</v>
+      </c>
+      <c r="B99" t="s">
+        <v>213</v>
+      </c>
+      <c r="C99" t="s">
+        <v>46</v>
+      </c>
+      <c r="E99" t="s">
+        <v>25</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>8</v>
+      </c>
+      <c r="I99" t="b">
+        <v>0</v>
+      </c>
+      <c r="J99" t="s">
+        <v>75</v>
+      </c>
+      <c r="K99">
+        <v>1</v>
+      </c>
+      <c r="L99" t="s">
+        <v>20</v>
+      </c>
+      <c r="M99" t="s">
+        <v>20</v>
+      </c>
+      <c r="N99" t="s">
+        <v>20</v>
+      </c>
+      <c r="O99">
+        <v>89.57</v>
+      </c>
+      <c r="P99" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>20</v>
+      </c>
+      <c r="R99">
+        <v>89.57</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A100">
+        <v>99</v>
+      </c>
+      <c r="B100" t="s">
+        <v>214</v>
+      </c>
+      <c r="C100" t="s">
+        <v>215</v>
+      </c>
+      <c r="E100" t="s">
+        <v>25</v>
+      </c>
+      <c r="F100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>11</v>
+      </c>
+      <c r="I100" t="b">
+        <v>0</v>
+      </c>
+      <c r="J100" t="s">
+        <v>75</v>
+      </c>
+      <c r="K100">
+        <v>1</v>
+      </c>
+      <c r="L100" t="s">
+        <v>20</v>
+      </c>
+      <c r="M100" t="s">
+        <v>20</v>
+      </c>
+      <c r="N100" t="s">
+        <v>20</v>
+      </c>
+      <c r="O100" t="s">
+        <v>20</v>
+      </c>
+      <c r="P100" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q100">
+        <v>88.81</v>
+      </c>
+      <c r="R100">
+        <v>88.81</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101" t="s">
+        <v>216</v>
+      </c>
+      <c r="C101" t="s">
+        <v>217</v>
+      </c>
+      <c r="E101" t="s">
+        <v>25</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>9</v>
+      </c>
+      <c r="I101" t="b">
+        <v>0</v>
+      </c>
+      <c r="J101" t="s">
+        <v>75</v>
+      </c>
+      <c r="K101">
+        <v>1</v>
+      </c>
+      <c r="L101">
+        <v>88.65</v>
+      </c>
+      <c r="M101" t="s">
+        <v>20</v>
+      </c>
+      <c r="N101" t="s">
+        <v>20</v>
+      </c>
+      <c r="O101" t="s">
+        <v>20</v>
+      </c>
+      <c r="P101" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>20</v>
+      </c>
+      <c r="R101">
+        <v>88.65</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A102">
+        <v>101</v>
+      </c>
+      <c r="B102" t="s">
+        <v>218</v>
+      </c>
+      <c r="C102" t="s">
+        <v>217</v>
+      </c>
+      <c r="E102" t="s">
+        <v>25</v>
+      </c>
+      <c r="F102" t="s">
+        <v>29</v>
+      </c>
+      <c r="G102" t="s">
+        <v>35</v>
+      </c>
+      <c r="H102">
+        <v>7</v>
+      </c>
+      <c r="I102" t="b">
+        <v>0</v>
+      </c>
+      <c r="J102" t="s">
+        <v>75</v>
+      </c>
+      <c r="K102">
+        <v>1</v>
+      </c>
+      <c r="L102">
+        <v>85.98</v>
+      </c>
+      <c r="M102" t="s">
+        <v>20</v>
+      </c>
+      <c r="N102" t="s">
+        <v>20</v>
+      </c>
+      <c r="O102" t="s">
+        <v>20</v>
+      </c>
+      <c r="P102" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>20</v>
+      </c>
+      <c r="R102">
+        <v>85.98</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103" t="s">
+        <v>219</v>
+      </c>
+      <c r="C103" t="s">
+        <v>79</v>
+      </c>
+      <c r="E103" t="s">
+        <v>25</v>
+      </c>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
+      <c r="G103" t="s">
+        <v>35</v>
+      </c>
+      <c r="H103">
+        <v>20</v>
+      </c>
+      <c r="I103" t="b">
+        <v>0</v>
+      </c>
+      <c r="J103" t="s">
+        <v>75</v>
+      </c>
+      <c r="K103">
+        <v>1</v>
+      </c>
+      <c r="L103">
+        <v>85.93</v>
+      </c>
+      <c r="M103" t="s">
+        <v>20</v>
+      </c>
+      <c r="N103" t="s">
+        <v>20</v>
+      </c>
+      <c r="O103" t="s">
+        <v>20</v>
+      </c>
+      <c r="P103" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>20</v>
+      </c>
+      <c r="R103">
+        <v>85.93</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A104">
+        <v>103</v>
+      </c>
+      <c r="B104" t="s">
+        <v>175</v>
+      </c>
+      <c r="C104" t="s">
+        <v>220</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>44</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>12</v>
+      </c>
+      <c r="I104" t="b">
+        <v>0</v>
+      </c>
+      <c r="J104" t="s">
+        <v>75</v>
+      </c>
+      <c r="K104">
+        <v>1</v>
+      </c>
+      <c r="L104" t="s">
+        <v>20</v>
+      </c>
+      <c r="M104">
+        <v>85.05</v>
+      </c>
+      <c r="N104" t="s">
+        <v>20</v>
+      </c>
+      <c r="O104" t="s">
+        <v>20</v>
+      </c>
+      <c r="P104" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>20</v>
+      </c>
+      <c r="R104">
+        <v>85.05</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A105">
+        <v>104</v>
+      </c>
+      <c r="B105" t="s">
+        <v>221</v>
+      </c>
+      <c r="C105" t="s">
+        <v>217</v>
+      </c>
+      <c r="E105" t="s">
+        <v>25</v>
+      </c>
+      <c r="F105" t="s">
+        <v>34</v>
+      </c>
+      <c r="G105" t="s">
+        <v>35</v>
+      </c>
+      <c r="H105">
+        <v>21</v>
+      </c>
+      <c r="I105" t="b">
+        <v>0</v>
+      </c>
+      <c r="J105" t="s">
+        <v>75</v>
+      </c>
+      <c r="K105">
+        <v>1</v>
+      </c>
+      <c r="L105">
+        <v>83.92</v>
+      </c>
+      <c r="M105" t="s">
+        <v>20</v>
+      </c>
+      <c r="N105" t="s">
+        <v>20</v>
+      </c>
+      <c r="O105" t="s">
+        <v>20</v>
+      </c>
+      <c r="P105" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>20</v>
+      </c>
+      <c r="R105">
+        <v>83.92</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A106">
+        <v>105</v>
+      </c>
+      <c r="B106" t="s">
+        <v>222</v>
+      </c>
+      <c r="C106" t="s">
+        <v>223</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>10</v>
+      </c>
+      <c r="I106" t="b">
+        <v>0</v>
+      </c>
+      <c r="J106" t="s">
+        <v>75</v>
+      </c>
+      <c r="K106">
+        <v>1</v>
+      </c>
+      <c r="L106" t="s">
+        <v>20</v>
+      </c>
+      <c r="M106" t="s">
+        <v>20</v>
+      </c>
+      <c r="N106">
+        <v>83.52</v>
+      </c>
+      <c r="O106" t="s">
+        <v>20</v>
+      </c>
+      <c r="P106" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>20</v>
+      </c>
+      <c r="R106">
+        <v>83.52</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A107">
+        <v>106</v>
+      </c>
+      <c r="B107" t="s">
+        <v>224</v>
+      </c>
+      <c r="C107" t="s">
+        <v>223</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>35</v>
+      </c>
+      <c r="H107">
+        <v>4</v>
+      </c>
+      <c r="I107" t="b">
+        <v>0</v>
+      </c>
+      <c r="J107" t="s">
+        <v>75</v>
+      </c>
+      <c r="K107">
+        <v>1</v>
+      </c>
+      <c r="L107" t="s">
+        <v>20</v>
+      </c>
+      <c r="M107" t="s">
+        <v>20</v>
+      </c>
+      <c r="N107">
+        <v>83.06</v>
+      </c>
+      <c r="O107" t="s">
+        <v>20</v>
+      </c>
+      <c r="P107" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>20</v>
+      </c>
+      <c r="R107">
+        <v>83.06</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A108">
+        <v>107</v>
+      </c>
+      <c r="B108" t="s">
+        <v>132</v>
+      </c>
+      <c r="C108" t="s">
+        <v>225</v>
+      </c>
+      <c r="E108" t="s">
+        <v>226</v>
+      </c>
+      <c r="F108" t="s">
+        <v>44</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>13</v>
+      </c>
+      <c r="I108" t="b">
+        <v>0</v>
+      </c>
+      <c r="J108" t="s">
+        <v>75</v>
+      </c>
+      <c r="K108">
+        <v>1</v>
+      </c>
+      <c r="L108" t="s">
+        <v>20</v>
+      </c>
+      <c r="M108" t="s">
+        <v>20</v>
+      </c>
+      <c r="N108" t="s">
+        <v>20</v>
+      </c>
+      <c r="O108">
+        <v>82.27</v>
+      </c>
+      <c r="P108" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>20</v>
+      </c>
+      <c r="R108">
+        <v>82.27</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A109">
+        <v>108</v>
+      </c>
+      <c r="B109" t="s">
+        <v>227</v>
+      </c>
+      <c r="C109" t="s">
+        <v>48</v>
+      </c>
+      <c r="D109">
+        <v>2067</v>
+      </c>
+      <c r="E109" t="s">
+        <v>137</v>
+      </c>
+      <c r="F109" t="s">
+        <v>29</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>7</v>
+      </c>
+      <c r="I109" t="b">
+        <v>0</v>
+      </c>
+      <c r="J109" t="s">
+        <v>75</v>
+      </c>
+      <c r="K109">
+        <v>1</v>
+      </c>
+      <c r="L109" t="s">
+        <v>20</v>
+      </c>
+      <c r="M109" t="s">
+        <v>20</v>
+      </c>
+      <c r="N109" t="s">
+        <v>20</v>
+      </c>
+      <c r="O109" t="s">
+        <v>20</v>
+      </c>
+      <c r="P109" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q109">
+        <v>82.01</v>
+      </c>
+      <c r="R109">
+        <v>82.01</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A110">
         <v>109</v>
       </c>
-      <c r="B56" t="s">
-[...5 lines deleted...]
-      <c r="D56">
+      <c r="B110" t="s">
+        <v>228</v>
+      </c>
+      <c r="C110" t="s">
+        <v>133</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>29</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>8</v>
+      </c>
+      <c r="I110" t="b">
+        <v>0</v>
+      </c>
+      <c r="J110" t="s">
+        <v>75</v>
+      </c>
+      <c r="K110">
+        <v>1</v>
+      </c>
+      <c r="L110" t="s">
+        <v>20</v>
+      </c>
+      <c r="M110">
+        <v>81.45</v>
+      </c>
+      <c r="N110" t="s">
+        <v>20</v>
+      </c>
+      <c r="O110" t="s">
+        <v>20</v>
+      </c>
+      <c r="P110" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>20</v>
+      </c>
+      <c r="R110">
+        <v>81.45</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A111">
+        <v>110</v>
+      </c>
+      <c r="B111" t="s">
+        <v>229</v>
+      </c>
+      <c r="C111" t="s">
+        <v>193</v>
+      </c>
+      <c r="E111" t="s">
+        <v>82</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>35</v>
+      </c>
+      <c r="H111">
+        <v>22</v>
+      </c>
+      <c r="I111" t="b">
+        <v>0</v>
+      </c>
+      <c r="J111" t="s">
+        <v>75</v>
+      </c>
+      <c r="K111">
+        <v>1</v>
+      </c>
+      <c r="L111" t="s">
+        <v>20</v>
+      </c>
+      <c r="M111">
+        <v>77.31</v>
+      </c>
+      <c r="N111" t="s">
+        <v>20</v>
+      </c>
+      <c r="O111" t="s">
+        <v>20</v>
+      </c>
+      <c r="P111" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>20</v>
+      </c>
+      <c r="R111">
+        <v>77.31</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A112">
+        <v>111</v>
+      </c>
+      <c r="B112" t="s">
+        <v>230</v>
+      </c>
+      <c r="C112" t="s">
+        <v>225</v>
+      </c>
+      <c r="E112" t="s">
+        <v>226</v>
+      </c>
+      <c r="F112" t="s">
+        <v>34</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>17</v>
+      </c>
+      <c r="I112" t="b">
+        <v>0</v>
+      </c>
+      <c r="J112" t="s">
+        <v>75</v>
+      </c>
+      <c r="K112">
+        <v>1</v>
+      </c>
+      <c r="L112" t="s">
+        <v>20</v>
+      </c>
+      <c r="M112" t="s">
+        <v>20</v>
+      </c>
+      <c r="N112" t="s">
+        <v>20</v>
+      </c>
+      <c r="O112">
+        <v>76.89</v>
+      </c>
+      <c r="P112" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>20</v>
+      </c>
+      <c r="R112">
+        <v>76.89</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113" t="s">
+        <v>231</v>
+      </c>
+      <c r="C113" t="s">
+        <v>200</v>
+      </c>
+      <c r="E113" t="s">
+        <v>62</v>
+      </c>
+      <c r="F113" t="s">
+        <v>55</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>11</v>
+      </c>
+      <c r="I113" t="b">
+        <v>0</v>
+      </c>
+      <c r="J113" t="s">
+        <v>75</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113">
+        <v>75.21</v>
+      </c>
+      <c r="M113" t="s">
+        <v>20</v>
+      </c>
+      <c r="N113" t="s">
+        <v>20</v>
+      </c>
+      <c r="O113" t="s">
+        <v>20</v>
+      </c>
+      <c r="P113" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>20</v>
+      </c>
+      <c r="R113">
+        <v>75.21</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114" t="s">
+        <v>232</v>
+      </c>
+      <c r="C114" t="s">
+        <v>173</v>
+      </c>
+      <c r="E114" t="s">
+        <v>174</v>
+      </c>
+      <c r="F114" t="s">
+        <v>44</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>14</v>
+      </c>
+      <c r="I114" t="b">
+        <v>0</v>
+      </c>
+      <c r="J114" t="s">
+        <v>75</v>
+      </c>
+      <c r="K114">
+        <v>1</v>
+      </c>
+      <c r="L114" t="s">
+        <v>20</v>
+      </c>
+      <c r="M114">
+        <v>73.83</v>
+      </c>
+      <c r="N114" t="s">
+        <v>20</v>
+      </c>
+      <c r="O114" t="s">
+        <v>20</v>
+      </c>
+      <c r="P114" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>20</v>
+      </c>
+      <c r="R114">
+        <v>73.83</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
+        <v>233</v>
+      </c>
+      <c r="C115" t="s">
+        <v>234</v>
+      </c>
+      <c r="D115">
+        <v>2453</v>
+      </c>
+      <c r="E115" t="s">
+        <v>25</v>
+      </c>
+      <c r="F115" t="s">
+        <v>34</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>18</v>
+      </c>
+      <c r="I115" t="b">
+        <v>0</v>
+      </c>
+      <c r="J115" t="s">
+        <v>75</v>
+      </c>
+      <c r="K115">
+        <v>1</v>
+      </c>
+      <c r="L115">
+        <v>72.41</v>
+      </c>
+      <c r="M115" t="s">
+        <v>20</v>
+      </c>
+      <c r="N115" t="s">
+        <v>20</v>
+      </c>
+      <c r="O115" t="s">
+        <v>20</v>
+      </c>
+      <c r="P115" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>20</v>
+      </c>
+      <c r="R115">
+        <v>72.41</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116" t="s">
+        <v>235</v>
+      </c>
+      <c r="C116" t="s">
+        <v>236</v>
+      </c>
+      <c r="E116" t="s">
+        <v>155</v>
+      </c>
+      <c r="F116" t="s">
+        <v>34</v>
+      </c>
+      <c r="G116" t="s">
+        <v>35</v>
+      </c>
+      <c r="H116">
+        <v>23</v>
+      </c>
+      <c r="I116" t="b">
+        <v>0</v>
+      </c>
+      <c r="J116" t="s">
+        <v>75</v>
+      </c>
+      <c r="K116">
+        <v>1</v>
+      </c>
+      <c r="L116" t="s">
+        <v>20</v>
+      </c>
+      <c r="M116" t="s">
+        <v>20</v>
+      </c>
+      <c r="N116">
+        <v>68.27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>20</v>
+      </c>
+      <c r="P116" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>20</v>
+      </c>
+      <c r="R116">
+        <v>68.27</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117" t="s">
+        <v>237</v>
+      </c>
+      <c r="C117" t="s">
+        <v>170</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>11</v>
+      </c>
+      <c r="I117" t="b">
+        <v>0</v>
+      </c>
+      <c r="J117" t="s">
+        <v>75</v>
+      </c>
+      <c r="K117">
+        <v>1</v>
+      </c>
+      <c r="L117" t="s">
+        <v>20</v>
+      </c>
+      <c r="M117" t="s">
+        <v>20</v>
+      </c>
+      <c r="N117" t="s">
+        <v>20</v>
+      </c>
+      <c r="O117">
+        <v>68.03</v>
+      </c>
+      <c r="P117" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>20</v>
+      </c>
+      <c r="R117">
+        <v>68.03</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>238</v>
+      </c>
+      <c r="C118" t="s">
+        <v>234</v>
+      </c>
+      <c r="D118">
         <v>2454</v>
       </c>
-      <c r="E56" t="s">
+      <c r="E118" t="s">
         <v>25</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="F118" t="s">
+        <v>29</v>
+      </c>
+      <c r="G118" t="s">
         <v>22</v>
       </c>
-      <c r="H56">
-[...11 lines deleted...]
-      <c r="L56">
+      <c r="H118">
+        <v>9</v>
+      </c>
+      <c r="I118" t="b">
+        <v>0</v>
+      </c>
+      <c r="J118" t="s">
+        <v>75</v>
+      </c>
+      <c r="K118">
+        <v>1</v>
+      </c>
+      <c r="L118">
         <v>62.22</v>
       </c>
-      <c r="M56" t="s">
-[...14 lines deleted...]
-      <c r="R56">
+      <c r="M118" t="s">
+        <v>20</v>
+      </c>
+      <c r="N118" t="s">
+        <v>20</v>
+      </c>
+      <c r="O118" t="s">
+        <v>20</v>
+      </c>
+      <c r="P118" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>20</v>
+      </c>
+      <c r="R118">
         <v>62.22</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>239</v>
+      </c>
+      <c r="C119" t="s">
+        <v>220</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>34</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>19</v>
+      </c>
+      <c r="I119" t="b">
+        <v>0</v>
+      </c>
+      <c r="J119" t="s">
+        <v>75</v>
+      </c>
+      <c r="K119">
+        <v>1</v>
+      </c>
+      <c r="L119" t="s">
+        <v>20</v>
+      </c>
+      <c r="M119">
+        <v>62</v>
+      </c>
+      <c r="N119" t="s">
+        <v>20</v>
+      </c>
+      <c r="O119" t="s">
+        <v>20</v>
+      </c>
+      <c r="P119" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>20</v>
+      </c>
+      <c r="R119">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">