--- v1 (2026-02-13)
+++ v2 (2026-03-30)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1275" uniqueCount="240">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -1196,284 +1196,284 @@
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L2">
         <v>108.23</v>
       </c>
       <c r="M2">
         <v>140.77</v>
       </c>
-      <c r="N2">
-        <v>144.07</v>
+      <c r="N2" t="s">
+        <v>20</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
         <v>20</v>
       </c>
       <c r="Q2">
         <v>147.09</v>
       </c>
       <c r="R2">
         <v>431.93</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>24</v>
       </c>
       <c r="D3">
         <v>2259</v>
       </c>
       <c r="E3" t="s">
         <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
         <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>20</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>105.48</v>
       </c>
       <c r="M3">
         <v>119.5</v>
       </c>
-      <c r="N3">
-        <v>116.03</v>
+      <c r="N3" t="s">
+        <v>20</v>
       </c>
       <c r="O3">
         <v>144.35</v>
       </c>
       <c r="P3" t="s">
         <v>20</v>
       </c>
       <c r="Q3">
         <v>132.96</v>
       </c>
       <c r="R3">
         <v>396.81</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4">
         <v>2440</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
         <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>174.51</v>
       </c>
       <c r="M4">
         <v>106.72</v>
       </c>
-      <c r="N4">
-        <v>98.08</v>
+      <c r="N4" t="s">
+        <v>20</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>20</v>
       </c>
       <c r="Q4">
         <v>114.05</v>
       </c>
       <c r="R4">
         <v>395.28</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5">
         <v>2469</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L5" t="s">
         <v>20</v>
       </c>
       <c r="M5">
         <v>125.75</v>
       </c>
-      <c r="N5">
-        <v>129.02</v>
+      <c r="N5" t="s">
+        <v>20</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>20</v>
       </c>
       <c r="Q5">
         <v>132.81</v>
       </c>
       <c r="R5">
         <v>387.58</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
         <v>2450</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>20</v>
       </c>
       <c r="K6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L6">
         <v>120.19</v>
       </c>
       <c r="M6">
         <v>104.44</v>
       </c>
-      <c r="N6">
-        <v>120.56</v>
+      <c r="N6" t="s">
+        <v>20</v>
       </c>
       <c r="O6">
         <v>107.61</v>
       </c>
       <c r="P6" t="s">
         <v>20</v>
       </c>
       <c r="Q6">
         <v>104.69</v>
       </c>
       <c r="R6">
         <v>348.36</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7">
@@ -1532,832 +1532,832 @@
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8">
         <v>2262</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8" t="s">
         <v>20</v>
       </c>
       <c r="M8">
         <v>106.08</v>
       </c>
-      <c r="N8">
-        <v>116.14</v>
+      <c r="N8" t="s">
+        <v>20</v>
       </c>
       <c r="O8">
         <v>115.79</v>
       </c>
       <c r="P8" t="s">
         <v>20</v>
       </c>
       <c r="Q8" t="s">
         <v>20</v>
       </c>
       <c r="R8">
         <v>338.01</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9">
         <v>2381</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>35</v>
       </c>
       <c r="H9">
         <v>2</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>20</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>113.46</v>
       </c>
       <c r="M9">
         <v>107.54</v>
       </c>
-      <c r="N9">
-        <v>116.22</v>
+      <c r="N9" t="s">
+        <v>20</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
         <v>20</v>
       </c>
       <c r="Q9" t="s">
         <v>20</v>
       </c>
       <c r="R9">
         <v>337.22</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L10">
         <v>105.31</v>
       </c>
       <c r="M10">
         <v>115.33</v>
       </c>
-      <c r="N10">
-        <v>108.06</v>
+      <c r="N10" t="s">
+        <v>20</v>
       </c>
       <c r="O10">
         <v>111.69</v>
       </c>
       <c r="P10" t="s">
         <v>20</v>
       </c>
       <c r="Q10">
         <v>109.92</v>
       </c>
       <c r="R10">
         <v>336.94</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>45</v>
       </c>
       <c r="C11" t="s">
         <v>46</v>
       </c>
       <c r="D11">
         <v>2473</v>
       </c>
       <c r="E11" t="s">
         <v>25</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L11" t="s">
         <v>20</v>
       </c>
       <c r="M11">
         <v>100</v>
       </c>
-      <c r="N11">
-        <v>125.3</v>
+      <c r="N11" t="s">
+        <v>20</v>
       </c>
       <c r="O11">
         <v>94.94</v>
       </c>
       <c r="P11" t="s">
         <v>20</v>
       </c>
       <c r="Q11">
         <v>110.69</v>
       </c>
       <c r="R11">
         <v>335.99</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>47</v>
       </c>
       <c r="C12" t="s">
         <v>48</v>
       </c>
       <c r="D12">
         <v>2352</v>
       </c>
       <c r="E12" t="s">
         <v>49</v>
       </c>
       <c r="F12" t="s">
         <v>44</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L12">
         <v>104.61</v>
       </c>
       <c r="M12">
         <v>109.58</v>
       </c>
-      <c r="N12">
-        <v>103.13</v>
+      <c r="N12" t="s">
+        <v>20</v>
       </c>
       <c r="O12">
         <v>106.46</v>
       </c>
       <c r="P12" t="s">
         <v>20</v>
       </c>
       <c r="Q12">
         <v>102.82</v>
       </c>
       <c r="R12">
         <v>320.65</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>50</v>
       </c>
       <c r="C13" t="s">
         <v>48</v>
       </c>
       <c r="D13">
         <v>2266</v>
       </c>
       <c r="E13" t="s">
         <v>51</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
         <v>35</v>
       </c>
       <c r="H13">
         <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>20</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L13">
         <v>106.21</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
-      <c r="N13">
-        <v>112.48</v>
+      <c r="N13" t="s">
+        <v>20</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
         <v>20</v>
       </c>
       <c r="Q13">
         <v>99.3</v>
       </c>
       <c r="R13">
         <v>317.99</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14">
         <v>2430</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>55</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>112.11</v>
       </c>
       <c r="M14">
         <v>109.22</v>
       </c>
-      <c r="N14">
-        <v>93.69</v>
+      <c r="N14" t="s">
+        <v>20</v>
       </c>
       <c r="O14">
         <v>86.66</v>
       </c>
       <c r="P14" t="s">
         <v>20</v>
       </c>
       <c r="Q14" t="s">
         <v>20</v>
       </c>
       <c r="R14">
         <v>315.02</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>56</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15">
         <v>2234</v>
       </c>
       <c r="E15" t="s">
         <v>25</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L15">
         <v>112.36</v>
       </c>
       <c r="M15">
         <v>97.48</v>
       </c>
-      <c r="N15">
-        <v>104.56</v>
+      <c r="N15" t="s">
+        <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
         <v>20</v>
       </c>
       <c r="Q15">
         <v>90.03</v>
       </c>
       <c r="R15">
         <v>314.4</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16" t="s">
         <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L16" t="s">
         <v>20</v>
       </c>
       <c r="M16">
         <v>110.4</v>
       </c>
-      <c r="N16">
-        <v>102</v>
+      <c r="N16" t="s">
+        <v>20</v>
       </c>
       <c r="O16">
         <v>100</v>
       </c>
       <c r="P16" t="s">
         <v>20</v>
       </c>
       <c r="Q16" t="s">
         <v>20</v>
       </c>
       <c r="R16">
         <v>312.4</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>59</v>
       </c>
       <c r="C17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>25</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>3</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>20</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L17" t="s">
         <v>20</v>
       </c>
       <c r="M17">
         <v>108.28</v>
       </c>
-      <c r="N17">
-        <v>94.84</v>
+      <c r="N17" t="s">
+        <v>20</v>
       </c>
       <c r="O17">
         <v>107.55</v>
       </c>
       <c r="P17" t="s">
         <v>20</v>
       </c>
       <c r="Q17" t="s">
         <v>20</v>
       </c>
       <c r="R17">
         <v>310.67</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
       <c r="D18">
         <v>2472</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>29</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L18">
         <v>111.01</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
-      <c r="N18">
-        <v>99.29</v>
+      <c r="N18" t="s">
+        <v>20</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
         <v>20</v>
       </c>
       <c r="Q18">
         <v>100</v>
       </c>
       <c r="R18">
         <v>310.3</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>63</v>
       </c>
       <c r="C19" t="s">
         <v>64</v>
       </c>
       <c r="D19">
         <v>2250</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
         <v>55</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>109.51</v>
       </c>
       <c r="M19">
         <v>95.13</v>
       </c>
-      <c r="N19">
-        <v>100</v>
+      <c r="N19" t="s">
+        <v>20</v>
       </c>
       <c r="O19">
         <v>100</v>
       </c>
       <c r="P19" t="s">
         <v>20</v>
       </c>
       <c r="Q19">
         <v>100</v>
       </c>
       <c r="R19">
         <v>309.51</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="s">
         <v>39</v>
       </c>
       <c r="E20" t="s">
         <v>25</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L20">
         <v>110.62</v>
       </c>
       <c r="M20">
         <v>99.13</v>
       </c>
-      <c r="N20">
-        <v>98.36</v>
+      <c r="N20" t="s">
+        <v>20</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
         <v>20</v>
       </c>
       <c r="Q20" t="s">
         <v>20</v>
       </c>
       <c r="R20">
         <v>308.11</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>66</v>
       </c>
       <c r="C21" t="s">
         <v>67</v>
       </c>
       <c r="D21">
         <v>2055</v>
       </c>
       <c r="E21" t="s">
         <v>25</v>
       </c>
       <c r="F21" t="s">
         <v>44</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>4</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>20</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L21">
         <v>108.38</v>
       </c>
       <c r="M21">
         <v>101.42</v>
       </c>
-      <c r="N21">
-        <v>95.19</v>
+      <c r="N21" t="s">
+        <v>20</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
         <v>20</v>
       </c>
       <c r="Q21" t="s">
         <v>20</v>
       </c>
       <c r="R21">
         <v>304.99</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>27</v>
       </c>
       <c r="D22">
         <v>2439</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>44</v>
       </c>
       <c r="G22" t="s">
         <v>35</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>20</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
         <v>100</v>
       </c>
       <c r="M22">
         <v>98.13</v>
       </c>
-      <c r="N22">
-        <v>100.76</v>
+      <c r="N22" t="s">
+        <v>20</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
         <v>20</v>
       </c>
       <c r="Q22">
         <v>100</v>
       </c>
       <c r="R22">
         <v>300.76</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s">
         <v>71</v>
       </c>
       <c r="D23">
@@ -2416,219 +2416,219 @@
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24">
         <v>2471</v>
       </c>
       <c r="E24" t="s">
         <v>62</v>
       </c>
       <c r="F24" t="s">
         <v>34</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>4</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>20</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L24">
         <v>90.38</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
-      <c r="N24">
-        <v>90.48</v>
+      <c r="N24" t="s">
+        <v>20</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
         <v>20</v>
       </c>
       <c r="Q24">
         <v>86.53</v>
       </c>
       <c r="R24">
         <v>267.39</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>4</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>20</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>20</v>
       </c>
       <c r="M25">
         <v>60.33</v>
       </c>
-      <c r="N25">
-        <v>60.03</v>
+      <c r="N25" t="s">
+        <v>20</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
         <v>20</v>
       </c>
       <c r="Q25">
         <v>54.65</v>
       </c>
       <c r="R25">
         <v>175.01</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>36</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>5</v>
       </c>
       <c r="I26" t="b">
         <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>75</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L26" t="s">
         <v>20</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
-      <c r="N26">
-        <v>124.08</v>
+      <c r="N26" t="s">
+        <v>20</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
         <v>20</v>
       </c>
       <c r="Q26">
         <v>101.48</v>
       </c>
       <c r="R26">
         <v>225.56</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>76</v>
       </c>
       <c r="C27" t="s">
         <v>77</v>
       </c>
       <c r="E27" t="s">
         <v>25</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2</v>
       </c>
       <c r="I27" t="b">
         <v>0</v>
       </c>
       <c r="J27" t="s">
         <v>75</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L27" t="s">
         <v>20</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
-      <c r="N27">
-        <v>107.23</v>
+      <c r="N27" t="s">
+        <v>20</v>
       </c>
       <c r="O27">
         <v>113.05</v>
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
       <c r="Q27" t="s">
         <v>20</v>
       </c>
       <c r="R27">
         <v>220.28</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="E28" t="s">
@@ -2681,60 +2681,60 @@
       <c r="B29" t="s">
         <v>80</v>
       </c>
       <c r="C29" t="s">
         <v>81</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>5</v>
       </c>
       <c r="I29" t="b">
         <v>0</v>
       </c>
       <c r="J29" t="s">
         <v>75</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L29" t="s">
         <v>20</v>
       </c>
       <c r="M29">
         <v>104.14</v>
       </c>
-      <c r="N29">
-        <v>104.09</v>
+      <c r="N29" t="s">
+        <v>20</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
         <v>20</v>
       </c>
       <c r="Q29" t="s">
         <v>20</v>
       </c>
       <c r="R29">
         <v>208.23</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="E30" t="s">
@@ -2787,116 +2787,116 @@
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
         <v>86</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>29</v>
       </c>
       <c r="G31" t="s">
         <v>35</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>75</v>
       </c>
       <c r="K31">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L31" t="s">
         <v>20</v>
       </c>
       <c r="M31">
         <v>99.93</v>
       </c>
-      <c r="N31">
-        <v>100.72</v>
+      <c r="N31" t="s">
+        <v>20</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
         <v>20</v>
       </c>
       <c r="Q31" t="s">
         <v>20</v>
       </c>
       <c r="R31">
         <v>200.65</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>87</v>
       </c>
       <c r="C32" t="s">
         <v>88</v>
       </c>
       <c r="D32">
         <v>2470</v>
       </c>
       <c r="E32" t="s">
         <v>89</v>
       </c>
       <c r="F32" t="s">
         <v>90</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="b">
         <v>0</v>
       </c>
       <c r="J32" t="s">
         <v>75</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L32">
         <v>94.5</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
-      <c r="N32">
-        <v>100</v>
+      <c r="N32" t="s">
+        <v>20</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
         <v>20</v>
       </c>
       <c r="Q32" t="s">
         <v>20</v>
       </c>
       <c r="R32">
         <v>194.5</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>47</v>
       </c>
       <c r="C33" t="s">
         <v>91</v>
       </c>
       <c r="E33" t="s">
@@ -3002,60 +3002,60 @@
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>35</v>
       </c>
       <c r="H35">
         <v>2</v>
       </c>
       <c r="I35" t="b">
         <v>0</v>
       </c>
       <c r="J35" t="s">
         <v>75</v>
       </c>
       <c r="K35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L35" t="s">
         <v>20</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
-      <c r="N35">
-        <v>100.19</v>
+      <c r="N35" t="s">
+        <v>20</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
         <v>20</v>
       </c>
       <c r="Q35">
         <v>91.2</v>
       </c>
       <c r="R35">
         <v>191.39</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36">
@@ -4445,51 +4445,51 @@
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
         <v>20</v>
       </c>
       <c r="Q61" t="s">
         <v>20</v>
       </c>
       <c r="R61">
         <v>105.5</v>
       </c>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>148</v>
       </c>
       <c r="C62" t="s">
         <v>131</v>
       </c>
       <c r="D62">
-        <v>578</v>
+        <v>2424</v>
       </c>
       <c r="E62" t="s">
         <v>120</v>
       </c>
       <c r="F62" t="s">
         <v>29</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>5</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
         <v>75</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62" t="s">
         <v>20</v>
       </c>
@@ -4681,113 +4681,113 @@
       <c r="B66" t="s">
         <v>72</v>
       </c>
       <c r="C66" t="s">
         <v>154</v>
       </c>
       <c r="E66" t="s">
         <v>155</v>
       </c>
       <c r="F66" t="s">
         <v>34</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>12</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>75</v>
       </c>
       <c r="K66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L66" t="s">
         <v>20</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
-      <c r="N66">
-        <v>102.89</v>
+      <c r="N66" t="s">
+        <v>20</v>
       </c>
       <c r="O66" t="s">
         <v>20</v>
       </c>
       <c r="P66" t="s">
         <v>20</v>
       </c>
       <c r="Q66" t="s">
         <v>20</v>
       </c>
       <c r="R66">
         <v>102.89</v>
       </c>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>156</v>
       </c>
       <c r="C67" t="s">
         <v>86</v>
       </c>
       <c r="E67" t="s">
         <v>155</v>
       </c>
       <c r="F67" t="s">
         <v>34</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>13</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
         <v>75</v>
       </c>
       <c r="K67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L67" t="s">
         <v>20</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
-      <c r="N67">
-        <v>102.89</v>
+      <c r="N67" t="s">
+        <v>20</v>
       </c>
       <c r="O67" t="s">
         <v>20</v>
       </c>
       <c r="P67" t="s">
         <v>20</v>
       </c>
       <c r="Q67" t="s">
         <v>20</v>
       </c>
       <c r="R67">
         <v>102.89</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>157</v>
       </c>
       <c r="C68" t="s">
         <v>158</v>
       </c>
       <c r="D68">
@@ -5603,60 +5603,60 @@
       <c r="B83" t="s">
         <v>138</v>
       </c>
       <c r="C83" t="s">
         <v>189</v>
       </c>
       <c r="E83" t="s">
         <v>155</v>
       </c>
       <c r="F83" t="s">
         <v>44</v>
       </c>
       <c r="G83" t="s">
         <v>35</v>
       </c>
       <c r="H83">
         <v>3</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
         <v>75</v>
       </c>
       <c r="K83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L83" t="s">
         <v>20</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
-      <c r="N83">
-        <v>99.26</v>
+      <c r="N83" t="s">
+        <v>20</v>
       </c>
       <c r="O83" t="s">
         <v>20</v>
       </c>
       <c r="P83" t="s">
         <v>20</v>
       </c>
       <c r="Q83" t="s">
         <v>20</v>
       </c>
       <c r="R83">
         <v>99.26</v>
       </c>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>190</v>
       </c>
       <c r="C84" t="s">
         <v>191</v>
       </c>
       <c r="E84" t="s">
@@ -6407,60 +6407,60 @@
       <c r="B98" t="s">
         <v>212</v>
       </c>
       <c r="C98" t="s">
         <v>189</v>
       </c>
       <c r="E98" t="s">
         <v>155</v>
       </c>
       <c r="F98" t="s">
         <v>34</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>16</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
         <v>75</v>
       </c>
       <c r="K98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L98" t="s">
         <v>20</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
-      <c r="N98">
-        <v>89.88</v>
+      <c r="N98" t="s">
+        <v>20</v>
       </c>
       <c r="O98" t="s">
         <v>20</v>
       </c>
       <c r="P98" t="s">
         <v>20</v>
       </c>
       <c r="Q98" t="s">
         <v>20</v>
       </c>
       <c r="R98">
         <v>89.88</v>
       </c>
     </row>
     <row r="99" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>213</v>
       </c>
       <c r="C99" t="s">
         <v>46</v>
       </c>
       <c r="E99" t="s">
@@ -6831,113 +6831,113 @@
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106" t="s">
         <v>223</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>10</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
         <v>75</v>
       </c>
       <c r="K106">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L106" t="s">
         <v>20</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
-      <c r="N106">
-        <v>83.52</v>
+      <c r="N106" t="s">
+        <v>20</v>
       </c>
       <c r="O106" t="s">
         <v>20</v>
       </c>
       <c r="P106" t="s">
         <v>20</v>
       </c>
       <c r="Q106" t="s">
         <v>20</v>
       </c>
       <c r="R106">
         <v>83.52</v>
       </c>
     </row>
     <row r="107" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>224</v>
       </c>
       <c r="C107" t="s">
         <v>223</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>35</v>
       </c>
       <c r="H107">
         <v>4</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
         <v>75</v>
       </c>
       <c r="K107">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L107" t="s">
         <v>20</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
-      <c r="N107">
-        <v>83.06</v>
+      <c r="N107" t="s">
+        <v>20</v>
       </c>
       <c r="O107" t="s">
         <v>20</v>
       </c>
       <c r="P107" t="s">
         <v>20</v>
       </c>
       <c r="Q107" t="s">
         <v>20</v>
       </c>
       <c r="R107">
         <v>83.06</v>
       </c>
     </row>
     <row r="108" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>132</v>
       </c>
       <c r="C108" t="s">
         <v>225</v>
       </c>
       <c r="E108" t="s">
@@ -7367,60 +7367,60 @@
       <c r="B116" t="s">
         <v>235</v>
       </c>
       <c r="C116" t="s">
         <v>236</v>
       </c>
       <c r="E116" t="s">
         <v>155</v>
       </c>
       <c r="F116" t="s">
         <v>34</v>
       </c>
       <c r="G116" t="s">
         <v>35</v>
       </c>
       <c r="H116">
         <v>23</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
         <v>75</v>
       </c>
       <c r="K116">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L116" t="s">
         <v>20</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
-      <c r="N116">
-        <v>68.27</v>
+      <c r="N116" t="s">
+        <v>20</v>
       </c>
       <c r="O116" t="s">
         <v>20</v>
       </c>
       <c r="P116" t="s">
         <v>20</v>
       </c>
       <c r="Q116" t="s">
         <v>20</v>
       </c>
       <c r="R116">
         <v>68.27</v>
       </c>
     </row>
     <row r="117" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>237</v>
       </c>
       <c r="C117" t="s">
         <v>170</v>
       </c>
       <c r="E117" t="s">